--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -15,74 +15,74 @@
   <Default Extension="webp" ContentType="image/webp"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="238">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="236">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 18.10.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 07.12.2025р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Сопла та інше для фарборозпилювачів</t>
   </si>
   <si>
     <t>STP-600 new</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Верхній бачок алюмінієвий 0,6 л для фарборозпилювачів Air Pro STP-600</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -127,2536 +127,2512 @@
       <t xml:space="preserve">0,6 л</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал бака: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Алюміній</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
+    <t>Fachowiec</t>
+  </si>
+  <si>
+    <t>F518***********</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Fachowiec LEADER HP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача. Тип системи: HP </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>2004/HVLP WB-2,5STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Air Pro 2004/HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Підходить для фарборозпилювачів Air Pro серії AM5008 та AM6008!Тип системи: HVLP </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0, 1.2, 1.3, 1.6, 1.8, 2.0, 2.5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>Star</t>
+  </si>
+  <si>
+    <t>4C-CAP-201G</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 2,0 мм для фарборозпилювача Star S-4C</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star  S-4C.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AM5008 LVLP WB -2,0STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 2,0 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Підходить для фарборозпилювачів серії 2004 і AM6008! Тип системи: LVLP </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>77-P-2.0STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 2,0 мм для фарборозпилювача Air Pro 77-P</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HP </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>4F-CAP-182G</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Star SMV-4F</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star SMV-4F.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,8 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>4F-CAP-EVOT185G</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Star EVO-T-4F</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. 
+</t>
+    </r>
+  </si>
+  <si>
+    <t>F527</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Fachowiec LEADER LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло для фарборозпилювача.Тип системи: LVLP </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
     <t>AM5008 LVLP WB -1.8STK</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Підходить для фарборозпилювачів Air Pro серії 2004 і AM6008!Тип системи: LVLP  </t>
     </r>
   </si>
   <si>
+    <t>AM5008 HVLP WB -2.5STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Air Pro AM5008 HVLP WB</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло для фарборозпилювача.Тип системи: HVLP. Підходить для фарборозпилювачів Air Pro серії 2004 і AM6008!</t>
+    </r>
+  </si>
+  <si>
     <r>
       <t xml:space="preserve">Вид: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сопло</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип системи: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
+      <t xml:space="preserve">HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AM5008 HVLP WB -1.8STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Air Pro AM5008 HVLP WB</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду  Air Pro серії 2004 і AM6008! Тип системи: HVLP </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>HW-SA104-1.8 STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,8 мм для автоматичного фарборозпилювача Air Pro HW-SA104</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача  </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>HW-SA103-1.8 STK new</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,8 мм для автоматичного фарборозпилювача Air Pro HW-SA103</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача.  </t>
+    </r>
+  </si>
+  <si>
+    <t>770VR-CAP-02P, 1,7 мм</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,7 мм для фарборозпилювача Star S-770VR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. 
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,7 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.7</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>4F-CAP-162G</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Star SMV-4F</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star SMV-4F.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,6 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>4F-CAP-EVOT165G</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Star EVO-T-4F</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star EVO-T-4F.</t>
+    </r>
+  </si>
+  <si>
+    <t>F526</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Fachowiec LEADER LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло для фарборозпилювача.Тип системи: LVLP  </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
       <t xml:space="preserve">LVLP</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.8</t>
+      <t xml:space="preserve">1.6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>Star</t>
-[...15 lines deleted...]
-      <t xml:space="preserve">Комплект сопло 2,0 мм для фарборозпилювача Star S-4C</t>
+    <t>F516</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Fachowiec LEADER HP</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star  S-4C.</t>
-[...2 lines deleted...]
-  <si>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача.  Тип системи: HP </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
     <r>
       <t xml:space="preserve">Сопло, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2.0</t>
+      <t xml:space="preserve">1.6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
+  </si>
+  <si>
+    <t>77-P-2.5STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Air Pro 77-P</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HP </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>F525*************</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Fachowiec LEADER HP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача.  Тип системи: HP </t>
+    </r>
+  </si>
+  <si>
+    <t>AM5008 HVLP WB-1.6STK n</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Air Pro AM5008 HVLP WB</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача Air Pro серії 2004 і AM6008!Тип системи: HVLP </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>GH-02</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Підставка для фарборозпилювача Air Pro GH-02 mini</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Підставка для всіх типів фарборозпилювачів</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Підставка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>HW-SS-40SG</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фільтр з нержавіючої сталі для фарборозпилювачів з верхнім бачком Air Pro HW-SS-40SG</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Фільтр з нержавіючої сталі HW-SS-40SG</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фільтр</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал бака: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нержавіюча сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>R6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Регулятор тиску (редуктор) для фарборозпилювачів Air Pro R6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Редуктор R6</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Редуктор</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>R12</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Регулятор тиску (редуктор) для фарборозпилювачів Air Pro R12</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Редуктор R12</t>
+    </r>
+  </si>
+  <si>
+    <t>R11</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Регулятор тиску (редуктор) HVLP 1/4&amp;#8243; з манометром для фарборозпилювачів Air Pro R11</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Редуктор з манометром для фарборозпилювачів.Точне регулювання тиску.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Редуктор</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0 - 10 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Різьба, дюйми: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SP024</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Регулятор тиску (редуктор) 1/4&amp;#8243; з манометром для фарборозпилювачів SP024</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Механічний редуктор для повітряної системи з точним регулюванням тиску. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Редуктор</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0 - 10 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Різьба, дюйми: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>Сопла та інше для аерографів</t>
+  </si>
+  <si>
+    <t>B1-20M</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Поворотний 360° штуцер 1/4&amp;#8243;z (&amp;#8220;ластівка&amp;#8221;) Air Pro B1-20M</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Штуцер з оцинкованої сталі для з'єднання шлангу.   </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">З'єднувачі</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид матеріалу: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>B1-20F</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Поворотний 360° штуцер 1/4&amp;#8243;w (&amp;#8220;ластівка&amp;#8221;) Air Pro B1-20F</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Металевий штуцер 360° бренду Air Pro B1-20F для пневмосистеми . Внутрішня різьба : 1/4"</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">З'єднувачі</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Різьба, дюйми: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид матеріалу: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>GH-01</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Підставка для фарборозпилювача Air Pro GH-01</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Підставка для фарборозпилювачів виготовлена з високоякісної сталі та оснащена зручною фіксацією.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Підставка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид матеріалу: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>F525H</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Fachowiec LEADER HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло для фарборозпилювача.Тип системи: HVLP </t>
+    </r>
+  </si>
+  <si>
+    <t>HW-NS-8S</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нейлоновий фільтр для фарборозпилювачів з нижнім бачком Air Pro HW-NS-S</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Нейлоновий фільтр HW-NS-S</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фільтр</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид матеріалу: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нейлон</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>HW-NS-36SG</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нейлоновий фільтр для фарборозпилювачів з верхнім бачком Air Pro HW-NS-36SG</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Нейлоновий фільтр HW-NS-36SG 220 mkm</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фільтр</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>813В</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Набір для чищення фарборозпилювача Air Pro 813</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Набір з 17 щіточок для чищення фарборозпилювача         </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Для чищення</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Призначення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Чищення</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Інструмент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Щітка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розміри: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AM5008 HVLP WB -HV-LID</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Кришка для фарборозпилювача Air Pro AM5008 HVLP WB</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Кришка для фарборозпилювача Air Pro AM5008 HVLP WB</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Інше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>770VR-CAP-05P, 3,0 мм</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 3,0 мм для фарборозпилювача Star S-770VR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
+    </r>
+  </si>
+  <si>
     <r>
       <t xml:space="preserve">Сопло в комплекті: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2,0 мм</t>
+      <t xml:space="preserve">3,0 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
       <t xml:space="preserve">Вид: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сопло</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>AM5008 LVLP WB -2,0STK</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Комплект сопло 2,0 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
+    <t>770VR-CAP-04P, 2,5 мм</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Star S-770VR</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Підходить для фарборозпилювачів серії 2004 і AM6008! Тип системи: LVLP </t>
-[...2 lines deleted...]
-  <si>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
     <r>
       <t xml:space="preserve">Вид: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сопло</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
-    <r>
-[...50 lines deleted...]
-      <t xml:space="preserve">Комплект сопло 2,0 мм для фарборозпилювача Air Pro 77-P</t>
+  </si>
+  <si>
+    <t>F203H</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Fachowiec Professional HVLP</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HP </t>
-[...72 lines deleted...]
-      <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Star SMV-4F</t>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача.Тип системи: HVLP </t>
+    </r>
+  </si>
+  <si>
+    <t>F210</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Fachowiec Professional HP</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star SMV-4F.</t>
-[...2116 lines deleted...]
-    <r>
       <t xml:space="preserve">Зміне сопло для фарборозпилювача.Тип системи: HP</t>
-    </r>
-[...22 lines deleted...]
-      <t xml:space="preserve">Сопло для фарборозпилювача.Тип системи: HVLP </t>
     </r>
   </si>
   <si>
     <t>AM5008 LVLP WB -1.6STK</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro підходить для фарборозпилювачів серії 2004 і AM6008! Тип системи: LVLP </t>
     </r>
@@ -4953,51 +4929,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f-v-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-4c_043.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5_0-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_05-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_lvlp-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_hp-150x1509.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-scaled-1-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-scaled-1-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-770vr_0315.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5_0-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_05-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_lvlp-150x15018.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_hp-150x15019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x15020.webp"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x15021.webp"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x15022.webp"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/123-150x15023.webp"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17_1-150x15024.webp"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_r6_reduktor-150x15025.webp"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/shablon-vertykalnykh-osnovnykh-foto-150x15026.webp"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90--150x15027.webp"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vapftsv-150x15028.webp"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ukam-sv-150x15029.webp"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/conector_max-150x15030.webp"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/123-150x15031.webp"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/hw-ns-s_new_132.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_hp-150x15033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6788-150x15034.webp"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vaytsus-150x15035.webp"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/kuv-a-150x15036.webp"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-770vr_0337.webp"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-770vr_0338.webp"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f--150x15039.webp"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13-150x15040.webp"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_hvlp-150x15041.webp"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15042.webp"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/am2012hvlpwb-1.6stk_0-150x15043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15-150x15044.webp"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_871hvlp-150x15045.webp"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15046.webp"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0547.webp"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15048.webp"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x15049.webp"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15050.webp"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4564-150x15051.webp"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x15052.webp"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15053.webp"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4564-150x15054.webp"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-150x15055.webp"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f-vf-vfvf--150x15056.webp"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15057.webp"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14-150x15058.webp"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15059.webp"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-150x15060.webp"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15061.webp"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18-1-150x15062.webp"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_898_hvlp-1-150x15063.webp"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15064.webp"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f--150x15065.webp"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0566.webp"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15067.webp"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-scaled-1-150x15068.webp"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-150x15069.webp"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-150x15070.webp"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f--150x15071.webp"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_hvlp-150x15072.webp"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_898_hvlp-1-150x15073.webp"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0574.webp"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5_0-150x15075.webp"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15076.webp"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_05-150x15077.webp"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_hvlp-150x15078.webp"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x15079.webp"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/am2012hvlpwb-1.6stk_0_2-150x15080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0581.webp"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0582.webp"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5_0-150x15083.webp"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_05-150x15084.webp"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/red1-150x15085.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f-v-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_hp-150x1502.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-4c_044.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5_0-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_05-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_lvlp-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-scaled-1-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-scaled-1-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-770vr_0315.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5_0-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_05-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_lvlp-150x15018.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_hp-150x15019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15020.webp"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_hp-150x15021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x15022.webp"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/123-150x15023.webp"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17_1-150x15024.webp"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_r6_reduktor-150x15025.webp"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/shablon-vertykalnykh-osnovnykh-foto-150x15026.webp"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90--150x15027.webp"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vapftsv-150x15028.webp"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ukam-sv-150x15029.webp"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/conector_max-150x15030.webp"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/123-150x15031.webp"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_hvlp-150x15032.webp"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/hw-ns-s_new_133.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6788-150x15034.webp"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vaytsus-150x15035.webp"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/kuv-a-150x15036.webp"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-770vr_0337.webp"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-770vr_0338.webp"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f--150x15039.webp"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13-150x15040.webp"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15041.webp"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/am2012hvlpwb-1.6stk_0-150x15042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15-150x15043.webp"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_871hvlp-150x15044.webp"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15045.webp"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0546.webp"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15047.webp"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x15048.webp"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15049.webp"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4564-150x15050.webp"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x15051.webp"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15052.webp"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4564-150x15053.webp"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-150x15054.webp"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f-vf-vfvf--150x15055.webp"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15056.webp"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14-150x15057.webp"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15058.webp"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-150x15059.webp"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15060.webp"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18-1-150x15061.webp"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_898_hvlp-1-150x15062.webp"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15063.webp"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f--150x15064.webp"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0565.webp"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15066.webp"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-scaled-1-150x15067.webp"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-150x15068.webp"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-150x15069.webp"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f--150x15070.webp"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_hvlp-150x15071.webp"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_898_hvlp-1-150x15072.webp"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0573.webp"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5_0-150x15074.webp"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15075.webp"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_05-150x15076.webp"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_hvlp-150x15077.webp"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x15078.webp"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/am2012hvlpwb-1.6stk_0_2-150x15079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0580.webp"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0581.webp"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5_0-150x15082.webp"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_05-150x15083.webp"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/red1-150x15084.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -5895,81 +5871,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>32</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1543050" cy="1666875"/>
+    <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="32" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:ext cx="1543050" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="33" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
@@ -7478,80 +7454,50 @@
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="84" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -7805,54 +7751,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H86"/>
+  <dimension ref="A1:H85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H86" sqref="H86"/>
+      <selection activeCell="H85" sqref="H85"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -7948,565 +7894,564 @@
             <t xml:space="preserve">Матеріал бака: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Алюміній</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
         <v>805</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2"/>
       <c r="D3" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Fachowiec LEADER HP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Підходить для фарборозпилювачів Air Pro серії 2004 і AM6008!Тип системи: LVLP  </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача. Тип системи: HP </t>
           </r>
         </is>
       </c>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LVLP</t>
+            <t xml:space="preserve">HP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>1343</v>
+        <v>2712</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2"/>
       <c r="D4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 2,0 мм для фарборозпилювача Star S-4C</t>
+            <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Air Pro 2004/HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star  S-4C.</t>
+            <t xml:space="preserve">Підходить для фарборозпилювачів Air Pro серії AM5008 та AM6008!Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Сопло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">HVLP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.0</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">Сопло</t>
+            <t xml:space="preserve">1.0, 1.2, 1.3, 1.6, 1.8, 2.0, 2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>2705</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 2,0 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
+            <t xml:space="preserve">Комплект сопло 2,0 мм для фарборозпилювача Star S-4C</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Підходить для фарборозпилювачів серії 2004 і AM6008! Тип системи: LVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star  S-4C.</t>
           </r>
         </is>
       </c>
       <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло в комплекті: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2,0 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...34 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>2238</v>
+        <v>2705</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 2,0 мм для фарборозпилювача Air Pro 77-P</t>
+            <t xml:space="preserve">Комплект сопло 2,0 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Підходить для фарборозпилювачів серії 2004 і AM6008! Тип системи: LVLP </t>
           </r>
         </is>
       </c>
       <c r="F6" s="2"/>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP</t>
+            <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>2199</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Star SMV-4F</t>
+            <t xml:space="preserve">Комплект сопло 2,0 мм для фарборозпилювача Air Pro 77-P</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star SMV-4F.</t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HP </t>
           </r>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сопло в комплекті: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">1,8 мм</t>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Сопло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">HP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.8</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Сопло</t>
+            <t xml:space="preserve">2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>3277</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2"/>
       <c r="D8" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Star EVO-T-4F</t>
+            <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Star SMV-4F</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. 
-</t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star SMV-4F.</t>
           </r>
         </is>
       </c>
       <c r="F8" s="2"/>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -8526,688 +8471,707 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>3609</v>
+        <v>3277</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2"/>
       <c r="D9" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Fachowiec LEADER LVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Star EVO-T-4F</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Сопло для фарборозпилювача.Тип системи: LVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. 
+</t>
           </r>
         </is>
       </c>
       <c r="F9" s="2"/>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сопло в комплекті: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,8 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...34 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>2614</v>
+        <v>3609</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="2"/>
       <c r="D10" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Fachowiec LEADER HP</t>
+            <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Fachowiec LEADER LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача. Тип системи: HP </t>
+            <t xml:space="preserve">Сопло для фарборозпилювача.Тип системи: LVLP </t>
           </r>
         </is>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP</t>
+            <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>2712</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Air Pro AM5008 HVLP WB</t>
+            <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду  Air Pro серії 2004 і AM6008! Тип системи: HVLP </t>
+            <t xml:space="preserve">Підходить для фарборозпилювачів Air Pro серії 2004 і AM6008!Тип системи: LVLP  </t>
           </r>
         </is>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HVLP</t>
+            <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>2505</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="2"/>
       <c r="D12" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Air Pro 77-P</t>
+            <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Air Pro AM5008 HVLP WB</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HP </t>
+            <t xml:space="preserve">Сопло для фарборозпилювача.Тип системи: HVLP. Підходить для фарборозпилювачів Air Pro серії 2004 і AM6008!</t>
           </r>
         </is>
       </c>
       <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP</t>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H12" s="2">
-        <v>2199</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="150">
       <c r="A13" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="2"/>
       <c r="D13" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,8 мм для автоматичного фарборозпилювача Air Pro HW-SA104</t>
+            <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Air Pro AM5008 HVLP WB</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача  </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду  Air Pro серії 2004 і AM6008! Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">HVLP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H13" s="2">
-        <v>6707</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="2"/>
       <c r="D14" s="2" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,8 мм для автоматичного фарборозпилювача Air Pro HW-SA103</t>
+            <t xml:space="preserve">Комплект сопло 1,8 мм для автоматичного фарборозпилювача Air Pro HW-SA104</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача.  </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача  </t>
           </r>
         </is>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H14" s="2">
-        <v>0</v>
+        <v>6707</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="150">
       <c r="A15" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="2"/>
       <c r="D15" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,8 мм для автоматичного фарборозпилювача Air Pro HW-SA102</t>
+            <t xml:space="preserve">Комплект сопло 1,8 мм для автоматичного фарборозпилювача Air Pro HW-SA103</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне додаткове сопло для фарборозпилювача бренду Air Pro.  </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача.  </t>
           </r>
         </is>
       </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H15" s="2">
-        <v>3680</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="150">
       <c r="A16" s="2" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="2"/>
       <c r="D16" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Комплект сопло 1,7 мм для фарборозпилювача Star S-770VR</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. 
 </t>
           </r>
         </is>
       </c>
@@ -9254,58 +9218,58 @@
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H16" s="2">
         <v>3047</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="150">
       <c r="A17" s="2" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="2"/>
       <c r="D17" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Star SMV-4F</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star SMV-4F.</t>
           </r>
         </is>
       </c>
       <c r="F17" s="2"/>
@@ -9351,58 +9315,58 @@
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H17" s="2">
         <v>3277</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="150">
       <c r="A18" s="2" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="2"/>
       <c r="D18" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Star EVO-T-4F</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star EVO-T-4F.</t>
           </r>
         </is>
       </c>
       <c r="F18" s="2"/>
@@ -9448,58 +9412,58 @@
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H18" s="2">
         <v>3609</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="150">
       <c r="A19" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="2"/>
       <c r="D19" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Fachowiec LEADER LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло для фарборозпилювача.Тип системи: LVLP  </t>
           </r>
         </is>
       </c>
       <c r="F19" s="2"/>
@@ -9545,58 +9509,58 @@
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H19" s="2">
         <v>2614</v>
       </c>
     </row>
     <row r="20" spans="1:8" customHeight="1" ht="150">
       <c r="A20" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="2"/>
       <c r="D20" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Fachowiec LEADER HP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Зміне сопло для фарборозпилювача.  Тип системи: HP </t>
           </r>
         </is>
       </c>
       <c r="F20" s="2"/>
@@ -9649,233 +9613,233 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H20" s="2">
         <v>2712</v>
       </c>
     </row>
     <row r="21" spans="1:8" customHeight="1" ht="150">
       <c r="A21" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="2"/>
       <c r="D21" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Air Pro 2004/HVLP</t>
+            <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Air Pro 77-P</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Підходить для фарборозпилювачів Air Pro серії AM5008 та AM6008!Тип системи: HVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HP </t>
           </r>
         </is>
       </c>
       <c r="F21" s="2"/>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HVLP</t>
+            <t xml:space="preserve">HP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0, 1.2, 1.3, 1.6, 1.8, 2.0, 2.5</t>
+            <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H21" s="2">
-        <v>1284</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="22" spans="1:8" customHeight="1" ht="150">
       <c r="A22" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="2"/>
       <c r="D22" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Air Pro AM5008 HVLP WB</t>
+            <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Fachowiec LEADER HP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Сопло для фарборозпилювача.Тип системи: HVLP. Підходить для фарборозпилювачів Air Pro серії 2004 і AM6008!</t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача.  Тип системи: HP </t>
           </r>
         </is>
       </c>
       <c r="F22" s="2"/>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HVLP</t>
+            <t xml:space="preserve">HP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H22" s="2">
-        <v>2505</v>
+        <v>2712</v>
       </c>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="150">
       <c r="A23" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="2"/>
       <c r="D23" s="2" t="s">
         <v>70</v>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -9954,104 +9918,104 @@
       </c>
     </row>
     <row r="24" spans="1:8" customHeight="1" ht="150">
       <c r="A24" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="2"/>
       <c r="D24" s="2" t="s">
         <v>73</v>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Підставка для фарборозпилювача Air Pro GH-01</t>
+            <t xml:space="preserve">Підставка для фарборозпилювача Air Pro GH-02 mini</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Підставка для фарборозпилювачів виготовлена з високоякісної сталі та оснащена зручною фіксацією.</t>
+            <t xml:space="preserve">Підставка для всіх типів фарборозпилювачів</t>
           </r>
         </is>
       </c>
       <c r="F24" s="2"/>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Підставка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Вид матеріалу: </t>
+            <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H24" s="2">
-        <v>542</v>
+        <v>433</v>
       </c>
     </row>
     <row r="25" spans="1:8" customHeight="1" ht="150">
       <c r="A25" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C25" s="2"/>
       <c r="D25" s="2" t="s">
         <v>76</v>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -10638,280 +10602,280 @@
       </c>
     </row>
     <row r="32" spans="1:8" customHeight="1" ht="150">
       <c r="A32" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C32" s="2"/>
       <c r="D32" s="2" t="s">
         <v>97</v>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Підставка для фарборозпилювача Air Pro GH-02 mini</t>
+            <t xml:space="preserve">Підставка для фарборозпилювача Air Pro GH-01</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Підставка для всіх типів фарборозпилювачів</t>
+            <t xml:space="preserve">Підставка для фарборозпилювачів виготовлена з високоякісної сталі та оснащена зручною фіксацією.</t>
           </r>
         </is>
       </c>
       <c r="F32" s="2"/>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Підставка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Матеріал кріплення: </t>
+            <t xml:space="preserve">Вид матеріалу: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H32" s="2">
-        <v>433</v>
+        <v>542</v>
       </c>
     </row>
     <row r="33" spans="1:8" customHeight="1" ht="150">
       <c r="A33" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C33" s="2"/>
       <c r="D33" s="2" t="s">
         <v>100</v>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Нейлоновий фільтр для фарборозпилювачів з нижнім бачком Air Pro HW-NS-S</t>
+            <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Fachowiec LEADER HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Нейлоновий фільтр HW-NS-S</t>
+            <t xml:space="preserve">Сопло для фарборозпилювача.Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F33" s="2"/>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фільтр</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Нейлон</t>
+            <t xml:space="preserve">Сопло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">HVLP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H33" s="2">
-        <v>108</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="34" spans="1:8" customHeight="1" ht="150">
       <c r="A34" s="2" t="s">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C34" s="2"/>
       <c r="D34" s="2" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Fachowiec LEADER HP</t>
+            <t xml:space="preserve">Нейлоновий фільтр для фарборозпилювачів з нижнім бачком Air Pro HW-NS-S</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача.  Тип системи: HP </t>
+            <t xml:space="preserve">Нейлоновий фільтр HW-NS-S</t>
           </r>
         </is>
       </c>
       <c r="F34" s="2"/>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Сопло</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">2.5</t>
+            <t xml:space="preserve">Фільтр</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид матеріалу: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Нейлон</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H34" s="2">
-        <v>2712</v>
+        <v>108</v>
       </c>
     </row>
     <row r="35" spans="1:8" customHeight="1" ht="150">
       <c r="A35" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="2"/>
       <c r="D35" s="2" t="s">
         <v>105</v>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -11109,51 +11073,51 @@
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Інше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H37" s="2">
         <v>1073</v>
       </c>
     </row>
     <row r="38" spans="1:8" customHeight="1" ht="150">
       <c r="A38" s="2" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C38" s="2"/>
       <c r="D38" s="2" t="s">
         <v>114</v>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Комплект сопло 3,0 мм для фарборозпилювача Star S-770VR</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
@@ -11206,51 +11170,51 @@
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H38" s="2">
         <v>3737</v>
       </c>
     </row>
     <row r="39" spans="1:8" customHeight="1" ht="150">
       <c r="A39" s="2" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C39" s="2"/>
       <c r="D39" s="2" t="s">
         <v>117</v>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Star S-770VR</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
@@ -11303,51 +11267,51 @@
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H39" s="2">
         <v>3047</v>
       </c>
     </row>
     <row r="40" spans="1:8" customHeight="1" ht="150">
       <c r="A40" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C40" s="2"/>
       <c r="D40" s="2" t="s">
         <v>120</v>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Fachowiec Professional HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
@@ -11400,51 +11364,51 @@
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H40" s="2">
         <v>2845</v>
       </c>
     </row>
     <row r="41" spans="1:8" customHeight="1" ht="150">
       <c r="A41" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C41" s="2"/>
       <c r="D41" s="2" t="s">
         <v>122</v>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Fachowiec Professional HP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
@@ -11497,1049 +11461,1049 @@
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H41" s="2">
         <v>1508</v>
       </c>
     </row>
     <row r="42" spans="1:8" customHeight="1" ht="150">
       <c r="A42" s="2" t="s">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C42" s="2"/>
       <c r="D42" s="2" t="s">
         <v>124</v>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Fachowiec LEADER HVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Сопло для фарборозпилювача.Тип системи: HVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro підходить для фарборозпилювачів серії 2004 і AM6008! Тип системи: LVLP </t>
           </r>
         </is>
       </c>
       <c r="F42" s="2"/>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HVLP</t>
+            <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.5</t>
+            <t xml:space="preserve">1.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H42" s="2">
-        <v>2845</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="43" spans="1:8" customHeight="1" ht="150">
       <c r="A43" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C43" s="2"/>
       <c r="D43" s="2" t="s">
         <v>126</v>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Air Pro AM2012 HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro підходить для фарборозпилювачів серії 2004 і AM6008! Тип системи: LVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача. Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F43" s="2"/>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LVLP</t>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H43" s="2">
-        <v>2238</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="44" spans="1:8" customHeight="1" ht="150">
       <c r="A44" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C44" s="2"/>
       <c r="D44" s="2" t="s">
         <v>128</v>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Air Pro AM2012 HVLP</t>
+            <t xml:space="preserve">Верхній бачок нейлоновий 0,6 л для фарборозпилювачів Air Pro HW-0,6NC</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача. Тип системи: HVLP </t>
+            <t xml:space="preserve">Бачок для фарборозпилювача під фарбу з нейлону.</t>
           </r>
         </is>
       </c>
       <c r="F44" s="2"/>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Сопло</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">1.6</t>
+            <t xml:space="preserve">Бачок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ємність бачка: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,6 л</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал бака: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">нейлон</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H44" s="2">
-        <v>1384</v>
+        <v>515</v>
       </c>
     </row>
     <row r="45" spans="1:8" customHeight="1" ht="150">
       <c r="A45" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C45" s="2"/>
       <c r="D45" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Верхній бачок нейлоновий 0,6 л для фарборозпилювачів Air Pro HW-0,6NC</t>
+            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro 871HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Бачок для фарборозпилювача під фарбу з нейлону.</t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HVLP  </t>
           </r>
         </is>
       </c>
       <c r="F45" s="2"/>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Бачок</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">нейлон</t>
+            <t xml:space="preserve">Сопло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">HVLP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H45" s="2">
-        <v>515</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="46" spans="1:8" customHeight="1" ht="150">
       <c r="A46" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C46" s="2"/>
       <c r="D46" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro 871HVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Air Pro 2004/LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HVLP  </t>
+            <t xml:space="preserve">Підходить для фарборозпилювачів Air Pro серії AM5008 та AM6008! Тип системи: LVLP </t>
           </r>
         </is>
       </c>
       <c r="F46" s="2"/>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HVLP</t>
+            <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0</t>
+            <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H46" s="2">
-        <v>2105</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="47" spans="1:8" customHeight="1" ht="150">
       <c r="A47" s="2" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C47" s="2"/>
       <c r="D47" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Air Pro 2004/LVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Star XPSV</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Підходить для фарборозпилювачів Air Pro серії AM5008 та AM6008! Тип системи: LVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
           </r>
         </is>
       </c>
       <c r="F47" s="2"/>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сопло в комплекті: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,0 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...34 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H47" s="2">
-        <v>1284</v>
+        <v>4529</v>
       </c>
     </row>
     <row r="48" spans="1:8" customHeight="1" ht="150">
       <c r="A48" s="2" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C48" s="2"/>
       <c r="D48" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Star XPSV</t>
+            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro АМ8008/LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
+            <t xml:space="preserve">Сопло для фарборозпилювача Тип системи: LVLP  </t>
           </r>
         </is>
       </c>
       <c r="F48" s="2"/>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сопло в комплекті: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">1,0 мм</t>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Сопло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...16 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H48" s="2">
-        <v>4529</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="49" spans="1:8" customHeight="1" ht="150">
       <c r="A49" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C49" s="2"/>
       <c r="D49" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro АМ8008/LVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro АМ8008/HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Сопло для фарборозпилювача Тип системи: LVLP  </t>
+            <t xml:space="preserve">Тип системи: HVLP   </t>
           </r>
         </is>
       </c>
       <c r="F49" s="2"/>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LVLP</t>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0</t>
+            <t xml:space="preserve">0.8, 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H49" s="2">
-        <v>1253</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="50" spans="1:8" customHeight="1" ht="150">
       <c r="A50" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C50" s="2"/>
       <c r="D50" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro АМ8008/HVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Тип системи: HVLP   </t>
+            <t xml:space="preserve">Підходить для фарборозпилювачів Air Pro серії 2004 і AM6008! Тип системи: LVLP </t>
           </r>
         </is>
       </c>
       <c r="F50" s="2"/>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HVLP</t>
+            <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0.8, 1.0</t>
+            <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H50" s="2">
-        <v>1379</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="51" spans="1:8" customHeight="1" ht="150">
       <c r="A51" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C51" s="2"/>
       <c r="D51" s="2" t="s">
         <v>148</v>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro HVLP-1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Підходить для фарборозпилювачів Air Pro серії 2004 і AM6008! Тип системи: LVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача.Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F51" s="2"/>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LVLP</t>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H51" s="2">
-        <v>1343</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="52" spans="1:8" customHeight="1" ht="150">
       <c r="A52" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C52" s="2"/>
       <c r="D52" s="2" t="s">
         <v>150</v>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro HVLP-1200</t>
+            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro AM5008 HVLP WB</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача.Тип системи: HVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача Air Pro серії 2004 і AM6008! Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F52" s="2"/>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -12559,1765 +12523,1765 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H52" s="2">
-        <v>1986</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="53" spans="1:8" customHeight="1" ht="150">
       <c r="A53" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C53" s="2"/>
       <c r="D53" s="2" t="s">
         <v>152</v>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro AM5008 HVLP WB</t>
+            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro 77-P</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача Air Pro серії 2004 і AM6008! Тип системи: HVLP </t>
+            <t xml:space="preserve">Тип системи: HP для фарборозпилювача Air Pro 77-P</t>
           </r>
         </is>
       </c>
       <c r="F53" s="2"/>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HVLP</t>
+            <t xml:space="preserve">HP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H53" s="2">
-        <v>2505</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="54" spans="1:8" customHeight="1" ht="150">
       <c r="A54" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C54" s="2"/>
       <c r="D54" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro 77-P</t>
+            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Air Pro HVLP-1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Тип системи: HP для фарборозпилювача Air Pro 77-P</t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача. Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F54" s="2"/>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP</t>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0</t>
+            <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H54" s="2">
-        <v>1319</v>
+        <v>3487</v>
       </c>
     </row>
     <row r="55" spans="1:8" customHeight="1" ht="150">
       <c r="A55" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="2"/>
       <c r="D55" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Air Pro HVLP-1200</t>
+            <t xml:space="preserve">Комплект сопло 1,0 мм для автоматичного фарборозпилювача Air Pro HW-SA102</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача. Тип системи: HVLP </t>
+            <t xml:space="preserve">Зміне додаткове сопло для фарборозпилювача бренду Air Pro. </t>
           </r>
         </is>
       </c>
       <c r="F55" s="2"/>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Тип системи: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.2</t>
+            <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H55" s="2">
-        <v>3487</v>
+        <v>3680</v>
       </c>
     </row>
     <row r="56" spans="1:8" customHeight="1" ht="150">
       <c r="A56" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C56" s="2"/>
       <c r="D56" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,0 мм для автоматичного фарборозпилювача Air Pro HW-SA102</t>
+            <t xml:space="preserve">Комплект сопло 1,0 мм для автоматичного фарборозпилювача Air Pro HW-AG3</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне додаткове сопло для фарборозпилювача бренду Air Pro. </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача.  </t>
           </r>
         </is>
       </c>
       <c r="F56" s="2"/>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H56" s="2">
-        <v>3680</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="57" spans="1:8" customHeight="1" ht="150">
       <c r="A57" s="2" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C57" s="2"/>
       <c r="D57" s="2" t="s">
         <v>163</v>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,0 мм для автоматичного фарборозпилювача Air Pro HW-AG3</t>
+            <t xml:space="preserve">Комплект сопло 0,8 мм для фарборозпилювача Star EVO-T-106TF</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача.  </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star EVO-T-106TF. </t>
           </r>
         </is>
       </c>
       <c r="F57" s="2"/>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Вид: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0</t>
+            <t xml:space="preserve">0.8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло в комплекті: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H57" s="2">
-        <v>2230</v>
+        <v>3277</v>
       </c>
     </row>
     <row r="58" spans="1:8" customHeight="1" ht="150">
       <c r="A58" s="2" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C58" s="2"/>
       <c r="D58" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 0,8 мм для фарборозпилювача Star EVO-T-106TF</t>
+            <t xml:space="preserve">Комплект сопло 0,8 мм для фарборозпилювача Fachowiec EXPERT HP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star EVO-T-106TF. </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача. Тип системи: HP</t>
           </r>
         </is>
       </c>
       <c r="F58" s="2"/>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Сопло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">HP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...16 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H58" s="2">
-        <v>3277</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="59" spans="1:8" customHeight="1" ht="150">
       <c r="A59" s="2" t="s">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C59" s="2"/>
       <c r="D59" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 0,8 мм для фарборозпилювача Fachowiec EXPERT HP</t>
+            <t xml:space="preserve">Комплект сопло 0,8 мм для фарборозпилювача Air Pro АМ8008/LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача. Тип системи: HP</t>
+            <t xml:space="preserve">Сопло для фарборозпилювача. Тип системи: LVLP </t>
           </r>
         </is>
       </c>
       <c r="F59" s="2"/>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP</t>
+            <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H59" s="2">
-        <v>1787</v>
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:8" customHeight="1" ht="150">
       <c r="A60" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C60" s="2"/>
       <c r="D60" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 0,8 мм для фарборозпилювача Air Pro АМ8008/LVLP</t>
+            <t xml:space="preserve">Комплект сопло 0,8 мм для автоматичного фарборозпилювача Air Pro HW-SA102</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Сопло для фарборозпилювача. Тип системи: LVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro.</t>
           </r>
         </is>
       </c>
       <c r="F60" s="2"/>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Тип системи: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0.8</t>
+            <t xml:space="preserve">0.3</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H60" s="2">
-        <v>0</v>
+        <v>3369</v>
       </c>
     </row>
     <row r="61" spans="1:8" customHeight="1" ht="150">
       <c r="A61" s="2" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C61" s="2"/>
       <c r="D61" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 0,8 мм для автоматичного фарборозпилювача Air Pro HW-SA102</t>
+            <t xml:space="preserve">Комплект сопло 0,5 мм для фарборозпилювача Star EVO-T-106TF</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro.</t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star EVO-T-106TF. </t>
           </r>
         </is>
       </c>
       <c r="F61" s="2"/>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Вид: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0.3</t>
+            <t xml:space="preserve">0.5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло в комплекті: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H61" s="2">
-        <v>3369</v>
+        <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:8" customHeight="1" ht="150">
       <c r="A62" s="2" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C62" s="2"/>
       <c r="D62" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 0,5 мм для фарборозпилювача Star EVO-T-106TF</t>
+            <t xml:space="preserve">Віскозиметр для фарби Air Pro VC-02PLASTIC</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star EVO-T-106TF. </t>
+            <t xml:space="preserve">Вимірювання по DIN4</t>
           </r>
         </is>
       </c>
       <c r="F62" s="2"/>
       <c r="G62" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сопло, мм: </t>
-[...29 lines deleted...]
-            <t xml:space="preserve">0,5 мм</t>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Інше</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид матеріалу: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Твердий пластик</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H62" s="2">
-        <v>0</v>
+        <v>245</v>
       </c>
     </row>
     <row r="63" spans="1:8" customHeight="1" ht="150">
       <c r="A63" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C63" s="2"/>
       <c r="D63" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Віскозиметр для фарби Air Pro VC-02PLASTIC</t>
+            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Air Pro 898/HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Вимірювання по DIN4</t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HVLP  </t>
           </r>
         </is>
       </c>
       <c r="F63" s="2"/>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Інше</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Твердий пластик</t>
+            <t xml:space="preserve">Сопло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">HVLP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H63" s="2">
-        <v>245</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="64" spans="1:8" customHeight="1" ht="150">
       <c r="A64" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C64" s="2"/>
       <c r="D64" s="2" t="s">
         <v>183</v>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Air Pro 898/HVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HVLP  </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювачів Air Pro серії 2004 і AM6008! Тип системи: LVLP </t>
           </r>
         </is>
       </c>
       <c r="F64" s="2"/>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HVLP</t>
+            <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H64" s="2">
-        <v>2141</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="65" spans="1:8" customHeight="1" ht="150">
       <c r="A65" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C65" s="2"/>
       <c r="D65" s="2" t="s">
         <v>185</v>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,5 мм для фарборозпилювача Fachowiec Professional HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювачів Air Pro серії 2004 і AM6008! Тип системи: LVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача. Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F65" s="2"/>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LVLP</t>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.2</t>
+            <t xml:space="preserve">1.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H65" s="2">
-        <v>2238</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="66" spans="1:8" customHeight="1" ht="150">
       <c r="A66" s="2" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C66" s="2"/>
       <c r="D66" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,5 мм для фарборозпилювача Fachowiec Professional HVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Star XPS</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача. Тип системи: HVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
           </r>
         </is>
       </c>
       <c r="F66" s="2"/>
       <c r="G66" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сопло в комплекті: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,3 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.3</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...34 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H66" s="2">
-        <v>2845</v>
+        <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:8" customHeight="1" ht="150">
       <c r="A67" s="2" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C67" s="2"/>
       <c r="D67" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Star XPS</t>
+            <t xml:space="preserve">Комплект сопло 1,5 мм для фарборозпилювача Air Pro 77-P</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HP </t>
           </r>
         </is>
       </c>
       <c r="F67" s="2"/>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сопло в комплекті: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">1,3 мм</t>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Сопло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">HP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.3</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Сопло</t>
+            <t xml:space="preserve">1.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H67" s="2">
-        <v>0</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="68" spans="1:8" customHeight="1" ht="150">
       <c r="A68" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C68" s="2"/>
       <c r="D68" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,5 мм для фарборозпилювача Air Pro 77-P</t>
+            <t xml:space="preserve">Комплект сопло 1,5 мм для автоматичного фарборозпилювача Air Pro HW-SA103</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача. </t>
           </r>
         </is>
       </c>
       <c r="F68" s="2"/>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Тип системи: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H68" s="2">
-        <v>2199</v>
+        <v>3943</v>
       </c>
     </row>
     <row r="69" spans="1:8" customHeight="1" ht="150">
       <c r="A69" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C69" s="2"/>
       <c r="D69" s="2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,5 мм для автоматичного фарборозпилювача Air Pro HW-SA103</t>
+            <t xml:space="preserve">Комплект сопло 1,5 мм для автоматичного фарборозпилювача Air Pro HW-SA102</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача. </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача.  </t>
           </r>
         </is>
       </c>
       <c r="F69" s="2"/>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H69" s="2">
-        <v>3943</v>
+        <v>3680</v>
       </c>
     </row>
     <row r="70" spans="1:8" customHeight="1" ht="150">
       <c r="A70" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C70" s="2"/>
       <c r="D70" s="2" t="s">
         <v>199</v>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,5 мм для автоматичного фарборозпилювача Air Pro HW-SA102</t>
+            <t xml:space="preserve">Комплект сопло 1,5 мм для автоматичного фарборозпилювача Air Pro HW-SA101</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача.  </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду  Air Pro.</t>
           </r>
         </is>
       </c>
       <c r="F70" s="2"/>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H70" s="2">
-        <v>3680</v>
+        <v>3472</v>
       </c>
     </row>
     <row r="71" spans="1:8" customHeight="1" ht="150">
       <c r="A71" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C71" s="2"/>
       <c r="D71" s="2" t="s">
         <v>201</v>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,5 мм для автоматичного фарборозпилювача Air Pro HW-SA101</t>
+            <t xml:space="preserve">Комплект сопло 1,4 мм для фарборозпилювача Fachowiec Professional HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду  Air Pro.</t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача. Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F71" s="2"/>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">HVLP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.5</t>
+            <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H71" s="2">
-        <v>3472</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="72" spans="1:8" customHeight="1" ht="150">
       <c r="A72" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C72" s="2"/>
       <c r="D72" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,4 мм для фарборозпилювача Fachowiec Professional HVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,4 мм для фарборозпилювача Fachowiec LEADER HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача. Тип системи: HVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача.Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F72" s="2"/>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -14342,79 +14306,79 @@
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H72" s="2">
         <v>2845</v>
       </c>
     </row>
     <row r="73" spans="1:8" customHeight="1" ht="150">
       <c r="A73" s="2" t="s">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C73" s="2"/>
       <c r="D73" s="2" t="s">
         <v>206</v>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,4 мм для фарборозпилювача Fachowiec LEADER HVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,4 мм для фарборозпилювача Air Pro 898/HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача.Тип системи: HVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F73" s="2"/>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -14434,181 +14398,179 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H73" s="2">
-        <v>2845</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="74" spans="1:8" customHeight="1" ht="150">
       <c r="A74" s="2" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C74" s="2"/>
       <c r="D74" s="2" t="s">
         <v>208</v>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,4 мм для фарборозпилювача Air Pro 898/HVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Star XPSV</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
           </r>
         </is>
       </c>
       <c r="F74" s="2"/>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сопло в комплекті: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,3 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.3</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...39 lines deleted...]
-      </c>
+        </is>
+      </c>
+      <c r="H74" s="2"/>
     </row>
     <row r="75" spans="1:8" customHeight="1" ht="150">
       <c r="A75" s="2" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C75" s="2"/>
       <c r="D75" s="2" t="s">
         <v>210</v>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Star XPSV</t>
+            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Star SMV-4F</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star SMV-4F.</t>
           </r>
         </is>
       </c>
       <c r="F75" s="2"/>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,3 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -14627,356 +14589,358 @@
             <t xml:space="preserve">1.3</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H75" s="2"/>
+      <c r="H75" s="2">
+        <v>0</v>
+      </c>
     </row>
     <row r="76" spans="1:8" customHeight="1" ht="150">
       <c r="A76" s="2" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C76" s="2"/>
       <c r="D76" s="2" t="s">
         <v>212</v>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Star SMV-4F</t>
+            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Star EVO-T-106TF</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star SMV-4F.</t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду  Star EVO-T-106TF . </t>
           </r>
         </is>
       </c>
       <c r="F76" s="2"/>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,3 мм</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">Сопло</t>
+            <t xml:space="preserve">1,2 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H76" s="2">
-        <v>0</v>
+        <v>3277</v>
       </c>
     </row>
     <row r="77" spans="1:8" customHeight="1" ht="150">
       <c r="A77" s="2" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C77" s="2"/>
       <c r="D77" s="2" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Star EVO-T-106TF</t>
+            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Star EVO-T-4F</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду  Star EVO-T-106TF . </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star EVO-T-4F.</t>
           </r>
         </is>
       </c>
       <c r="F77" s="2"/>
       <c r="G77" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сопло в комплекті: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,3 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.2</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">1,2 мм</t>
+            <t xml:space="preserve">1.3</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H77" s="2">
-        <v>3277</v>
+        <v>3609</v>
       </c>
     </row>
     <row r="78" spans="1:8" customHeight="1" ht="150">
       <c r="A78" s="2" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C78" s="2"/>
       <c r="D78" s="2" t="s">
         <v>217</v>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Star EVO-T-4F</t>
+            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Fachowiec LEADER HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star EVO-T-4F.</t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача.Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F78" s="2"/>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сопло в комплекті: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">1,3 мм</t>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Сопло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.3</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...16 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H78" s="2">
-        <v>3609</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="79" spans="1:8" customHeight="1" ht="150">
       <c r="A79" s="2" t="s">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C79" s="2"/>
       <c r="D79" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Fachowiec LEADER HVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Air Pro AM5008 HVLP WB</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача.Тип системи: HVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача. Підходить для фарборозпилювачів Air Pro серії 2004 і AM6008! Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F79" s="2"/>
       <c r="G79" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -14996,84 +14960,84 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.3</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H79" s="2">
-        <v>2845</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="80" spans="1:8" customHeight="1" ht="150">
       <c r="A80" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C80" s="2"/>
       <c r="D80" s="2" t="s">
         <v>222</v>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Air Pro AM5008 HVLP WB</t>
+            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Air Pro AM2012 HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача. Підходить для фарборозпилювачів Air Pro серії 2004 і AM6008! Тип системи: HVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача.Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F80" s="2"/>
       <c r="G80" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -15093,174 +15057,174 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.3</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H80" s="2">
-        <v>2505</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="81" spans="1:8" customHeight="1" ht="150">
       <c r="A81" s="2" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C81" s="2"/>
       <c r="D81" s="2" t="s">
         <v>224</v>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Air Pro AM2012 HVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Star XPSV</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача.Тип системи: HVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
           </r>
         </is>
       </c>
       <c r="F81" s="2"/>
       <c r="G81" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сопло в комплекті: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,2 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...34 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H81" s="2">
-        <v>2307</v>
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:8" customHeight="1" ht="150">
       <c r="A82" s="2" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C82" s="2"/>
       <c r="D82" s="2" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Star XPSV</t>
+            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Star XPS</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
           </r>
         </is>
       </c>
       <c r="F82" s="2"/>
       <c r="G82" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -15287,84 +15251,84 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H82" s="2">
-        <v>0</v>
+        <v>4529</v>
       </c>
     </row>
     <row r="83" spans="1:8" customHeight="1" ht="150">
       <c r="A83" s="2" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C83" s="2"/>
       <c r="D83" s="2" t="s">
         <v>229</v>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Star XPS</t>
+            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Star SMV-4F</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star SMV-4F.</t>
           </r>
         </is>
       </c>
       <c r="F83" s="2"/>
       <c r="G83" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,2 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -15384,84 +15348,85 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H83" s="2">
-        <v>4529</v>
+        <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:8" customHeight="1" ht="150">
       <c r="A84" s="2" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C84" s="2"/>
       <c r="D84" s="2" t="s">
         <v>231</v>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Star SMV-4F</t>
+            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Star EVO-T-4F</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star SMV-4F.</t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star EVO-T-4F.
+</t>
           </r>
         </is>
       </c>
       <c r="F84" s="2"/>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,2 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -15481,227 +15446,129 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H84" s="2">
-        <v>0</v>
+        <v>3609</v>
       </c>
     </row>
     <row r="85" spans="1:8" customHeight="1" ht="150">
       <c r="A85" s="2" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C85" s="2"/>
       <c r="D85" s="2" t="s">
         <v>233</v>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Star EVO-T-4F</t>
+            <t xml:space="preserve">Фільтр тонкого очищення 1/4&amp;#8243; для фарборозпилювача Air Pro F3K</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star EVO-T-4F.
-</t>
+            <t xml:space="preserve">Фільтр для фарборозпилювача діаметр різьби зовнішній: 1/4"Кріплення безпосередньо на фарборозпилювачВисока якість очищення</t>
           </r>
         </is>
       </c>
       <c r="F85" s="2"/>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сопло в комплекті: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Сопло</t>
+            <t xml:space="preserve">Фільтр</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр різьби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H85" s="2">
-        <v>3609</v>
-[...77 lines deleted...]
-      <c r="H86" s="2">
         <v>186</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>