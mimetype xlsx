--- v1 (2025-12-07)
+++ v2 (2026-03-08)
@@ -15,74 +15,74 @@
   <Default Extension="webp" ContentType="image/webp"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="236">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="242">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 07.12.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 08.03.2026р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Сопла та інше для фарборозпилювачів</t>
   </si>
   <si>
     <t>STP-600 new</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Верхній бачок алюмінієвий 0,6 л для фарборозпилювачів Air Pro STP-600</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -210,50 +210,1155 @@
       <t xml:space="preserve">HP</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1.8</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
+    <t>Star</t>
+  </si>
+  <si>
+    <t>4C-CAP-201G</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 2,0 мм для фарборозпилювача Star S-4C</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star  S-4C.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AM5008 LVLP WB -2,0STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 2,0 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Підходить для фарборозпилювачів серії 2004 і AM6008! Тип системи: LVLP </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>77-P-2.0STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 2,0 мм для фарборозпилювача Air Pro 77-P</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HP </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>HW-SA102-2.0 STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 2,0 мм для автоматичного фарборозпилювача Air Pro HW-SA102</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло для фарборозпилювача.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>4F-CAP-182G</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Star SMV-4F</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star SMV-4F.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,8 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>4F-CAP-EVOT185G</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Star EVO-T-4F</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. 
+</t>
+    </r>
+  </si>
+  <si>
+    <t>F527</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Fachowiec LEADER LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло для фарборозпилювача.Тип системи: LVLP </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AM5008 LVLP WB -1.8STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Підходить для фарборозпилювачів Air Pro серії 2004 і AM6008!Тип системи: LVLP  </t>
+    </r>
+  </si>
+  <si>
+    <t>77-P-2.5STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Air Pro 77-P</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HP </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AM5008 HVLP WB -1.8STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Air Pro AM5008 HVLP WB</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду  Air Pro серії 2004 і AM6008! Тип системи: HVLP </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>HW-SA104-1.8 STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,8 мм для автоматичного фарборозпилювача Air Pro HW-SA104</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача  </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>HW-SA103-1.8 STK new</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,8 мм для автоматичного фарборозпилювача Air Pro HW-SA103</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача.  </t>
+    </r>
+  </si>
+  <si>
+    <t>770VR-CAP-02P, 1,7 мм</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,7 мм для фарборозпилювача Star S-770VR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. 
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,7 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.7</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>4F-CAP-162G</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Star SMV-4F</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star SMV-4F.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,6 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>4F-CAP-EVOT165G</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Star EVO-T-4F</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star EVO-T-4F.</t>
+    </r>
+  </si>
+  <si>
+    <t>F526</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Fachowiec LEADER LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло для фарборозпилювача.Тип системи: LVLP  </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>F516</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Fachowiec LEADER HP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача.  Тип системи: HP </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
     <t>2004/HVLP WB-2,5STK</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Air Pro 2004/HVLP</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Підходить для фарборозпилювачів Air Pro серії AM5008 та AM6008!Тип системи: HVLP </t>
     </r>
   </si>
   <si>
     <r>
@@ -290,233 +1395,2853 @@
       <t xml:space="preserve">HVLP</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1.0, 1.2, 1.3, 1.6, 1.8, 2.0, 2.5</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>Star</t>
-[...15 lines deleted...]
-      <t xml:space="preserve">Комплект сопло 2,0 мм для фарборозпилювача Star S-4C</t>
+    <t>AM5008 HVLP WB -2.5STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Air Pro AM5008 HVLP WB</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star  S-4C.</t>
-[...2 lines deleted...]
-  <si>
+      <t xml:space="preserve">Сопло для фарборозпилювача.Тип системи: HVLP. Підходить для фарборозпилювачів Air Pro серії 2004 і AM6008!</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
     <r>
       <t xml:space="preserve">Сопло, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2.0</t>
+      <t xml:space="preserve">2.5</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
+  </si>
+  <si>
+    <t>AM5008 HVLP WB-1.6STK n</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Air Pro AM5008 HVLP WB</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача Air Pro серії 2004 і AM6008!Тип системи: HVLP </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>GH-01</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Підставка для фарборозпилювача Air Pro GH-01</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Підставка для фарборозпилювачів виготовлена з високоякісної сталі та оснащена зручною фіксацією.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Підставка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид матеріалу: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>HW-SS-40SG</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фільтр з нержавіючої сталі для фарборозпилювачів з верхнім бачком Air Pro HW-SS-40SG</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Фільтр з нержавіючої сталі HW-SS-40SG</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фільтр</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал бака: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нержавіюча сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>R6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Регулятор тиску (редуктор) для фарборозпилювачів Air Pro R6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Редуктор R6</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Редуктор</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>R12</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Регулятор тиску (редуктор) для фарборозпилювачів Air Pro R12</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Редуктор R12</t>
+    </r>
+  </si>
+  <si>
+    <t>R11</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Регулятор тиску (редуктор) HVLP 1/4&amp;#8243; з манометром для фарборозпилювачів Air Pro R11</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Редуктор з манометром для фарборозпилювачів.Точне регулювання тиску.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Редуктор</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0 - 10 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Різьба, дюйми: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SP024</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Регулятор тиску (редуктор) 1/4&amp;#8243; з манометром для фарборозпилювачів SP024</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Механічний редуктор для повітряної системи з точним регулюванням тиску. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Редуктор</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0 - 10 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Різьба, дюйми: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>Сопла та інше для аерографів</t>
+  </si>
+  <si>
+    <t>B1-20M</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Поворотний 360° штуцер 1/4&amp;#8243;z (&amp;#8220;ластівка&amp;#8221;) Air Pro B1-20M</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Штуцер з оцинкованої сталі для з'єднання шлангу.   </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">З'єднувачі</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид матеріалу: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>B1-20F</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Поворотний 360° штуцер 1/4&amp;#8243;w (&amp;#8220;ластівка&amp;#8221;) Air Pro B1-20F</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Металевий штуцер 360° бренду Air Pro B1-20F для пневмосистеми . Внутрішня різьба : 1/4"</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">З'єднувачі</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Різьба, дюйми: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид матеріалу: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>GH-02</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Підставка для фарборозпилювача Air Pro GH-02 mini</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Підставка для всіх типів фарборозпилювачів</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Підставка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>HW-NS-8S</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нейлоновий фільтр для фарборозпилювачів з нижнім бачком Air Pro HW-NS-S</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Нейлоновий фільтр HW-NS-S</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фільтр</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид матеріалу: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нейлон</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>F525*************</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Fachowiec LEADER HP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача.  Тип системи: HP </t>
+    </r>
+  </si>
+  <si>
+    <t>HW-NS-36SG</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нейлоновий фільтр для фарборозпилювачів з верхнім бачком Air Pro HW-NS-36SG</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Нейлоновий фільтр HW-NS-36SG 220 mkm</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фільтр</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>813В</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Набір для чищення фарборозпилювача Air Pro 813</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Набір з 17 щіточок для чищення фарборозпилювача         </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Для чищення</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Призначення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Чищення</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Інструмент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Щітка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розміри: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AM5008 HVLP WB -HV-LID</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Кришка для фарборозпилювача Air Pro AM5008 HVLP WB</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Кришка для фарборозпилювача Air Pro AM5008 HVLP WB</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Інше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>770VR-CAP-05P, 3,0 мм</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 3,0 мм для фарборозпилювача Star S-770VR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
+    </r>
+  </si>
+  <si>
     <r>
       <t xml:space="preserve">Сопло в комплекті: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2,0 мм</t>
+      <t xml:space="preserve">3,0 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
       <t xml:space="preserve">Вид: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сопло</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>AM5008 LVLP WB -2,0STK</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Комплект сопло 2,0 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
+    <t>770VR-CAP-04P, 2,5 мм</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Star S-770VR</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Підходить для фарборозпилювачів серії 2004 і AM6008! Тип системи: LVLP </t>
-[...2 lines deleted...]
-  <si>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
     <r>
       <t xml:space="preserve">Вид: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сопло</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
+  </si>
+  <si>
+    <t>F203H</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Fachowiec Professional HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача.Тип системи: HVLP </t>
+    </r>
+  </si>
+  <si>
+    <t>F210</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Fachowiec Professional HP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача.Тип системи: HP</t>
+    </r>
+  </si>
+  <si>
+    <t>F525H</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Fachowiec LEADER HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло для фарборозпилювача.Тип системи: HVLP </t>
+    </r>
+  </si>
+  <si>
+    <t>AM5008 LVLP WB -1.6STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro підходить для фарборозпилювачів серії 2004 і AM6008! Тип системи: LVLP </t>
+    </r>
+  </si>
+  <si>
+    <t>AM2012 HVLPWB-1.6STK new*</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Air Pro AM2012 HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача. Тип системи: HVLP </t>
+    </r>
+  </si>
+  <si>
+    <t>HW-0,6NC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Верхній бачок нейлоновий 0,6 л для фарборозпилювачів Air Pro HW-0,6NC</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Бачок для фарборозпилювача під фарбу з нейлону.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Бачок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ємність бачка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,6 л</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал бака: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">нейлон</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>871HVLP-1,0STK***********</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro 871HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HVLP  </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
     <r>
       <t xml:space="preserve">Тип системи: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
+      <t xml:space="preserve">HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>898/HVLP-P-1,2***********</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Air Pro 898/HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HVLP  </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.2</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>2004/LVLP WB-1.2 STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Air Pro 2004/LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Підходить для фарборозпилювачів Air Pro серії AM5008 та AM6008! Тип системи: LVLP </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
       <t xml:space="preserve">LVLP</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2.0</t>
+      <t xml:space="preserve">1.2</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>77-P-2.0STK</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Комплект сопло 2,0 мм для фарборозпилювача Air Pro 77-P</t>
+    <t>XP-CAP-SV10</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Star XPSV</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AM8008 LVLP WB-1.0STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro АМ8008/LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло для фарборозпилювача Тип системи: LVLP  </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AM8008 HVLP WB-1.0STK new</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro АМ8008/HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: HVLP   </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0.8, 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AM5008 LVLP WB-1.0STK n</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Підходить для фарборозпилювачів Air Pro серії 2004 і AM6008! Тип системи: LVLP </t>
+    </r>
+  </si>
+  <si>
+    <t>HVLP-1200-1.0STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro HVLP-1200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача.Тип системи: HVLP </t>
+    </r>
+  </si>
+  <si>
+    <t>AM5008 HVLP WB -1.0STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro AM5008 HVLP WB</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача Air Pro серії 2004 і AM6008! Тип системи: HVLP </t>
+    </r>
+  </si>
+  <si>
+    <t>77-P-1.0STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro 77-P</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: HP для фарборозпилювача Air Pro 77-P</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AM5008 LVLP WB -1.2STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювачів Air Pro серії 2004 і AM6008! Тип системи: LVLP </t>
+    </r>
+  </si>
+  <si>
+    <t>HW-SA102-1.0 STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,0 мм для автоматичного фарборозпилювача Air Pro HW-SA102</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне додаткове сопло для фарборозпилювача бренду Air Pro. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>HW-AG3-1.0 TK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,0 мм для автоматичного фарборозпилювача Air Pro HW-AG3</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача.  </t>
+    </r>
+  </si>
+  <si>
+    <t>106TF-CAP-EVOT08G</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 0,8 мм для фарборозпилювача Star EVO-T-106TF</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star EVO-T-106TF. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0.8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,8 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>F1508</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 0,8 мм для фарборозпилювача Fachowiec EXPERT HP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача. Тип системи: HP</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0.8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AM8008 LVLP WB-0.8STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 0,8 мм для фарборозпилювача Air Pro АМ8008/LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло для фарборозпилювача. Тип системи: LVLP </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0.8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>HW-SA102-0.8 STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 0,8 мм для автоматичного фарборозпилювача Air Pro HW-SA102</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0.3</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>106TF-CAP-EVOT05G</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 0,5 мм для фарборозпилювача Star EVO-T-106TF</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star EVO-T-106TF. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0.5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>VC-02PLASTIC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Віскозиметр для фарби Air Pro VC-02PLASTIC</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вимірювання по DIN4</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Інше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид матеріалу: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Твердий пластик</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>HVLP-1200-1.2 STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Air Pro HVLP-1200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача. Тип системи: HVLP </t>
+    </r>
+  </si>
+  <si>
+    <t>106TF-CAP-EVOT12G</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Star EVO-T-106TF</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду  Star EVO-T-106TF . </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.2</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,2 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>F215H</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,5 мм для фарборозпилювача Fachowiec Professional HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача. Тип системи: HVLP </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>XP-CAP-S13</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Star XPS</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,3 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.3</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>77-P-1.5STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,5 мм для фарборозпилювача Air Pro 77-P</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
       <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HP </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Вид: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сопло</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип системи: </t>
     </r>
@@ -526,4308 +4251,707 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HP</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2.0</t>
+      <t xml:space="preserve">1.5</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>4F-CAP-182G</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Star SMV-4F</t>
+    <t>HW-SA103-1.5 STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,5 мм для автоматичного фарборозпилювача Air Pro HW-SA103</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>HW-SA102-1.5 STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,5 мм для автоматичного фарборозпилювача Air Pro HW-SA102</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача.  </t>
+    </r>
+  </si>
+  <si>
+    <t>HW-SA101-1.5 STK*********</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,5 мм для автоматичного фарборозпилювача Air Pro HW-SA101</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду  Air Pro.</t>
+    </r>
+  </si>
+  <si>
+    <t>F214H</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,4 мм для фарборозпилювача Fachowiec Professional HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача. Тип системи: HVLP </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сопло</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.4</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>F511</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,4 мм для фарборозпилювача Fachowiec LEADER HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача.Тип системи: HVLP </t>
+    </r>
+  </si>
+  <si>
+    <t>898/HVLP-P-1,4***********</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,4 мм для фарборозпилювача Air Pro 898/HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HVLP </t>
+    </r>
+  </si>
+  <si>
+    <t>XP-CAP-SV13</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Star XPSV</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
+    </r>
+  </si>
+  <si>
+    <t>4F-CAP-132G</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Star SMV-4F</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
       <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star SMV-4F.</t>
     </r>
   </si>
   <si>
+    <t>4F-CAP-EVOT125G</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Star EVO-T-4F</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star EVO-T-4F.
+</t>
+    </r>
+  </si>
+  <si>
     <r>
       <t xml:space="preserve">Сопло в комплекті: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,8 мм</t>
+      <t xml:space="preserve">1,2 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.8</t>
+      <t xml:space="preserve">1.2</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сопло</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>4F-CAP-EVOT185G</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Star EVO-T-4F</t>
+    <t>4F-CAP-EVOT135G</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Star EVO-T-4F</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. 
-[...17 lines deleted...]
-      <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Fachowiec LEADER LVLP</t>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star EVO-T-4F.</t>
+    </r>
+  </si>
+  <si>
+    <t>F511н</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Fachowiec LEADER HVLP</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Сопло для фарборозпилювача.Тип системи: LVLP </t>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача.Тип системи: HVLP </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Вид: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сопло</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип системи: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">LVLP</t>
+      <t xml:space="preserve">HVLP</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.8</t>
+      <t xml:space="preserve">1.3</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>AM5008 LVLP WB -1.8STK</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
+    <t>AM5008 HVLP WB -1.3STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Air Pro AM5008 HVLP WB</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Підходить для фарборозпилювачів Air Pro серії 2004 і AM6008!Тип системи: LVLP  </t>
-[...16 lines deleted...]
-      <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Air Pro AM5008 HVLP WB</t>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача. Підходить для фарборозпилювачів Air Pro серії 2004 і AM6008! Тип системи: HVLP </t>
+    </r>
+  </si>
+  <si>
+    <t>AM2012 HVLP WB-1.3STK new</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Air Pro AM2012 HVLP</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Сопло для фарборозпилювача.Тип системи: HVLP. Підходить для фарборозпилювачів Air Pro серії 2004 і AM6008!</t>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача.Тип системи: HVLP </t>
+    </r>
+  </si>
+  <si>
+    <t>HW-SA102-1.3 STK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,3 мм для автоматичного фарборозпилювача Air Pro HW-SA102</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача. </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Вид: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сопло</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
-      <t xml:space="preserve">Тип системи: </t>
-[...11 lines deleted...]
-      <t xml:space="preserve">HVLP</t>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.3</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
-    <r>
-[...32 lines deleted...]
-      <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Air Pro AM5008 HVLP WB</t>
+  </si>
+  <si>
+    <t>XP-CAP-SV12</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Star XPSV</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду  Air Pro серії 2004 і AM6008! Тип системи: HVLP </t>
-[...72 lines deleted...]
-      <t xml:space="preserve">Комплект сопло 1,8 мм для автоматичного фарборозпилювача Air Pro HW-SA104</t>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
+    </r>
+  </si>
+  <si>
+    <t>XP-CAP-S12</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Star XPS</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Зміне сопло для фарборозпилювача  </t>
-[...54 lines deleted...]
-      <t xml:space="preserve">Комплект сопло 1,8 мм для автоматичного фарборозпилювача Air Pro HW-SA103</t>
+      <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
+    </r>
+  </si>
+  <si>
+    <t>4F-CAP-122G</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Star SMV-4F</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Зміне сопло для фарборозпилювача.  </t>
-[...103 lines deleted...]
-    <r>
       <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star SMV-4F.</t>
-    </r>
-[...3692 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <t>F3K</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Фільтр тонкого очищення 1/4&amp;#8243; для фарборозпилювача Air Pro F3K</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Фільтр для фарборозпилювача діаметр різьби зовнішній: 1/4"Кріплення безпосередньо на фарборозпилювачВисока якість очищення</t>
     </r>
@@ -4929,51 +5053,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f-v-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_hp-150x1502.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-4c_044.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5_0-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_05-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_lvlp-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-scaled-1-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-scaled-1-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-770vr_0315.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5_0-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_05-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_lvlp-150x15018.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_hp-150x15019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15020.webp"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_hp-150x15021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x15022.webp"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/123-150x15023.webp"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17_1-150x15024.webp"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_r6_reduktor-150x15025.webp"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/shablon-vertykalnykh-osnovnykh-foto-150x15026.webp"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90--150x15027.webp"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vapftsv-150x15028.webp"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ukam-sv-150x15029.webp"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/conector_max-150x15030.webp"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/123-150x15031.webp"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_hvlp-150x15032.webp"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/hw-ns-s_new_133.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6788-150x15034.webp"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vaytsus-150x15035.webp"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/kuv-a-150x15036.webp"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-770vr_0337.webp"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-770vr_0338.webp"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f--150x15039.webp"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13-150x15040.webp"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15041.webp"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/am2012hvlpwb-1.6stk_0-150x15042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15-150x15043.webp"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_871hvlp-150x15044.webp"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15045.webp"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0546.webp"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15047.webp"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x15048.webp"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15049.webp"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4564-150x15050.webp"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x15051.webp"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15052.webp"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4564-150x15053.webp"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-150x15054.webp"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f-vf-vfvf--150x15055.webp"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15056.webp"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14-150x15057.webp"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15058.webp"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-150x15059.webp"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15060.webp"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18-1-150x15061.webp"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_898_hvlp-1-150x15062.webp"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15063.webp"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f--150x15064.webp"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0565.webp"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15066.webp"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-scaled-1-150x15067.webp"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-150x15068.webp"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-150x15069.webp"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f--150x15070.webp"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_hvlp-150x15071.webp"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_898_hvlp-1-150x15072.webp"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0573.webp"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5_0-150x15074.webp"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15075.webp"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_05-150x15076.webp"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_hvlp-150x15077.webp"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x15078.webp"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/am2012hvlpwb-1.6stk_0_2-150x15079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0580.webp"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0581.webp"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5_0-150x15082.webp"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_05-150x15083.webp"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/red1-150x15084.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f-v-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_hp-150x1502.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-4c_043.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5_0-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_05-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_lvlp-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-scaled-1-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-scaled-1-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-770vr_0315.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5_0-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_05-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_lvlp-150x15018.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_hp-150x15019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x15020.webp"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x15021.webp"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x15022.webp"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/123-150x15023.webp"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17_1-150x15024.webp"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_r6_reduktor-150x15025.webp"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/shablon-vertykalnykh-osnovnykh-foto-150x15026.webp"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90--150x15027.webp"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vapftsv-150x15028.webp"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ukam-sv-150x15029.webp"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/conector_max-150x15030.webp"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/123-150x15031.webp"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/hw-ns-s_new_132.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_hp-150x15033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6788-150x15034.webp"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vaytsus-150x15035.webp"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/kuv-a-150x15036.webp"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-770vr_0337.webp"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-770vr_0338.webp"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f--150x15039.webp"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13-150x15040.webp"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_hvlp-150x15041.webp"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15042.webp"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/am2012hvlpwb-1.6stk_0-150x15043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15-150x15044.webp"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_871hvlp-150x15045.webp"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_898_hvlp-1-150x15046.webp"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15047.webp"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0548.webp"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15049.webp"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x15050.webp"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15051.webp"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4564-150x15052.webp"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x15053.webp"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15054.webp"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15055.webp"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-150x15056.webp"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f-vf-vfvf--150x15057.webp"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15058.webp"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14-150x15059.webp"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15060.webp"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-150x15061.webp"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15062.webp"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18-1-150x15063.webp"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4564-150x15064.webp"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15065.webp"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f--150x15066.webp"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0567.webp"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_air_pro_lvlp-150x15068.webp"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-scaled-1-150x15069.webp"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-150x15070.webp"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-150x15071.webp"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f--150x15072.webp"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_hvlp-150x15073.webp"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_898_hvlp-1-150x15074.webp"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0575.webp"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5_0-150x15076.webp"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_05-150x15077.webp"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_05-150x15078.webp"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_soplo_fachowiec_hvlp-150x15079.webp"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hvlp-150x15080.webp"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/am2012hvlpwb-1.6stk_0_2-150x15081.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_soplo_hw-sa101-150x15082.webp"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0583.webp"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0584.webp"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5_0-150x15085.webp"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/red1-150x15086.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -5871,81 +5995,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>32</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:ext cx="1543050" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="32" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1543050" cy="1666875"/>
+    <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="33" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
@@ -7454,50 +7578,110 @@
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="84" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>85</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="86" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -7751,54 +7935,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H85"/>
+  <dimension ref="A1:H87"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H85" sqref="H85"/>
+      <selection activeCell="H87" sqref="H87"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -7889,51 +8073,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал бака: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Алюміній</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>805</v>
+        <v>837</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2"/>
       <c r="D3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -7986,444 +8170,426 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>2712</v>
+        <v>2819</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2"/>
       <c r="D4" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Air Pro 2004/HVLP</t>
+            <t xml:space="preserve">Комплект сопло 2,0 мм для фарборозпилювача Star S-4C</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Підходить для фарборозпилювачів Air Pro серії AM5008 та AM6008!Тип системи: HVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star  S-4C.</t>
           </r>
         </is>
       </c>
       <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло в комплекті: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2,0 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...34 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>1284</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 2,0 мм для фарборозпилювача Star S-4C</t>
+            <t xml:space="preserve">Комплект сопло 2,0 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star  S-4C.</t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Підходить для фарборозпилювачів серії 2004 і AM6008! Тип системи: LVLP </t>
           </r>
         </is>
       </c>
       <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Сопло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">LVLP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...34 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>2705</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 2,0 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
+            <t xml:space="preserve">Комплект сопло 2,0 мм для фарборозпилювача Air Pro 77-P</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Підходить для фарборозпилювачів серії 2004 і AM6008! Тип системи: LVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HP </t>
           </r>
         </is>
       </c>
       <c r="F6" s="2"/>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LVLP</t>
+            <t xml:space="preserve">HP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>2238</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 2,0 мм для фарборозпилювача Air Pro 77-P</t>
+            <t xml:space="preserve">Комплект сопло 2,0 мм для автоматичного фарборозпилювача Air Pro HW-SA102</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HP </t>
+            <t xml:space="preserve">Сопло для фарборозпилювача.</t>
           </r>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Тип системи: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>2199</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2"/>
       <c r="D8" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Star SMV-4F</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
@@ -8471,56 +8637,56 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>3277</v>
+        <v>3298</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2"/>
       <c r="D9" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Комплект сопло 1,8 мм для фарборозпилювача Star EVO-T-4F</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
@@ -8569,51 +8735,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>3609</v>
+        <v>3633</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="2"/>
       <c r="D10" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -8666,51 +8832,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>2614</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -8763,148 +8929,148 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>1343</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="2"/>
       <c r="D12" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Air Pro AM5008 HVLP WB</t>
+            <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Air Pro 77-P</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Сопло для фарборозпилювача.Тип системи: HVLP. Підходить для фарборозпилювачів Air Pro серії 2004 і AM6008!</t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HP </t>
           </r>
         </is>
       </c>
       <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HVLP</t>
+            <t xml:space="preserve">HP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H12" s="2">
-        <v>2505</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="150">
       <c r="A13" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="2"/>
       <c r="D13" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -8957,51 +9123,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H13" s="2">
-        <v>2505</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="2"/>
       <c r="D14" s="2" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -9036,51 +9202,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H14" s="2">
-        <v>6707</v>
+        <v>6970</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="150">
       <c r="A15" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="2"/>
       <c r="D15" s="2" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -9120,51 +9286,51 @@
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="150">
       <c r="A16" s="2" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="2"/>
       <c r="D16" s="2" t="s">
         <v>51</v>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Комплект сопло 1,7 мм для фарборозпилювача Star S-770VR</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
@@ -9213,56 +9379,56 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H16" s="2">
-        <v>3047</v>
+        <v>3066</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="150">
       <c r="A17" s="2" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="2"/>
       <c r="D17" s="2" t="s">
         <v>54</v>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Star SMV-4F</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
@@ -9310,56 +9476,56 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H17" s="2">
-        <v>3277</v>
+        <v>3298</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="150">
       <c r="A18" s="2" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="2"/>
       <c r="D18" s="2" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Star EVO-T-4F</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
@@ -9407,51 +9573,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H18" s="2">
-        <v>3609</v>
+        <v>3633</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="150">
       <c r="A19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="2"/>
       <c r="D19" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -9504,51 +9670,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H19" s="2">
-        <v>2614</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="20" spans="1:8" customHeight="1" ht="150">
       <c r="A20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="2"/>
       <c r="D20" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -9601,257 +9767,257 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H20" s="2">
-        <v>2712</v>
+        <v>2819</v>
       </c>
     </row>
     <row r="21" spans="1:8" customHeight="1" ht="150">
       <c r="A21" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="2"/>
       <c r="D21" s="2" t="s">
         <v>65</v>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Air Pro 77-P</t>
+            <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Air Pro 2004/HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HP </t>
+            <t xml:space="preserve">Підходить для фарборозпилювачів Air Pro серії AM5008 та AM6008!Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F21" s="2"/>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP</t>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.5</t>
+            <t xml:space="preserve">1.0, 1.2, 1.3, 1.6, 1.8, 2.0, 2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H21" s="2">
-        <v>2199</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="22" spans="1:8" customHeight="1" ht="150">
       <c r="A22" s="2" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="2"/>
       <c r="D22" s="2" t="s">
         <v>68</v>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Fachowiec LEADER HP</t>
+            <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Air Pro AM5008 HVLP WB</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача.  Тип системи: HP </t>
+            <t xml:space="preserve">Сопло для фарборозпилювача.Тип системи: HVLP. Підходить для фарборозпилювачів Air Pro серії 2004 і AM6008!</t>
           </r>
         </is>
       </c>
       <c r="F22" s="2"/>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP</t>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H22" s="2">
-        <v>2712</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="150">
       <c r="A23" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="2"/>
       <c r="D23" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Air Pro AM5008 HVLP WB</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Зміне сопло для фарборозпилювача Air Pro серії 2004 і AM6008!Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F23" s="2"/>
@@ -9892,142 +10058,142 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H23" s="2">
-        <v>2505</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="24" spans="1:8" customHeight="1" ht="150">
       <c r="A24" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="2"/>
       <c r="D24" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Підставка для фарборозпилювача Air Pro GH-02 mini</t>
+            <t xml:space="preserve">Підставка для фарборозпилювача Air Pro GH-01</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Підставка для всіх типів фарборозпилювачів</t>
+            <t xml:space="preserve">Підставка для фарборозпилювачів виготовлена з високоякісної сталі та оснащена зручною фіксацією.</t>
           </r>
         </is>
       </c>
       <c r="F24" s="2"/>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Підставка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Матеріал кріплення: </t>
+            <t xml:space="preserve">Вид матеріалу: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H24" s="2">
-        <v>433</v>
+        <v>563</v>
       </c>
     </row>
     <row r="25" spans="1:8" customHeight="1" ht="150">
       <c r="A25" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C25" s="2"/>
       <c r="D25" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Фільтр з нержавіючої сталі для фарборозпилювачів з верхнім бачком Air Pro HW-SS-40SG</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Фільтр з нержавіючої сталі HW-SS-40SG</t>
           </r>
         </is>
       </c>
       <c r="F25" s="2"/>
@@ -10050,185 +10216,185 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал бака: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нержавіюча сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H25" s="2">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="26" spans="1:8" customHeight="1" ht="150">
       <c r="A26" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C26" s="2"/>
       <c r="D26" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Регулятор тиску (редуктор) для фарборозпилювачів Air Pro R6</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Редуктор R6</t>
           </r>
         </is>
       </c>
       <c r="F26" s="2"/>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Редуктор</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H26" s="2">
-        <v>251</v>
+        <v>261</v>
       </c>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="150">
       <c r="A27" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C27" s="2"/>
       <c r="D27" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Регулятор тиску (редуктор) для фарборозпилювачів Air Pro R12</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Редуктор R12</t>
           </r>
         </is>
       </c>
       <c r="F27" s="2"/>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Редуктор</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H27" s="2">
-        <v>433</v>
+        <v>450</v>
       </c>
     </row>
     <row r="28" spans="1:8" customHeight="1" ht="150">
       <c r="A28" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="2"/>
       <c r="D28" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Регулятор тиску (редуктор) HVLP 1/4&amp;#8243; з манометром для фарборозпилювачів Air Pro R11</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Редуктор з манометром для фарборозпилювачів.Точне регулювання тиску.</t>
           </r>
         </is>
       </c>
       <c r="F28" s="2"/>
@@ -10287,61 +10453,61 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H28" s="2">
-        <v>814</v>
+        <v>846</v>
       </c>
     </row>
     <row r="29" spans="1:8" customHeight="1" ht="150">
       <c r="A29" s="2"/>
       <c r="B29" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="2"/>
       <c r="D29" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Регулятор тиску (редуктор) 1/4&amp;#8243; з манометром для фарборозпилювачів SP024</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Механічний редуктор для повітряної системи з точним регулюванням тиску. </t>
           </r>
         </is>
       </c>
       <c r="F29" s="2"/>
@@ -10382,63 +10548,63 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H29" s="2">
-        <v>412</v>
+        <v>428</v>
       </c>
     </row>
     <row r="30" spans="1:8" customHeight="1" ht="150">
       <c r="A30" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C30" s="2"/>
       <c r="D30" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Поворотний 360° штуцер 1/4&amp;#8243;z (&amp;#8220;ластівка&amp;#8221;) Air Pro B1-20M</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Штуцер з оцинкованої сталі для з'єднання шлангу.   </t>
           </r>
         </is>
       </c>
       <c r="F30" s="2"/>
@@ -10479,63 +10645,63 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид матеріалу: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H30" s="2">
-        <v>255</v>
+        <v>265</v>
       </c>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="150">
       <c r="A31" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C31" s="2"/>
       <c r="D31" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Поворотний 360° штуцер 1/4&amp;#8243;w (&amp;#8220;ластівка&amp;#8221;) Air Pro B1-20F</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Металевий штуцер 360° бренду Air Pro B1-20F для пневмосистеми . Внутрішня різьба : 1/4"</t>
           </r>
         </is>
       </c>
       <c r="F31" s="2"/>
@@ -10576,379 +10742,379 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид матеріалу: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H31" s="2">
-        <v>255</v>
+        <v>265</v>
       </c>
     </row>
     <row r="32" spans="1:8" customHeight="1" ht="150">
       <c r="A32" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C32" s="2"/>
       <c r="D32" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Підставка для фарборозпилювача Air Pro GH-01</t>
+            <t xml:space="preserve">Підставка для фарборозпилювача Air Pro GH-02 mini</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Підставка для фарборозпилювачів виготовлена з високоякісної сталі та оснащена зручною фіксацією.</t>
+            <t xml:space="preserve">Підставка для всіх типів фарборозпилювачів</t>
           </r>
         </is>
       </c>
       <c r="F32" s="2"/>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Підставка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Вид матеріалу: </t>
+            <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H32" s="2">
-        <v>542</v>
+        <v>450</v>
       </c>
     </row>
     <row r="33" spans="1:8" customHeight="1" ht="150">
       <c r="A33" s="2" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C33" s="2"/>
       <c r="D33" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Fachowiec LEADER HVLP</t>
+            <t xml:space="preserve">Нейлоновий фільтр для фарборозпилювачів з нижнім бачком Air Pro HW-NS-S</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Сопло для фарборозпилювача.Тип системи: HVLP </t>
+            <t xml:space="preserve">Нейлоновий фільтр HW-NS-S</t>
           </r>
         </is>
       </c>
       <c r="F33" s="2"/>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Сопло</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">2.5</t>
+            <t xml:space="preserve">Фільтр</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид матеріалу: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Нейлон</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H33" s="2">
-        <v>2845</v>
+        <v>112</v>
       </c>
     </row>
     <row r="34" spans="1:8" customHeight="1" ht="150">
       <c r="A34" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C34" s="2"/>
       <c r="D34" s="2" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Нейлоновий фільтр для фарборозпилювачів з нижнім бачком Air Pro HW-NS-S</t>
+            <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Fachowiec LEADER HP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Нейлоновий фільтр HW-NS-S</t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача.  Тип системи: HP </t>
           </r>
         </is>
       </c>
       <c r="F34" s="2"/>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фільтр</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Нейлон</t>
+            <t xml:space="preserve">Сопло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">HP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H34" s="2">
-        <v>108</v>
+        <v>2819</v>
       </c>
     </row>
     <row r="35" spans="1:8" customHeight="1" ht="150">
       <c r="A35" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="2"/>
       <c r="D35" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нейлоновий фільтр для фарборозпилювачів з верхнім бачком Air Pro HW-NS-36SG</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Нейлоновий фільтр HW-NS-36SG 220 mkm</t>
           </r>
         </is>
       </c>
       <c r="F35" s="2"/>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Фільтр</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H35" s="2">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="36" spans="1:8" customHeight="1" ht="150">
       <c r="A36" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="2"/>
       <c r="D36" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Набір для чищення фарборозпилювача Air Pro 813</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Набір з 17 щіточок для чищення фарборозпилювача         </t>
           </r>
         </is>
       </c>
       <c r="F36" s="2"/>
@@ -11007,124 +11173,124 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H36" s="2">
-        <v>660</v>
+        <v>685</v>
       </c>
     </row>
     <row r="37" spans="1:8" customHeight="1" ht="150">
       <c r="A37" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C37" s="2"/>
       <c r="D37" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Кришка для фарборозпилювача Air Pro AM5008 HVLP WB</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Кришка для фарборозпилювача Air Pro AM5008 HVLP WB</t>
           </r>
         </is>
       </c>
       <c r="F37" s="2"/>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Інше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H37" s="2">
-        <v>1073</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="38" spans="1:8" customHeight="1" ht="150">
       <c r="A38" s="2" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C38" s="2"/>
       <c r="D38" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Комплект сопло 3,0 мм для фарборозпилювача Star S-770VR</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
           </r>
         </is>
       </c>
       <c r="F38" s="2"/>
@@ -11165,63 +11331,63 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H38" s="2">
-        <v>3737</v>
+        <v>3761</v>
       </c>
     </row>
     <row r="39" spans="1:8" customHeight="1" ht="150">
       <c r="A39" s="2" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C39" s="2"/>
       <c r="D39" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Star S-770VR</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
           </r>
         </is>
       </c>
       <c r="F39" s="2"/>
@@ -11262,63 +11428,63 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H39" s="2">
-        <v>3047</v>
+        <v>3066</v>
       </c>
     </row>
     <row r="40" spans="1:8" customHeight="1" ht="150">
       <c r="A40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C40" s="2"/>
       <c r="D40" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Fachowiec Professional HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Зміне сопло для фарборозпилювача.Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F40" s="2"/>
@@ -11359,63 +11525,63 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H40" s="2">
-        <v>2845</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="41" spans="1:8" customHeight="1" ht="150">
       <c r="A41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C41" s="2"/>
       <c r="D41" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Fachowiec Professional HP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Зміне сопло для фарборозпилювача.Тип системи: HP</t>
           </r>
         </is>
       </c>
       <c r="F41" s="2"/>
@@ -11456,666 +11622,666 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H41" s="2">
-        <v>1508</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="42" spans="1:8" customHeight="1" ht="150">
       <c r="A42" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C42" s="2"/>
       <c r="D42" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
+            <t xml:space="preserve">Комплект сопло 2,5 мм для фарборозпилювача Fachowiec LEADER HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro підходить для фарборозпилювачів серії 2004 і AM6008! Тип системи: LVLP </t>
+            <t xml:space="preserve">Сопло для фарборозпилювача.Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F42" s="2"/>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LVLP</t>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.6</t>
+            <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H42" s="2">
-        <v>2238</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="43" spans="1:8" customHeight="1" ht="150">
       <c r="A43" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C43" s="2"/>
       <c r="D43" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Air Pro AM2012 HVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача. Тип системи: HVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro підходить для фарборозпилювачів серії 2004 і AM6008! Тип системи: LVLP </t>
           </r>
         </is>
       </c>
       <c r="F43" s="2"/>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HVLP</t>
+            <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H43" s="2">
-        <v>1384</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="44" spans="1:8" customHeight="1" ht="150">
       <c r="A44" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C44" s="2"/>
       <c r="D44" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Верхній бачок нейлоновий 0,6 л для фарборозпилювачів Air Pro HW-0,6NC</t>
+            <t xml:space="preserve">Комплект сопло 1,6 мм для фарборозпилювача Air Pro AM2012 HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Бачок для фарборозпилювача під фарбу з нейлону.</t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача. Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F44" s="2"/>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Бачок</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">нейлон</t>
+            <t xml:space="preserve">Сопло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">HVLP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H44" s="2">
-        <v>515</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="45" spans="1:8" customHeight="1" ht="150">
       <c r="A45" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C45" s="2"/>
       <c r="D45" s="2" t="s">
         <v>131</v>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro 871HVLP</t>
+            <t xml:space="preserve">Верхній бачок нейлоновий 0,6 л для фарборозпилювачів Air Pro HW-0,6NC</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HVLP  </t>
+            <t xml:space="preserve">Бачок для фарборозпилювача під фарбу з нейлону.</t>
           </r>
         </is>
       </c>
       <c r="F45" s="2"/>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Сопло</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">1.0</t>
+            <t xml:space="preserve">Бачок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ємність бачка: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,6 л</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал бака: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">нейлон</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H45" s="2">
-        <v>2105</v>
+        <v>535</v>
       </c>
     </row>
     <row r="46" spans="1:8" customHeight="1" ht="150">
       <c r="A46" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C46" s="2"/>
       <c r="D46" s="2" t="s">
         <v>134</v>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Air Pro 2004/LVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro 871HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Підходить для фарборозпилювачів Air Pro серії AM5008 та AM6008! Тип системи: LVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HVLP  </t>
           </r>
         </is>
       </c>
       <c r="F46" s="2"/>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LVLP</t>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.2</t>
+            <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H46" s="2">
-        <v>1284</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="47" spans="1:8" customHeight="1" ht="150">
       <c r="A47" s="2" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C47" s="2"/>
       <c r="D47" s="2" t="s">
         <v>137</v>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Star XPSV</t>
+            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Air Pro 898/HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HVLP  </t>
           </r>
         </is>
       </c>
       <c r="F47" s="2"/>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сопло в комплекті: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">1,0 мм</t>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Сопло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Сопло</t>
+            <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H47" s="2">
-        <v>4529</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="48" spans="1:8" customHeight="1" ht="150">
       <c r="A48" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C48" s="2"/>
       <c r="D48" s="2" t="s">
         <v>140</v>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro АМ8008/LVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Air Pro 2004/LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Сопло для фарборозпилювача Тип системи: LVLP  </t>
+            <t xml:space="preserve">Підходить для фарборозпилювачів Air Pro серії AM5008 та AM6008! Тип системи: LVLP </t>
           </r>
         </is>
       </c>
       <c r="F48" s="2"/>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -12127,189 +12293,189 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0</t>
+            <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H48" s="2">
-        <v>1253</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="49" spans="1:8" customHeight="1" ht="150">
       <c r="A49" s="2" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C49" s="2"/>
       <c r="D49" s="2" t="s">
         <v>143</v>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro АМ8008/HVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Star XPSV</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Тип системи: HVLP   </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
           </r>
         </is>
       </c>
       <c r="F49" s="2"/>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сопло в комплекті: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,0 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...34 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H49" s="2">
-        <v>1379</v>
+        <v>4558</v>
       </c>
     </row>
     <row r="50" spans="1:8" customHeight="1" ht="150">
       <c r="A50" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C50" s="2"/>
       <c r="D50" s="2" t="s">
         <v>146</v>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro АМ8008/LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Підходить для фарборозпилювачів Air Pro серії 2004 і AM6008! Тип системи: LVLP </t>
+            <t xml:space="preserve">Сопло для фарборозпилювача Тип системи: LVLP  </t>
           </r>
         </is>
       </c>
       <c r="F50" s="2"/>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -12329,84 +12495,84 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H50" s="2">
-        <v>1343</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="51" spans="1:8" customHeight="1" ht="150">
       <c r="A51" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C51" s="2"/>
       <c r="D51" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro HVLP-1200</t>
+            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro АМ8008/HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача.Тип системи: HVLP </t>
+            <t xml:space="preserve">Тип системи: HVLP   </t>
           </r>
         </is>
       </c>
       <c r="F51" s="2"/>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -12418,286 +12584,286 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0</t>
+            <t xml:space="preserve">0.8, 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H51" s="2">
-        <v>1986</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="52" spans="1:8" customHeight="1" ht="150">
       <c r="A52" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C52" s="2"/>
       <c r="D52" s="2" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro AM5008 HVLP WB</t>
+            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача Air Pro серії 2004 і AM6008! Тип системи: HVLP </t>
+            <t xml:space="preserve">Підходить для фарборозпилювачів Air Pro серії 2004 і AM6008! Тип системи: LVLP </t>
           </r>
         </is>
       </c>
       <c r="F52" s="2"/>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HVLP</t>
+            <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H52" s="2">
-        <v>2505</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="53" spans="1:8" customHeight="1" ht="150">
       <c r="A53" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C53" s="2"/>
       <c r="D53" s="2" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro 77-P</t>
+            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro HVLP-1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Тип системи: HP для фарборозпилювача Air Pro 77-P</t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача.Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F53" s="2"/>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP</t>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H53" s="2">
-        <v>1319</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="54" spans="1:8" customHeight="1" ht="150">
       <c r="A54" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C54" s="2"/>
       <c r="D54" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Air Pro HVLP-1200</t>
+            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro AM5008 HVLP WB</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача. Тип системи: HVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача Air Pro серії 2004 і AM6008! Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F54" s="2"/>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -12709,947 +12875,947 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.2</t>
+            <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H54" s="2">
-        <v>3487</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="55" spans="1:8" customHeight="1" ht="150">
       <c r="A55" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="2"/>
       <c r="D55" s="2" t="s">
         <v>158</v>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,0 мм для автоматичного фарборозпилювача Air Pro HW-SA102</t>
+            <t xml:space="preserve">Комплект сопло 1,0 мм для фарборозпилювача Air Pro 77-P</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне додаткове сопло для фарборозпилювача бренду Air Pro. </t>
+            <t xml:space="preserve">Тип системи: HP для фарборозпилювача Air Pro 77-P</t>
           </r>
         </is>
       </c>
       <c r="F55" s="2"/>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">HP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H55" s="2">
-        <v>3680</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="56" spans="1:8" customHeight="1" ht="150">
       <c r="A56" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C56" s="2"/>
       <c r="D56" s="2" t="s">
         <v>161</v>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,0 мм для автоматичного фарборозпилювача Air Pro HW-AG3</t>
+            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача.  </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювачів Air Pro серії 2004 і AM6008! Тип системи: LVLP </t>
           </r>
         </is>
       </c>
       <c r="F56" s="2"/>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">LVLP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0</t>
+            <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H56" s="2">
-        <v>2230</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="57" spans="1:8" customHeight="1" ht="150">
       <c r="A57" s="2" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C57" s="2"/>
       <c r="D57" s="2" t="s">
         <v>163</v>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 0,8 мм для фарборозпилювача Star EVO-T-106TF</t>
+            <t xml:space="preserve">Комплект сопло 1,0 мм для автоматичного фарборозпилювача Air Pro HW-SA102</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star EVO-T-106TF. </t>
+            <t xml:space="preserve">Зміне додаткове сопло для фарборозпилювача бренду Air Pro. </t>
           </r>
         </is>
       </c>
       <c r="F57" s="2"/>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Сопло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0.8</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">0,8 мм</t>
+            <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H57" s="2">
-        <v>3277</v>
+        <v>3825</v>
       </c>
     </row>
     <row r="58" spans="1:8" customHeight="1" ht="150">
       <c r="A58" s="2" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C58" s="2"/>
       <c r="D58" s="2" t="s">
         <v>166</v>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 0,8 мм для фарборозпилювача Fachowiec EXPERT HP</t>
+            <t xml:space="preserve">Комплект сопло 1,0 мм для автоматичного фарборозпилювача Air Pro HW-AG3</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача. Тип системи: HP</t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача.  </t>
           </r>
         </is>
       </c>
       <c r="F58" s="2"/>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Тип системи: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0.8</t>
+            <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H58" s="2">
-        <v>1787</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="59" spans="1:8" customHeight="1" ht="150">
       <c r="A59" s="2" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C59" s="2"/>
       <c r="D59" s="2" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 0,8 мм для фарборозпилювача Air Pro АМ8008/LVLP</t>
+            <t xml:space="preserve">Комплект сопло 0,8 мм для фарборозпилювача Star EVO-T-106TF</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Сопло для фарборозпилювача. Тип системи: LVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star EVO-T-106TF. </t>
           </r>
         </is>
       </c>
       <c r="F59" s="2"/>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Вид: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
+          <r>
+            <t xml:space="preserve">Сопло в комплекті: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,8 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
         </is>
       </c>
       <c r="H59" s="2">
-        <v>0</v>
+        <v>3298</v>
       </c>
     </row>
     <row r="60" spans="1:8" customHeight="1" ht="150">
       <c r="A60" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C60" s="2"/>
       <c r="D60" s="2" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 0,8 мм для автоматичного фарборозпилювача Air Pro HW-SA102</t>
+            <t xml:space="preserve">Комплект сопло 0,8 мм для фарборозпилювача Fachowiec EXPERT HP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro.</t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача. Тип системи: HP</t>
           </r>
         </is>
       </c>
       <c r="F60" s="2"/>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">HP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0.3</t>
+            <t xml:space="preserve">0.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H60" s="2">
-        <v>3369</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="61" spans="1:8" customHeight="1" ht="150">
       <c r="A61" s="2" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C61" s="2"/>
       <c r="D61" s="2" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 0,5 мм для фарборозпилювача Star EVO-T-106TF</t>
+            <t xml:space="preserve">Комплект сопло 0,8 мм для фарборозпилювача Air Pro АМ8008/LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star EVO-T-106TF. </t>
+            <t xml:space="preserve">Сопло для фарборозпилювача. Тип системи: LVLP </t>
           </r>
         </is>
       </c>
       <c r="F61" s="2"/>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Сопло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">LVLP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0.5</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">0,5 мм</t>
+            <t xml:space="preserve">0.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H61" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:8" customHeight="1" ht="150">
       <c r="A62" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C62" s="2"/>
       <c r="D62" s="2" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Віскозиметр для фарби Air Pro VC-02PLASTIC</t>
+            <t xml:space="preserve">Комплект сопло 0,8 мм для автоматичного фарборозпилювача Air Pro HW-SA102</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Вимірювання по DIN4</t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro.</t>
           </r>
         </is>
       </c>
       <c r="F62" s="2"/>
       <c r="G62" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Інше</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Твердий пластик</t>
+            <t xml:space="preserve">Сопло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0.3</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H62" s="2">
-        <v>245</v>
+        <v>3502</v>
       </c>
     </row>
     <row r="63" spans="1:8" customHeight="1" ht="150">
       <c r="A63" s="2" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C63" s="2"/>
       <c r="D63" s="2" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Air Pro 898/HVLP</t>
+            <t xml:space="preserve">Комплект сопло 0,5 мм для фарборозпилювача Star EVO-T-106TF</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HVLP  </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star EVO-T-106TF. </t>
           </r>
         </is>
       </c>
       <c r="F63" s="2"/>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Вид: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.2</t>
+            <t xml:space="preserve">0.5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло в комплекті: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H63" s="2">
-        <v>2141</v>
+        <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:8" customHeight="1" ht="150">
       <c r="A64" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C64" s="2"/>
       <c r="D64" s="2" t="s">
         <v>183</v>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Air Pro АМ5008/LVLP</t>
+            <t xml:space="preserve">Віскозиметр для фарби Air Pro VC-02PLASTIC</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювачів Air Pro серії 2004 і AM6008! Тип системи: LVLP </t>
+            <t xml:space="preserve">Вимірювання по DIN4</t>
           </r>
         </is>
       </c>
       <c r="F64" s="2"/>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Сопло</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">1.2</t>
+            <t xml:space="preserve">Інше</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид матеріалу: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Твердий пластик</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H64" s="2">
-        <v>2238</v>
+        <v>254</v>
       </c>
     </row>
     <row r="65" spans="1:8" customHeight="1" ht="150">
       <c r="A65" s="2" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C65" s="2"/>
       <c r="D65" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,5 мм для фарборозпилювача Fachowiec Professional HVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Air Pro HVLP-1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Зміне сопло для фарборозпилювача. Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F65" s="2"/>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -13668,717 +13834,699 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.5</t>
+            <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H65" s="2">
-        <v>2845</v>
+        <v>3624</v>
       </c>
     </row>
     <row r="66" spans="1:8" customHeight="1" ht="150">
       <c r="A66" s="2" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C66" s="2"/>
       <c r="D66" s="2" t="s">
         <v>188</v>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Star XPS</t>
+            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Star EVO-T-106TF</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду  Star EVO-T-106TF . </t>
           </r>
         </is>
       </c>
       <c r="F66" s="2"/>
       <c r="G66" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,3 мм</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">Сопло</t>
+            <t xml:space="preserve">1,2 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H66" s="2">
-        <v>0</v>
+        <v>3298</v>
       </c>
     </row>
     <row r="67" spans="1:8" customHeight="1" ht="150">
       <c r="A67" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C67" s="2"/>
       <c r="D67" s="2" t="s">
         <v>191</v>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,5 мм для фарборозпилювача Air Pro 77-P</t>
+            <t xml:space="preserve">Комплект сопло 1,5 мм для фарборозпилювача Fachowiec Professional HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача. Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F67" s="2"/>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP</t>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H67" s="2">
-        <v>2199</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="68" spans="1:8" customHeight="1" ht="150">
       <c r="A68" s="2" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C68" s="2"/>
       <c r="D68" s="2" t="s">
         <v>194</v>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,5 мм для автоматичного фарборозпилювача Air Pro HW-SA103</t>
+            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Star XPS</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача. </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
           </r>
         </is>
       </c>
       <c r="F68" s="2"/>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сопло в комплекті: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,3 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.3</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...16 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H68" s="2">
-        <v>3943</v>
+        <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:8" customHeight="1" ht="150">
       <c r="A69" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C69" s="2"/>
       <c r="D69" s="2" t="s">
         <v>197</v>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,5 мм для автоматичного фарборозпилювача Air Pro HW-SA102</t>
+            <t xml:space="preserve">Комплект сопло 1,5 мм для фарборозпилювача Air Pro 77-P</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача.  </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HP </t>
           </r>
         </is>
       </c>
       <c r="F69" s="2"/>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">HP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H69" s="2">
-        <v>3680</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="70" spans="1:8" customHeight="1" ht="150">
       <c r="A70" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C70" s="2"/>
       <c r="D70" s="2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,5 мм для автоматичного фарборозпилювача Air Pro HW-SA101</t>
+            <t xml:space="preserve">Комплект сопло 1,5 мм для автоматичного фарборозпилювача Air Pro HW-SA103</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду  Air Pro.</t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача. </t>
           </r>
         </is>
       </c>
       <c r="F70" s="2"/>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H70" s="2">
-        <v>3472</v>
+        <v>4098</v>
       </c>
     </row>
     <row r="71" spans="1:8" customHeight="1" ht="150">
       <c r="A71" s="2" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C71" s="2"/>
       <c r="D71" s="2" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,4 мм для фарборозпилювача Fachowiec Professional HVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,5 мм для автоматичного фарборозпилювача Air Pro HW-SA102</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача. Тип системи: HVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача.  </t>
           </r>
         </is>
       </c>
       <c r="F71" s="2"/>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Тип системи: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4</t>
+            <t xml:space="preserve">1.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H71" s="2">
-        <v>2845</v>
+        <v>3825</v>
       </c>
     </row>
     <row r="72" spans="1:8" customHeight="1" ht="150">
       <c r="A72" s="2" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C72" s="2"/>
       <c r="D72" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,4 мм для фарборозпилювача Fachowiec LEADER HVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,5 мм для автоматичного фарборозпилювача Air Pro HW-SA101</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача.Тип системи: HVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду  Air Pro.</t>
           </r>
         </is>
       </c>
       <c r="F72" s="2"/>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Тип системи: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4</t>
+            <t xml:space="preserve">1.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H72" s="2">
-        <v>2845</v>
+        <v>3608</v>
       </c>
     </row>
     <row r="73" spans="1:8" customHeight="1" ht="150">
       <c r="A73" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C73" s="2"/>
       <c r="D73" s="2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,4 мм для фарборозпилювача Air Pro 898/HVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,4 мм для фарборозпилювача Fachowiec Professional HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача. Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F73" s="2"/>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -14398,355 +14546,373 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H73" s="2">
-        <v>2141</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="74" spans="1:8" customHeight="1" ht="150">
       <c r="A74" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C74" s="2"/>
       <c r="D74" s="2" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Star XPSV</t>
+            <t xml:space="preserve">Комплект сопло 1,4 мм для фарборозпилювача Fachowiec LEADER HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача.Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F74" s="2"/>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сопло в комплекті: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">1,3 мм</t>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Сопло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.3</t>
-[...24 lines deleted...]
-      <c r="H74" s="2"/>
+            <t xml:space="preserve">1.4</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H74" s="2">
+        <v>2957</v>
+      </c>
     </row>
     <row r="75" spans="1:8" customHeight="1" ht="150">
       <c r="A75" s="2" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C75" s="2"/>
       <c r="D75" s="2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Star SMV-4F</t>
+            <t xml:space="preserve">Комплект сопло 1,4 мм для фарборозпилювача Air Pro 898/HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star SMV-4F.</t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Air Pro. Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F75" s="2"/>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сопло в комплекті: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">1,3 мм</t>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Сопло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.3</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Сопло</t>
+            <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H75" s="2">
-        <v>0</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="76" spans="1:8" customHeight="1" ht="150">
       <c r="A76" s="2" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C76" s="2"/>
       <c r="D76" s="2" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Star EVO-T-106TF</t>
+            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Star XPSV</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду  Star EVO-T-106TF . </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
           </r>
         </is>
       </c>
       <c r="F76" s="2"/>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сопло в комплекті: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,3 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.2</t>
-[...26 lines deleted...]
-      </c>
+            <t xml:space="preserve">1.3</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Сопло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H76" s="2"/>
     </row>
     <row r="77" spans="1:8" customHeight="1" ht="150">
       <c r="A77" s="2" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C77" s="2"/>
       <c r="D77" s="2" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Star EVO-T-4F</t>
+            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Star SMV-4F</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star EVO-T-4F.</t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star SMV-4F.</t>
           </r>
         </is>
       </c>
       <c r="F77" s="2"/>
       <c r="G77" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,3 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -14766,271 +14932,272 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H77" s="2">
-        <v>3609</v>
+        <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:8" customHeight="1" ht="150">
       <c r="A78" s="2" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C78" s="2"/>
       <c r="D78" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Fachowiec LEADER HVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Star EVO-T-4F</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача.Тип системи: HVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star EVO-T-4F.
+</t>
           </r>
         </is>
       </c>
       <c r="F78" s="2"/>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сопло в комплекті: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,2 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...34 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H78" s="2">
-        <v>2845</v>
+        <v>3633</v>
       </c>
     </row>
     <row r="79" spans="1:8" customHeight="1" ht="150">
       <c r="A79" s="2" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C79" s="2"/>
       <c r="D79" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Air Pro AM5008 HVLP WB</t>
+            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Star EVO-T-4F</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача. Підходить для фарборозпилювачів Air Pro серії 2004 і AM6008! Тип системи: HVLP </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star EVO-T-4F.</t>
           </r>
         </is>
       </c>
       <c r="F79" s="2"/>
       <c r="G79" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сопло в комплекті: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,3 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.3</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...34 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H79" s="2">
-        <v>2505</v>
+        <v>3633</v>
       </c>
     </row>
     <row r="80" spans="1:8" customHeight="1" ht="150">
       <c r="A80" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C80" s="2"/>
       <c r="D80" s="2" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Air Pro AM2012 HVLP</t>
+            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Fachowiec LEADER HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Зміне сопло для фарборозпилювача.Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F80" s="2"/>
       <c r="G80" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -15057,376 +15224,357 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.3</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H80" s="2">
-        <v>2307</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="81" spans="1:8" customHeight="1" ht="150">
       <c r="A81" s="2" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C81" s="2"/>
       <c r="D81" s="2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Star XPSV</t>
+            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Air Pro AM5008 HVLP WB</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача. Підходить для фарборозпилювачів Air Pro серії 2004 і AM6008! Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F81" s="2"/>
       <c r="G81" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сопло в комплекті: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">1,2 мм</t>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Сопло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.2</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Сопло</t>
+            <t xml:space="preserve">1.3</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H81" s="2">
-        <v>0</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="82" spans="1:8" customHeight="1" ht="150">
       <c r="A82" s="2" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C82" s="2"/>
       <c r="D82" s="2" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Star XPS</t>
+            <t xml:space="preserve">Комплект сопло 1,3 мм для фарборозпилювача Air Pro AM2012 HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача.Тип системи: HVLP </t>
           </r>
         </is>
       </c>
       <c r="F82" s="2"/>
       <c r="G82" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сопло в комплекті: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">1,2 мм</t>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Сопло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.2</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Сопло</t>
+            <t xml:space="preserve">1.3</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H82" s="2">
-        <v>4529</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="83" spans="1:8" customHeight="1" ht="150">
       <c r="A83" s="2" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C83" s="2"/>
       <c r="D83" s="2" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Star SMV-4F</t>
+            <t xml:space="preserve">Комплект сопло 1,3 мм для автоматичного фарборозпилювача Air Pro HW-SA102</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star SMV-4F.</t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача. </t>
           </r>
         </is>
       </c>
       <c r="F83" s="2"/>
       <c r="G83" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сопло в комплекті: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">1,2 мм</t>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.2</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Сопло</t>
+            <t xml:space="preserve">1.3</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H83" s="2">
-        <v>0</v>
+        <v>3825</v>
       </c>
     </row>
     <row r="84" spans="1:8" customHeight="1" ht="150">
       <c r="A84" s="2" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C84" s="2"/>
       <c r="D84" s="2" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Star EVO-T-4F</t>
+            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Star XPSV</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star EVO-T-4F.
-</t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
           </r>
         </is>
       </c>
       <c r="F84" s="2"/>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,2 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -15446,130 +15594,324 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H84" s="2">
-        <v>3609</v>
+        <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:8" customHeight="1" ht="150">
       <c r="A85" s="2" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C85" s="2"/>
       <c r="D85" s="2" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фільтр тонкого очищення 1/4&amp;#8243; для фарборозпилювача Air Pro F3K</t>
+            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Star XPS</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Фільтр для фарборозпилювача діаметр різьби зовнішній: 1/4"Кріплення безпосередньо на фарборозпилювачВисока якість очищення</t>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star. </t>
           </r>
         </is>
       </c>
       <c r="F85" s="2"/>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сопло в комплекті: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,2 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">Сопло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H85" s="2">
+        <v>4558</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8" customHeight="1" ht="150">
+      <c r="A86" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B86" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" s="2"/>
+      <c r="D86" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="E86" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Комплект сопло 1,2 мм для фарборозпилювача Star SMV-4F</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Зміне сопло для фарборозпилювача бренду Star SMV-4F.</t>
+          </r>
+        </is>
+      </c>
+      <c r="F86" s="2"/>
+      <c r="G86" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Сопло в комплекті: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,2 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Сопло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H86" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8" customHeight="1" ht="150">
+      <c r="A87" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B87" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" s="2"/>
+      <c r="D87" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="E87" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Фільтр тонкого очищення 1/4&amp;#8243; для фарборозпилювача Air Pro F3K</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Фільтр для фарборозпилювача діаметр різьби зовнішній: 1/4"Кріплення безпосередньо на фарборозпилювачВисока якість очищення</t>
+          </r>
+        </is>
+      </c>
+      <c r="F87" s="2"/>
+      <c r="G87" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">Фільтр</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр різьби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H85" s="2">
-        <v>186</v>
+      <c r="H87" s="2">
+        <v>194</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>