--- v0 (2025-10-03)
+++ v1 (2025-11-18)
@@ -38,51 +38,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 02.10.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 18.11.2025р.</t>
   </si>
   <si>
     <t>VGL</t>
   </si>
   <si>
     <t>Підошви та інші аксесуари для шліфмашин</t>
   </si>
   <si>
     <t>E50820-10</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Мʼяка підкладка для підошви пневматичної шліфувальної машини діаметром 125 мм VGL E50820-10</t>
     </r>
     <r>
       <t xml:space="preserve">