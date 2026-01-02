--- v1 (2025-11-18)
+++ v2 (2026-01-02)
@@ -15,74 +15,74 @@
   <Default Extension="webp" ContentType="image/webp"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 18.11.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 02.01.2026р.</t>
   </si>
   <si>
     <t>VGL</t>
   </si>
   <si>
     <t>Підошви та інші аксесуари для шліфмашин</t>
   </si>
   <si>
     <t>E50820-10</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Мʼяка підкладка для підошви пневматичної шліфувальної машини діаметром 125 мм VGL E50820-10</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -218,984 +218,960 @@
       <t xml:space="preserve">Підошва</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр диска: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">150 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>SB-562</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Шліфувальний блок для пневматичної шліфувальної машини діаметром 125 мм VGL SB-562</t>
+    <t>SB-632E</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шліфувальний блок для пневматичної шліфувальної машини VGL SB-632E</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Для пневматичної шліфувальної машини.  </t>
+      <t xml:space="preserve">Для пневматичної шліфувальної машини.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Вид: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Підошва</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
+      <t xml:space="preserve">Розмір підошви: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">90x150 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шліфувальна стрічка VGL 228683</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Стрічка застосовуєтся для шліфувальної машини.  </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Стрічка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір абразивної стрічки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10х330 Р120</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шліфувальна стрічка VGL 228682</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Стрічка застосовуєтся для шліфувальної машини.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Стрічка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір абразивної стрічки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10х330 Р80</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шліфувальна стрічка VGL 228681</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Стрічка застосовуєтся для шліфувальної машини. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Стрічка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір абразивної стрічки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10х330 Р40</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>ZK713X P80</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шліфувальна стрічка Air Pro ZK713X P80</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Стрічка застосовуєтся для шліфувальної машини Air Pro ZK713X P80   </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Стрічка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір абразивної стрічки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">20x520Р80</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>ZK713X P60</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шліфувальна стрічка Air Pro ZK713X P60</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Стрічка застосовуєтся для шліфувальної машини Air Pro ZK713X P60    </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Стрічка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір абразивної стрічки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">20x520Р60</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>ZK713X P40</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шліфувальна стрічка Air Pro ZK713X P40</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Стрічка застосовуєтся для шліфувальної машини Air Pro ZK713X P40  </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Стрічка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір абразивної стрічки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">20x520Р40</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>ZK713X P24</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шліфувальна стрічка Air Pro ZK713X P24</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Стрічка застосовуєтся для шліфувальної машини Air Pro ZK713X P24</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Стрічка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір абразивної стрічки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">20x520Р24</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>2RB37490ZZ</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шліфувальна стрічка Air Pro 2RB37490ZZ</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Стрічка застосовуєтся для шліфувальної машини Air Pro 2RB37490ZZ  </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Стрічка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір абразивної стрічки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">20x530Р80</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA4212-835</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Профільна насадка 835 для пневматичної шліфувальної машини Air Pro SA4212</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Профільна насадка Air Pro SA4212-835</t>
+    </r>
+  </si>
+  <si>
+    <t>SA4212-833</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Профільна насадка 833 для пневматичної шліфувальної машини Air Pro SA4212</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Профільна насадка Air Pro SA4212-833</t>
+    </r>
+  </si>
+  <si>
+    <t>SB14K</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Набір профільних насадок для пневматичної шліфувальної машини Air Pro SB14K</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Набір для пневматичної шліфувальної машини Air Pro. Кількість насадок в наборі: 14</t>
+    </r>
+  </si>
+  <si>
+    <t>SA4212-832</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Профільна насадка 832 для пневматичної шліфувальної машини Air Pro SA4212</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Профільна насадка Air Pro SA4212-832</t>
+    </r>
+  </si>
+  <si>
+    <t>SA4212-831</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Профільна насадка 831 для пневматичної шліфувальної машини Air Pro SA4212</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Профільна насадка Air Pro SA4212-831</t>
+    </r>
+  </si>
+  <si>
+    <t>SA4212-830</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Профільна насадка 830 для пневматичної шліфувальної машини Air Pro SA4212</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Профільна насадка Air Pro SA4212-830 </t>
+    </r>
+  </si>
+  <si>
+    <t>SA4198S-P48</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Насадка з отворами для пневматичної шліфувальної машини діаметром 178 мм Air Pro SA4198S</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Насадка для пневматичної орбітальної шліфувальної машини.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Підошва</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
       <t xml:space="preserve">Діаметр диска: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
+      <t xml:space="preserve">178 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>PAD-662T</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Насадка з отворами для пневматичної шліфувальної машини діаметром 150 мм VGL PAD-662T</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Широкопрофільний Широкопрофільний диск для шліфувальної машинки. Кількість отворів: 6  </t>
+    </r>
+  </si>
+  <si>
+    <t>PAD-662</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Насадка з отворами для пневматичної шліфувальної машини діаметром 150 мм VGL PAD-662</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вузькопрофільний широкопрофільний диск для шліфувальної машинки. Кількість отворів: 6  </t>
+    </r>
+  </si>
+  <si>
+    <t>F6565-14</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Насадка з отворами для пневматичної шліфувальної машини діаметром 150 мм VGL F6565-14</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Широкопрофільний диск для шліфувальної машинки. Кількість отворів: 15 </t>
+    </r>
+  </si>
+  <si>
+    <t>PAD-60VH</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Насадка з отворами для пневматичної шліфувальної машини діаметром 150 мм Air Pro PAD-60VH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Насадка для всіх видів пневматичних шліфмашин  з високим профілем.Кількість отворів: 6 </t>
+    </r>
+  </si>
+  <si>
+    <t>PAD-50VH8</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Насадка з отворами для пневматичної шліфувальної машини діаметром 125 мм VGL PAD-50VH8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Широкопрофільний диск для шліфувальної машинки. Кількість отворів: 8  </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Підошва</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр диска: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
       <t xml:space="preserve">125 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
-    </r>
-[...873 lines deleted...]
-      <t xml:space="preserve">Широкопрофільний диск для шліфувальної машинки. Кількість отворів: 8  </t>
     </r>
   </si>
   <si>
     <t>SA4663-P001</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Насадка без отворів для пневматичної шліфувальної машини діаметром 75 мм Air Pro SA4663</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Насадка для всіх видів пневматичних шліфмашин. Без отворів .</t>
     </r>
@@ -1448,51 +1424,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/va-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fi-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ke-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/iach-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/uk-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002_1__3_1_1-150x1506.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002_1__3_1-150x1507.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002_1__3-150x1508.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002_1__1_1_1_1_1_1-150x1509.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002_1__1_1_1-150x15010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002_1__1_1_1_1_1-150x15011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002_1__1_1_1_1-150x15012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002_1__1_1-150x15013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/iv-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/chs-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/yt-150x15018.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/my-150x15019.webp"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-3-150x15020.webp"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tsu-150x15021.webp"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/yts-150x15022.webp"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/accessories-rtf6565-14-150x15023.webp"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pad-60vh-150x15024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ol-150x15025.webp"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sa4663-p001-150x15026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sa4631p-p43-119x15027.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/nf082-150x15028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/uk-150x15029.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/va-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fi-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ke-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/uk-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002_1__3_1_1-150x1505.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002_1__3_1-150x1506.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002_1__3-150x1507.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002_1__1_1_1_1_1_1-150x1508.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002_1__1_1_1-150x1509.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002_1__1_1_1_1_1-150x15010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002_1__1_1_1_1-150x15011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002_1__1_1-150x15012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/iv-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/chs-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/yt-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/my-150x15018.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-3-150x15019.webp"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tsu-150x15020.webp"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/yts-150x15021.webp"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/accessories-rtf6565-14-150x15022.webp"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pad-60vh-150x15023.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ol-150x15024.webp"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sa4663-p001-150x15025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sa4631p-p43-119x15026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/nf082-150x15027.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/uk-150x15028.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2210,150 +2186,120 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:ext cx="1323975" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1323975" cy="1666875"/>
+    <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2620,54 +2566,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H30"/>
+  <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H30" sqref="H30"/>
+      <selection activeCell="H29" sqref="H29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -2740,51 +2686,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр диска: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">125 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2"/>
       <c r="D3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -2801,51 +2747,51 @@
       </c>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Підошва</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>340</v>
+        <v>342</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2"/>
       <c r="D4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -2880,1997 +2826,1918 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр диска: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">150 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>284</v>
+        <v>286</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфувальний блок для пневматичної шліфувальної машини діаметром 125 мм VGL SB-562</t>
+            <t xml:space="preserve">Шліфувальний блок для пневматичної шліфувальної машини VGL SB-632E</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Для пневматичної шліфувальної машини.  </t>
+            <t xml:space="preserve">Для пневматичної шліфувальної машини.</t>
           </r>
         </is>
       </c>
       <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Підошва</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Діаметр диска: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">125 мм</t>
+            <t xml:space="preserve">Розмір підошви: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">90x150 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>375</v>
+        <v>195</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2"/>
-      <c r="D6" s="2" t="s">
-        <v>23</v>
+      <c r="D6" s="2">
+        <v>228683</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфувальний блок для пневматичної шліфувальної машини VGL SB-632E</t>
+            <t xml:space="preserve">Шліфувальна стрічка VGL 228683</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Для пневматичної шліфувальної машини.</t>
+            <t xml:space="preserve">Стрічка застосовуєтся для шліфувальної машини.  </t>
           </r>
         </is>
       </c>
       <c r="F6" s="2"/>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Підошва</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">90x150 мм</t>
+            <t xml:space="preserve">Стрічка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір абразивної стрічки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10х330 Р120</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>193</v>
+        <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2">
-        <v>228683</v>
+        <v>228682</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфувальна стрічка VGL 228683</t>
+            <t xml:space="preserve">Шліфувальна стрічка VGL 228682</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Стрічка застосовуєтся для шліфувальної машини.  </t>
+            <t xml:space="preserve">Стрічка застосовуєтся для шліфувальної машини.</t>
           </r>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стрічка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір абразивної стрічки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10х330 Р120</t>
+            <t xml:space="preserve">10х330 Р80</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
         <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2"/>
       <c r="D8" s="2">
-        <v>228682</v>
+        <v>228681</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфувальна стрічка VGL 228682</t>
+            <t xml:space="preserve">Шліфувальна стрічка VGL 228681</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Стрічка застосовуєтся для шліфувальної машини.</t>
+            <t xml:space="preserve">Стрічка застосовуєтся для шліфувальної машини. </t>
           </r>
         </is>
       </c>
       <c r="F8" s="2"/>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стрічка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір абразивної стрічки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10х330 Р80</t>
+            <t xml:space="preserve">10х330 Р40</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
         <v>66</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2"/>
-      <c r="D9" s="2">
-        <v>228681</v>
+      <c r="D9" s="2" t="s">
+        <v>29</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфувальна стрічка VGL 228681</t>
+            <t xml:space="preserve">Шліфувальна стрічка Air Pro ZK713X P80</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Стрічка застосовуєтся для шліфувальної машини. </t>
+            <t xml:space="preserve">Стрічка застосовуєтся для шліфувальної машини Air Pro ZK713X P80   </t>
           </r>
         </is>
       </c>
       <c r="F9" s="2"/>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стрічка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір абразивної стрічки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10х330 Р40</t>
+            <t xml:space="preserve">20x520Р80</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>66</v>
+        <v>69</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="2"/>
       <c r="D10" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфувальна стрічка Air Pro ZK713X P80</t>
+            <t xml:space="preserve">Шліфувальна стрічка Air Pro ZK713X P60</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Стрічка застосовуєтся для шліфувальної машини Air Pro ZK713X P80   </t>
+            <t xml:space="preserve">Стрічка застосовуєтся для шліфувальної машини Air Pro ZK713X P60    </t>
           </r>
         </is>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стрічка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір абразивної стрічки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20x520Р80</t>
+            <t xml:space="preserve">20x520Р60</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
         <v>69</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфувальна стрічка Air Pro ZK713X P60</t>
+            <t xml:space="preserve">Шліфувальна стрічка Air Pro ZK713X P40</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Стрічка застосовуєтся для шліфувальної машини Air Pro ZK713X P60    </t>
+            <t xml:space="preserve">Стрічка застосовуєтся для шліфувальної машини Air Pro ZK713X P40  </t>
           </r>
         </is>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стрічка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір абразивної стрічки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20x520Р60</t>
+            <t xml:space="preserve">20x520Р40</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
         <v>69</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="2"/>
       <c r="D12" s="2" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфувальна стрічка Air Pro ZK713X P40</t>
+            <t xml:space="preserve">Шліфувальна стрічка Air Pro ZK713X P24</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Стрічка застосовуєтся для шліфувальної машини Air Pro ZK713X P40  </t>
+            <t xml:space="preserve">Стрічка застосовуєтся для шліфувальної машини Air Pro ZK713X P24</t>
           </r>
         </is>
       </c>
       <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стрічка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір абразивної стрічки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20x520Р40</t>
+            <t xml:space="preserve">20x520Р24</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H12" s="2">
-        <v>69</v>
+        <v>84</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="150">
       <c r="A13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="2"/>
       <c r="D13" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфувальна стрічка Air Pro ZK713X P24</t>
+            <t xml:space="preserve">Шліфувальна стрічка Air Pro 2RB37490ZZ</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Стрічка застосовуєтся для шліфувальної машини Air Pro ZK713X P24</t>
+            <t xml:space="preserve">Стрічка застосовуєтся для шліфувальної машини Air Pro 2RB37490ZZ  </t>
           </r>
         </is>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стрічка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір абразивної стрічки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20x520Р24</t>
+            <t xml:space="preserve">20x530Р80</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H13" s="2">
-        <v>83</v>
+        <v>69</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="2"/>
       <c r="D14" s="2" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфувальна стрічка Air Pro 2RB37490ZZ</t>
+            <t xml:space="preserve">Профільна насадка 835 для пневматичної шліфувальної машини Air Pro SA4212</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Стрічка застосовуєтся для шліфувальної машини Air Pro 2RB37490ZZ  </t>
+            <t xml:space="preserve">Профільна насадка Air Pro SA4212-835</t>
           </r>
         </is>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Стрічка</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">20x530Р80</t>
+            <t xml:space="preserve">Підошва</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H14" s="2">
-        <v>69</v>
+        <v>205</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="150">
       <c r="A15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="2"/>
       <c r="D15" s="2" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Профільна насадка 835 для пневматичної шліфувальної машини Air Pro SA4212</t>
+            <t xml:space="preserve">Профільна насадка 833 для пневматичної шліфувальної машини Air Pro SA4212</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Профільна насадка Air Pro SA4212-835</t>
+            <t xml:space="preserve">Профільна насадка Air Pro SA4212-833</t>
           </r>
         </is>
       </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Підошва</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H15" s="2">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="150">
       <c r="A16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="2"/>
       <c r="D16" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Профільна насадка 833 для пневматичної шліфувальної машини Air Pro SA4212</t>
+            <t xml:space="preserve">Набір профільних насадок для пневматичної шліфувальної машини Air Pro SB14K</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Профільна насадка Air Pro SA4212-833</t>
+            <t xml:space="preserve">Набір для пневматичної шліфувальної машини Air Pro. Кількість насадок в наборі: 14</t>
           </r>
         </is>
       </c>
       <c r="F16" s="2"/>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Підошва</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H16" s="2">
-        <v>204</v>
+        <v>3180</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="150">
       <c r="A17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="2"/>
       <c r="D17" s="2" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Набір профільних насадок для пневматичної шліфувальної машини Air Pro SB14K</t>
+            <t xml:space="preserve">Профільна насадка 832 для пневматичної шліфувальної машини Air Pro SA4212</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Набір для пневматичної шліфувальної машини Air Pro. Кількість насадок в наборі: 14</t>
+            <t xml:space="preserve">Профільна насадка Air Pro SA4212-832</t>
           </r>
         </is>
       </c>
       <c r="F17" s="2"/>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Підошва</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H17" s="2">
-        <v>3160</v>
+        <v>205</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="150">
       <c r="A18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="2"/>
       <c r="D18" s="2" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Профільна насадка 832 для пневматичної шліфувальної машини Air Pro SA4212</t>
+            <t xml:space="preserve">Профільна насадка 831 для пневматичної шліфувальної машини Air Pro SA4212</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Профільна насадка Air Pro SA4212-832</t>
+            <t xml:space="preserve">Профільна насадка Air Pro SA4212-831</t>
           </r>
         </is>
       </c>
       <c r="F18" s="2"/>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Підошва</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H18" s="2">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="150">
       <c r="A19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="2"/>
       <c r="D19" s="2" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Профільна насадка 831 для пневматичної шліфувальної машини Air Pro SA4212</t>
+            <t xml:space="preserve">Профільна насадка 830 для пневматичної шліфувальної машини Air Pro SA4212</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Профільна насадка Air Pro SA4212-831</t>
+            <t xml:space="preserve">Профільна насадка Air Pro SA4212-830 </t>
           </r>
         </is>
       </c>
       <c r="F19" s="2"/>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Підошва</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H19" s="2">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="20" spans="1:8" customHeight="1" ht="150">
       <c r="A20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="2"/>
       <c r="D20" s="2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Профільна насадка 830 для пневматичної шліфувальної машини Air Pro SA4212</t>
+            <t xml:space="preserve">Насадка з отворами для пневматичної шліфувальної машини діаметром 178 мм Air Pro SA4198S</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Профільна насадка Air Pro SA4212-830 </t>
+            <t xml:space="preserve">Насадка для пневматичної орбітальної шліфувальної машини.</t>
           </r>
         </is>
       </c>
       <c r="F20" s="2"/>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Підошва</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
+          <r>
+            <t xml:space="preserve">Діаметр диска: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">178 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
         </is>
       </c>
       <c r="H20" s="2">
-        <v>204</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="21" spans="1:8" customHeight="1" ht="150">
       <c r="A21" s="2" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="2"/>
       <c r="D21" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Насадка з отворами для пневматичної шліфувальної машини діаметром 178 мм Air Pro SA4198S</t>
+            <t xml:space="preserve">Насадка з отворами для пневматичної шліфувальної машини діаметром 150 мм VGL PAD-662T</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Насадка для пневматичної орбітальної шліфувальної машини.</t>
+            <t xml:space="preserve">Широкопрофільний Широкопрофільний диск для шліфувальної машинки. Кількість отворів: 6  </t>
           </r>
         </is>
       </c>
       <c r="F21" s="2"/>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Підошва</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр диска: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">178 мм</t>
+            <t xml:space="preserve">150 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H21" s="2">
-        <v>1636</v>
+        <v>534</v>
       </c>
     </row>
     <row r="22" spans="1:8" customHeight="1" ht="150">
       <c r="A22" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="2"/>
       <c r="D22" s="2" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Насадка з отворами для пневматичної шліфувальної машини діаметром 150 мм VGL PAD-662T</t>
+            <t xml:space="preserve">Насадка з отворами для пневматичної шліфувальної машини діаметром 150 мм VGL PAD-662</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Широкопрофільний Широкопрофільний диск для шліфувальної машинки. Кількість отворів: 6  </t>
+            <t xml:space="preserve">Вузькопрофільний широкопрофільний диск для шліфувальної машинки. Кількість отворів: 6  </t>
           </r>
         </is>
       </c>
       <c r="F22" s="2"/>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Підошва</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр диска: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">150 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H22" s="2">
-        <v>531</v>
+        <v>534</v>
       </c>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="150">
       <c r="A23" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="2"/>
       <c r="D23" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Насадка з отворами для пневматичної шліфувальної машини діаметром 150 мм VGL PAD-662</t>
+            <t xml:space="preserve">Насадка з отворами для пневматичної шліфувальної машини діаметром 150 мм VGL F6565-14</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Вузькопрофільний широкопрофільний диск для шліфувальної машинки. Кількість отворів: 6  </t>
+            <t xml:space="preserve">Широкопрофільний диск для шліфувальної машинки. Кількість отворів: 15 </t>
           </r>
         </is>
       </c>
       <c r="F23" s="2"/>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Підошва</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр диска: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">150 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H23" s="2">
-        <v>531</v>
+        <v>855</v>
       </c>
     </row>
     <row r="24" spans="1:8" customHeight="1" ht="150">
       <c r="A24" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="2"/>
       <c r="D24" s="2" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Насадка з отворами для пневматичної шліфувальної машини діаметром 150 мм VGL F6565-14</t>
+            <t xml:space="preserve">Насадка з отворами для пневматичної шліфувальної машини діаметром 150 мм Air Pro PAD-60VH</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Широкопрофільний диск для шліфувальної машинки. Кількість отворів: 15 </t>
+            <t xml:space="preserve">Насадка для всіх видів пневматичних шліфмашин  з високим профілем.Кількість отворів: 6 </t>
           </r>
         </is>
       </c>
       <c r="F24" s="2"/>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Підошва</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр диска: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">150 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H24" s="2">
-        <v>850</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="25" spans="1:8" customHeight="1" ht="150">
       <c r="A25" s="2" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C25" s="2"/>
       <c r="D25" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Насадка з отворами для пневматичної шліфувальної машини діаметром 150 мм Air Pro PAD-60VH</t>
+            <t xml:space="preserve">Насадка з отворами для пневматичної шліфувальної машини діаметром 125 мм VGL PAD-50VH8</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Насадка для всіх видів пневматичних шліфмашин  з високим профілем.Кількість отворів: 6 </t>
+            <t xml:space="preserve">Широкопрофільний диск для шліфувальної машинки. Кількість отворів: 8  </t>
           </r>
         </is>
       </c>
       <c r="F25" s="2"/>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Підошва</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр диска: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">150 мм</t>
+            <t xml:space="preserve">125 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H25" s="2">
-        <v>1736</v>
+        <v>594</v>
       </c>
     </row>
     <row r="26" spans="1:8" customHeight="1" ht="150">
       <c r="A26" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C26" s="2"/>
       <c r="D26" s="2" t="s">
         <v>70</v>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Насадка з отворами для пневматичної шліфувальної машини діаметром 125 мм VGL PAD-50VH8</t>
+            <t xml:space="preserve">Насадка без отворів для пневматичної шліфувальної машини діаметром 75 мм Air Pro SA4663</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Широкопрофільний диск для шліфувальної машинки. Кількість отворів: 8  </t>
+            <t xml:space="preserve">Насадка для всіх видів пневматичних шліфмашин. Без отворів .</t>
           </r>
         </is>
       </c>
       <c r="F26" s="2"/>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Підошва</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр диска: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">125 мм</t>
+            <t xml:space="preserve">75 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H26" s="2">
-        <v>591</v>
+        <v>887</v>
       </c>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="150">
       <c r="A27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C27" s="2"/>
       <c r="D27" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Насадка без отворів для пневматичної шліфувальної машини діаметром 75 мм Air Pro SA4663</t>
+            <t xml:space="preserve">Насадка без отворів для пневматичної шліфувальної машини діаметром 50 мм Air Pro SA4631P</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Насадка для всіх видів пневматичних шліфмашин. Без отворів .</t>
+            <t xml:space="preserve">Насадка для всіх видів пневматичних орбітальних шліфмашин.Без отворів .</t>
           </r>
         </is>
       </c>
       <c r="F27" s="2"/>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Підошва</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр диска: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">75 мм</t>
+            <t xml:space="preserve">50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H27" s="2">
-        <v>881</v>
+        <v>810</v>
       </c>
     </row>
     <row r="28" spans="1:8" customHeight="1" ht="150">
       <c r="A28" s="2" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="2"/>
       <c r="D28" s="2" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Насадка без отворів для пневматичної шліфувальної машини діаметром 50 мм Air Pro SA4631P</t>
+            <t xml:space="preserve">Насадка без отворів для пневматичної шліфувальної машини діаметром 150 мм Fachowiec NF082</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Насадка для всіх видів пневматичних орбітальних шліфмашин.Без отворів .</t>
+            <t xml:space="preserve">Насадка для всіх видів пневматичних орбітальних шліфмашин з високим профілем.Без отворів .</t>
           </r>
         </is>
       </c>
       <c r="F28" s="2"/>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Підошва</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр диска: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">50 мм</t>
+            <t xml:space="preserve">150 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H28" s="2">
-        <v>805</v>
+        <v>671</v>
       </c>
     </row>
     <row r="29" spans="1:8" customHeight="1" ht="150">
       <c r="A29" s="2" t="s">
-        <v>78</v>
+        <v>8</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="2"/>
       <c r="D29" s="2" t="s">
         <v>79</v>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Насадка без отворів для пневматичної шліфувальної машини діаметром 150 мм Fachowiec NF082</t>
+            <t xml:space="preserve">Шліфувальний брусок для пневматичної шліфувальної машини VGL SB-632A</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Насадка для всіх видів пневматичних орбітальних шліфмашин з високим профілем.Без отворів .</t>
+            <t xml:space="preserve">Для пневматичної шліфувальної машини. </t>
           </r>
         </is>
       </c>
       <c r="F29" s="2"/>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Підошва</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Діаметр диска: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">150 мм</t>
+            <t xml:space="preserve">Розмір підошви: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">85x153 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H29" s="2">
-        <v>667</v>
-[...78 lines deleted...]
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>