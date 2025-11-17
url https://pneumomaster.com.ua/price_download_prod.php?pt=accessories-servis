--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -38,51 +38,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 02.10.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 17.11.2025р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Інші аксесуари</t>
   </si>
   <si>
     <t>SECO740V-G14 ADAPTER</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Адаптер пістолета для герметиків 7,4V Air Pro G14</t>
     </r>
     <r>
       <t xml:space="preserve">