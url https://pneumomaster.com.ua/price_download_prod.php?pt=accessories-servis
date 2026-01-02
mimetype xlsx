--- v1 (2025-11-17)
+++ v2 (2026-01-02)
@@ -15,74 +15,74 @@
   <Default Extension="webp" ContentType="image/webp"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 17.11.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 02.01.2026р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Інші аксесуари</t>
   </si>
   <si>
     <t>SECO740V-G14 ADAPTER</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Адаптер пістолета для герметиків 7,4V Air Pro G14</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -109,903 +109,879 @@
       <t xml:space="preserve">Герметик</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Інше</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>AT-10HT-Р10</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Манометр для нагнітального бака Air Pro AT-10HT</t>
+    <t>SA7320-P04</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Голки для пневматичного молотка Air Pro SA7320</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Манометр AT-10HT-Р10</t>
+      <t xml:space="preserve">Голки SA7320-P04</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Інструмент: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Нагнітальний бак</t>
+      <t xml:space="preserve">Молоток</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Інше</t>
+      <t xml:space="preserve">Голки</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>Woodpecker</t>
-[...15 lines deleted...]
-      <t xml:space="preserve">Ріжучі леза для пневматичних ножиць/кусачок Woodpecker CTQ4XD</t>
+    <t>AC-0703</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Зубило для пневматичного молотка Air Pro SA7209</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Ріжучі леза CTQ4XD Nipper</t>
+      <t xml:space="preserve">Зубило для пневматичного ультратонкого молотка Air Pro. </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Інструмент: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Кусачки</t>
+      <t xml:space="preserve">Молоток</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Леза</t>
+      <t xml:space="preserve">Зубило</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
-  </si>
-[...14 lines deleted...]
-      <t xml:space="preserve">Ріжучі леза для пневматичних ножиць/кусачок Woodpecker CTQ3XD</t>
+    <r>
+      <t xml:space="preserve">Ширина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">22 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA7424XR-Flat Chisel</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Зубило для пневматичного молотка Air Pro SA7424XR</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Ріжучі леза CTQ3XD Nipper</t>
-[...16 lines deleted...]
-      <t xml:space="preserve">Ріжучі леза для пневматичних ножиць/кусачок Woodpecker CTQ-5XD-2</t>
+      <t xml:space="preserve">Зубило SA7424XR-Flat Chisel</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Інструмент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Молоток</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Зубило</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AC-0702</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Зубило під кутом для пневматичного молотка Air Pro SA7209</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Ріжучі леза CTQ-5XD-2 Nipper</t>
-[...16 lines deleted...]
-      <t xml:space="preserve">Подвійний хімічно стійкий шланг для нагнітального бака Air Pro H100MS</t>
+      <t xml:space="preserve">Зубило під кутом для пневматичного молотка Air Pro.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Інструмент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Молоток</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Зубило</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">35 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AC-05R-03</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Зубило рибка для пневматичного молотка Air Pro SA7108</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Шланг для нагнітального бака стійкий до впливу хімічних речовин.    </t>
-[...90 lines deleted...]
-      <t xml:space="preserve">Набір з 3 насадок для пневматичного надфіля Air Pro SA5086</t>
+      <t xml:space="preserve">Зубило рибка AC - 05R-03</t>
+    </r>
+  </si>
+  <si>
+    <t>SA 5092 -325901</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Квадратна насадка для пневматичного надфіля Air Pro SA5092</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Набір надфілів 3 шт SA5086-FILE</t>
+      <t xml:space="preserve">Квадратна насадка SA 5092 -325901</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Інструмент: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Надфіль</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Надфіль</t>
+      <t xml:space="preserve">Підошва</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>SA-125-P69</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Мішок для промислового пилососа Air Pro SA-125</t>
+    <t>VGL</t>
+  </si>
+  <si>
+    <t>SBG100-PN</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Керамічне сопло для піскоструминного пневмопістолета VGL SBG100</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Мішок для пилу SA-125-P69</t>
+      <t xml:space="preserve">Керамічне сопло SBG100-PN</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Інструмент: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Промисловий пилосос</t>
+      <t xml:space="preserve">Піскоструминний</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Інше</t>
+      <t xml:space="preserve">Сопло</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>VGL</t>
-[...15 lines deleted...]
-      <t xml:space="preserve">Керамічне сопло для піскоструминного пневмопістолета VGL SBG100</t>
+    <t>AT-10HT-Р10</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Манометр для нагнітального бака Air Pro AT-10HT</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Керамічне сопло SBG100-PN</t>
+      <t xml:space="preserve">Манометр AT-10HT-Р10</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Інструмент: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Піскоструминний</t>
+      <t xml:space="preserve">Нагнітальний бак</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Сопло</t>
+      <t xml:space="preserve">Інше</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>SA7320-P04</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Голки для пневматичного молотка Air Pro SA7320</t>
+    <t>SA-125-P69</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Мішок для промислового пилососа Air Pro SA-125</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Голки SA7320-P04</t>
+      <t xml:space="preserve">Мішок для пилу SA-125-P69</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Інструмент: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Молоток</t>
+      <t xml:space="preserve">Промисловий пилосос</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Голки</t>
+      <t xml:space="preserve">Інше</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>SA 5092 -325901</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Квадратна насадка для пневматичного надфіля Air Pro SA5092</t>
+    <t>SA5086-FILE</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Набір з 3 насадок для пневматичного надфіля Air Pro SA5086</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Квадратна насадка SA 5092 -325901</t>
+      <t xml:space="preserve">Набір надфілів 3 шт SA5086-FILE</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Інструмент: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Надфіль</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Підошва</t>
+      <t xml:space="preserve">Надфіль</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>AC-05R-03</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Зубило рибка для пневматичного молотка Air Pro SA7108</t>
+    <t>H100MS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Подвійний хімічно стійкий шланг для нагнітального бака Air Pro H100MS</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Зубило рибка AC - 05R-03</t>
+      <t xml:space="preserve">Шланг для нагнітального бака стійкий до впливу хімічних речовин.    </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Інструмент: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Молоток</t>
+      <t xml:space="preserve">Нагнітальний бак</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Зубило</t>
+      <t xml:space="preserve">Шланг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
-  </si>
-[...14 lines deleted...]
-      <t xml:space="preserve">Зубило під кутом для пневматичного молотка Air Pro SA7209</t>
+    <r>
+      <t xml:space="preserve">Діаметр різьби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4", 3/8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">8, 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>Woodpecker</t>
+  </si>
+  <si>
+    <t>CTQ-5XD-2 Nipper</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Ріжучі леза для пневматичних ножиць/кусачок Woodpecker CTQ-5XD-2</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Зубило під кутом для пневматичного молотка Air Pro.</t>
+      <t xml:space="preserve">Ріжучі леза CTQ-5XD-2 Nipper</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Інструмент: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Молоток</t>
+      <t xml:space="preserve">Кусачки</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Зубило</t>
+      <t xml:space="preserve">Леза</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
-    <r>
-[...32 lines deleted...]
-      <t xml:space="preserve">Зубило для пневматичного молотка Air Pro SA7434XR</t>
+  </si>
+  <si>
+    <t>CTQ3XD Nipper</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Ріжучі леза для пневматичних ножиць/кусачок Woodpecker CTQ3XD</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Зубило SA7434XR-Flat Chisel</t>
-[...16 lines deleted...]
-      <t xml:space="preserve">Зубило для пневматичного молотка Air Pro SA7424XR</t>
+      <t xml:space="preserve">Ріжучі леза CTQ3XD Nipper</t>
+    </r>
+  </si>
+  <si>
+    <t>CTQ4XD Nipper</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Ріжучі леза для пневматичних ножиць/кусачок Woodpecker CTQ4XD</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Зубило SA7424XR-Flat Chisel</t>
-[...79 lines deleted...]
-      <t xml:space="preserve">; </t>
+      <t xml:space="preserve">Ріжучі леза CTQ4XD Nipper</t>
     </r>
   </si>
   <si>
     <t>SA-125-FILTER</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Фільтр для промислового пилососа Air Pro SA-125</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Фільтр SA-125-FILTER</t>
     </r>
@@ -1107,51 +1083,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_seco740v_adapter-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_at-10ht-r10-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-nipper_01-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-nipper_01-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-nipper_01-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5086-file-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16-1-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12-1-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005-150x15011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7108_ac-05r-03-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14-1-150x15017.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_seco740v_adapter-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7108_ac-05r-03-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005-150x1507.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12-1-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_at-10ht-r10-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16-1-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5086-file-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-nipper_01-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-nipper_01-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-nipper_01-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14-1-150x15016.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1592,80 +1568,50 @@
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -1919,54 +1865,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H18"/>
+  <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H18" sqref="H18"/>
+      <selection activeCell="H17" sqref="H17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -2039,1387 +1985,1308 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Інше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>966</v>
+        <v>972</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2"/>
       <c r="D3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Манометр для нагнітального бака Air Pro AT-10HT</t>
+            <t xml:space="preserve">Голки для пневматичного молотка Air Pro SA7320</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Манометр AT-10HT-Р10</t>
+            <t xml:space="preserve">Голки SA7320-P04</t>
           </r>
         </is>
       </c>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Нагнітальний бак</t>
+            <t xml:space="preserve">Молоток</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Інше</t>
+            <t xml:space="preserve">Голки</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>1449</v>
+        <v>340</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2"/>
       <c r="D4" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ріжучі леза для пневматичних ножиць/кусачок Woodpecker CTQ4XD</t>
+            <t xml:space="preserve">Зубило для пневматичного молотка Air Pro SA7209</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Ріжучі леза CTQ4XD Nipper</t>
+            <t xml:space="preserve">Зубило для пневматичного ультратонкого молотка Air Pro. </t>
           </r>
         </is>
       </c>
       <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Кусачки</t>
+            <t xml:space="preserve">Молоток</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Леза</t>
+            <t xml:space="preserve">Зубило</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">22 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>2717</v>
+        <v>324</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ріжучі леза для пневматичних ножиць/кусачок Woodpecker CTQ3XD</t>
+            <t xml:space="preserve">Зубило для пневматичного молотка Air Pro SA7424XR</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Ріжучі леза CTQ3XD Nipper</t>
+            <t xml:space="preserve">Зубило SA7424XR-Flat Chisel</t>
           </r>
         </is>
       </c>
       <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Кусачки</t>
+            <t xml:space="preserve">Молоток</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Леза</t>
+            <t xml:space="preserve">Зубило</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>2090</v>
+        <v>810</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ріжучі леза для пневматичних ножиць/кусачок Woodpecker CTQ-5XD-2</t>
+            <t xml:space="preserve">Зубило під кутом для пневматичного молотка Air Pro SA7209</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Ріжучі леза CTQ-5XD-2 Nipper</t>
+            <t xml:space="preserve">Зубило під кутом для пневматичного молотка Air Pro.</t>
           </r>
         </is>
       </c>
       <c r="F6" s="2"/>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Кусачки</t>
+            <t xml:space="preserve">Молоток</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Леза</t>
+            <t xml:space="preserve">Зубило</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">35 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>3135</v>
+        <v>324</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Подвійний хімічно стійкий шланг для нагнітального бака Air Pro H100MS</t>
+            <t xml:space="preserve">Зубило рибка для пневматичного молотка Air Pro SA7108</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Шланг для нагнітального бака стійкий до впливу хімічних речовин.    </t>
+            <t xml:space="preserve">Зубило рибка AC - 05R-03</t>
           </r>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Нагнітальний бак</t>
+            <t xml:space="preserve">Молоток</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шланг</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">8, 10</t>
+            <t xml:space="preserve">Зубило</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>231</v>
+        <v>162</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2"/>
       <c r="D8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Набір з 3 насадок для пневматичного надфіля Air Pro SA5086</t>
+            <t xml:space="preserve">Квадратна насадка для пневматичного надфіля Air Pro SA5092</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Набір надфілів 3 шт SA5086-FILE</t>
+            <t xml:space="preserve">Квадратна насадка SA 5092 -325901</t>
           </r>
         </is>
       </c>
       <c r="F8" s="2"/>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Надфіль</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Надфіль</t>
+            <t xml:space="preserve">Підошва</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>0</v>
+        <v>270</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2"/>
       <c r="D9" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мішок для промислового пилососа Air Pro SA-125</t>
+            <t xml:space="preserve">Керамічне сопло для піскоструминного пневмопістолета VGL SBG100</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Мішок для пилу SA-125-P69</t>
+            <t xml:space="preserve">Керамічне сопло SBG100-PN</t>
           </r>
         </is>
       </c>
       <c r="F9" s="2"/>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Промисловий пилосос</t>
+            <t xml:space="preserve">Піскоструминний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Інше</t>
+            <t xml:space="preserve">Сопло</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>2146</v>
+        <v>186</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="2"/>
       <c r="D10" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Керамічне сопло для піскоструминного пневмопістолета VGL SBG100</t>
+            <t xml:space="preserve">Манометр для нагнітального бака Air Pro AT-10HT</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Керамічне сопло SBG100-PN</t>
+            <t xml:space="preserve">Манометр AT-10HT-Р10</t>
           </r>
         </is>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Піскоструминний</t>
+            <t xml:space="preserve">Нагнітальний бак</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Сопло</t>
+            <t xml:space="preserve">Інше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>184</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Голки для пневматичного молотка Air Pro SA7320</t>
+            <t xml:space="preserve">Мішок для промислового пилососа Air Pro SA-125</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Голки SA7320-P04</t>
+            <t xml:space="preserve">Мішок для пилу SA-125-P69</t>
           </r>
         </is>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Молоток</t>
+            <t xml:space="preserve">Промисловий пилосос</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Голки</t>
+            <t xml:space="preserve">Інше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>338</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="2"/>
       <c r="D12" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Квадратна насадка для пневматичного надфіля Air Pro SA5092</t>
+            <t xml:space="preserve">Набір з 3 насадок для пневматичного надфіля Air Pro SA5086</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Квадратна насадка SA 5092 -325901</t>
+            <t xml:space="preserve">Набір надфілів 3 шт SA5086-FILE</t>
           </r>
         </is>
       </c>
       <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Надфіль</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Підошва</t>
+            <t xml:space="preserve">Надфіль</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H12" s="2">
-        <v>268</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="150">
       <c r="A13" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="2"/>
       <c r="D13" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Зубило рибка для пневматичного молотка Air Pro SA7108</t>
+            <t xml:space="preserve">Подвійний хімічно стійкий шланг для нагнітального бака Air Pro H100MS</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зубило рибка AC - 05R-03</t>
+            <t xml:space="preserve">Шланг для нагнітального бака стійкий до впливу хімічних речовин.    </t>
           </r>
         </is>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Молоток</t>
+            <t xml:space="preserve">Нагнітальний бак</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Зубило</t>
+            <t xml:space="preserve">Шланг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр різьби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4", 3/8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">8, 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H13" s="2">
-        <v>161</v>
+        <v>232</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="2"/>
       <c r="D14" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Зубило під кутом для пневматичного молотка Air Pro SA7209</t>
+            <t xml:space="preserve">Ріжучі леза для пневматичних ножиць/кусачок Woodpecker CTQ-5XD-2</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зубило під кутом для пневматичного молотка Air Pro.</t>
+            <t xml:space="preserve">Ріжучі леза CTQ-5XD-2 Nipper</t>
           </r>
         </is>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Молоток</t>
+            <t xml:space="preserve">Кусачки</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Зубило</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">35 мм</t>
+            <t xml:space="preserve">Леза</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H14" s="2">
-        <v>322</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="150">
       <c r="A15" s="2" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="2"/>
       <c r="D15" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Зубило для пневматичного молотка Air Pro SA7434XR</t>
+            <t xml:space="preserve">Ріжучі леза для пневматичних ножиць/кусачок Woodpecker CTQ3XD</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зубило SA7434XR-Flat Chisel</t>
+            <t xml:space="preserve">Ріжучі леза CTQ3XD Nipper</t>
           </r>
         </is>
       </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Молоток</t>
+            <t xml:space="preserve">Кусачки</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Зубило</t>
+            <t xml:space="preserve">Леза</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H15" s="2">
-        <v>805</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="150">
       <c r="A16" s="2" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="2"/>
       <c r="D16" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Зубило для пневматичного молотка Air Pro SA7424XR</t>
+            <t xml:space="preserve">Ріжучі леза для пневматичних ножиць/кусачок Woodpecker CTQ4XD</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зубило SA7424XR-Flat Chisel</t>
+            <t xml:space="preserve">Ріжучі леза CTQ4XD Nipper</t>
           </r>
         </is>
       </c>
       <c r="F16" s="2"/>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Молоток</t>
+            <t xml:space="preserve">Кусачки</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Зубило</t>
+            <t xml:space="preserve">Леза</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H16" s="2">
-        <v>805</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="150">
       <c r="A17" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="2"/>
       <c r="D17" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Зубило для пневматичного молотка Air Pro SA7209</t>
+            <t xml:space="preserve">Фільтр для промислового пилососа Air Pro SA-125</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Зубило для пневматичного ультратонкого молотка Air Pro. </t>
+            <t xml:space="preserve">Фільтр SA-125-FILTER</t>
           </r>
         </is>
       </c>
       <c r="F17" s="2"/>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Молоток</t>
+            <t xml:space="preserve">Промисловий пилосос</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Зубило</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">22 мм</t>
+            <t xml:space="preserve">Фільтр</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H17" s="2">
-        <v>322</v>
-[...78 lines deleted...]
-        <v>1878</v>
+        <v>1890</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>