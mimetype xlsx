--- v0 (2025-11-22)
+++ v1 (2026-02-26)
@@ -16,74 +16,74 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 22.11.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 26.02.2026р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Пневмогайковерти</t>
   </si>
   <si>
     <t>Кутовий</t>
   </si>
   <si>
     <t>SA3016</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гайковерт 2 в 1 пневматичний кутовий Air Pro SA3016</t>
@@ -975,50 +975,642 @@
       <t xml:space="preserve">1,34 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
+    <t>SA2244P</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Гайковерт пневматичний кутовий Air Pro SA2244P</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: кутовий пневматичний гайковерт з накінечником 1/2", має кут 90°, реверс, компактний, для важкодоступних місць.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Механозбірка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Монтаж та демонтаж</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Накінечник: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/2"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Накінечник, дюйми: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.2</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">156 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">7100 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 10 000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Крутний момент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">271 Нм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зусилля, Нм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">менше 3000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Реверс: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Є</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,8 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0 - 2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">340 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA3308P</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Гайковерт пневматичний кутовий Air Pro SA3308P</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: гайковерт кутовий з накінечником 1/2 " прекрасно зарекомендував себе на СТО, які обслуговують легкові автомобілі, призначений для важкодоступних місць, має кут 90°, комбінований ударний ключ.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Механозбірка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Монтаж та демонтаж</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Накінечник: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/2"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Накінечник, дюйми: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.2</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">200 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">160 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 10 000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Крутний момент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">88 Нм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зусилля, Нм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">менше 3000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,14 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0 - 2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">260 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
     <t>VGL</t>
   </si>
   <si>
     <t>SA3019</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гайковерт пневматичний кутовий VGL SA3019</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: зручний та компактний кутовий 90° гайковерт з накінечником 1/4" виконаний в металевому корпусі, ідеальний інструмент для обмежених робочих місць, монтажу, демонтажу та обслуговування літаків, кораблів, автомобілів тощо.</t>
     </r>
@@ -2273,50 +2865,382 @@
       <t xml:space="preserve">3.1 - 5.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">225 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
+    <t>SA2209P</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Гайковерт пневматичний ударний пістолетного типу VGL SA2209P</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: ударний гайковерт пістолетного типу з накінечником 1/2" прекрасно зарекомендував себе на СТО, які обслуговують легкові автомобілі, оснащений декількома позиціями потужності, що дозволяє працювати в широкому діапазоні зусиль.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Механозбірка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Монтаж та демонтаж</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Накінечник: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/2"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Накінечник, дюйми: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.2</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">140 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Крутний момент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1350 Нм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зусилля, Нм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">менше 3000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Реверс: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Є</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Корпус: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Композитний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,02 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0 - 2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">193 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
     <t>SA2422-8</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гайковерт пневматичний ударний пістолетного типу з довгим накінечником Air Pro SA2422-8</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: ударний гайковерт пістолетного типу з довгим накінечником 1" прекрасно зарекомендував себе на СТО, які обслуговують напіввантажні автомобілі, мікроавтобуси, газелі і т.д., оснащений декількома позиціями потужності, що дозволяє працювати в широкому діапазоні зусиль, потужний ударний, має реверс і регулювання зусилля.</t>
     </r>
   </si>
   <si>
     <r>
@@ -2919,51 +3843,51 @@
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">141 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>Пневматичні заклепочники</t>
+    <t>Розсвердлювачі (заклепок)</t>
   </si>
   <si>
     <t>Для зняття заклепок</t>
   </si>
   <si>
     <t>SA8990</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пневматичний розсвердлювач для зняття заклепок Air Pro SA8990</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
@@ -3110,50 +4034,77 @@
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">210 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>Пневмоінструмент для зняття заклепок</t>
+  </si>
+  <si>
+    <t>SA8875S</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Розсвердлювач для зняття заклепок з упором-фіксатором пневматичний для авіабудування Air Pro SA8875S</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: пневматичний розсвердлювач для зняття заклепок з упором-фіксатором з діаметром фрези 13 мм для авіаційних робіт.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -3193,51 +4144,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esafsdvbrted-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa2207a-scaled-1-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa22165-1-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa3019_014.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sa22168pm-150x1505.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sa2204-150x1506.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa2314p-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa2422-8_018.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa22107q-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ts-150x15010.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esafsdvbrted-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa2207a-scaled-1-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa22165-1-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa2244p-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa3308p_015.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa3019_016.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sa22168pm-150x1507.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sa2204-150x1508.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa2314p-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa2209p-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa2422-8_0111.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa22107q-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ts-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/y-150x15014.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3485,50 +4436,170 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3795,54 +4866,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H11" sqref="H11"/>
+      <selection activeCell="H15" sqref="H15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -4151,51 +5222,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">168 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>3612</v>
+        <v>3731</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -4502,51 +5573,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">300 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>17277</v>
+        <v>19863</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -4817,86 +5888,86 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>8853</v>
+        <v>9146</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Гайковерт пневматичний кутовий VGL SA3019</t>
+            <t xml:space="preserve">Гайковерт пневматичний кутовий Air Pro SA2244P</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: зручний та компактний кутовий 90° гайковерт з накінечником 1/4" виконаний в металевому корпусі, ідеальний інструмент для обмежених робочих місць, монтажу, демонтажу та обслуговування літаків, кораблів, автомобілів тощо.</t>
+            <t xml:space="preserve">Особливості: кутовий пневматичний гайковерт з накінечником 1/2", має кут 90°, реверс, компактний, для важкодоступних місць.</t>
           </r>
         </is>
       </c>
       <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -4908,353 +5979,317 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Монтаж та демонтаж</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Накінечник: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">1/2"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Накінечник, дюйми: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">156 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">7100 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 10 000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Крутний момент: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">271 Нм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Зусилля, Нм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">менше 3000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Накінечник, дюйми: </t>
-[...173 lines deleted...]
-            <t xml:space="preserve">Металевий</t>
+            <t xml:space="preserve">Реверс: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,45 кг</t>
+            <t xml:space="preserve">1,8 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 1.0</t>
+            <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">130 мм</t>
+            <t xml:space="preserve">340 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>4825</v>
+        <v>13302</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Гайковерт пневматичний полегшений ударний пістолетного типу Air Pro SA22168PM</t>
+            <t xml:space="preserve">Гайковерт пневматичний кутовий Air Pro SA3308P</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: потужний полегшений ударний пневматичний гайковерт пістолетного типу з накінечником 1/2", має корпус з алюмінієво магнієвого сплаву, механізм Twin Hammer, комбінований ударний ключ, реверс і регулювання зусилля.</t>
+            <t xml:space="preserve">Особливості: гайковерт кутовий з накінечником 1/2 " прекрасно зарекомендував себе на СТО, які обслуговують легкові автомобілі, призначений для важкодоступних місць, має кут 90°, комбінований ударний ключ.</t>
           </r>
         </is>
       </c>
       <c r="F6" s="2"/>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
@@ -5295,105 +6330,105 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">138,7 л/хв</t>
+            <t xml:space="preserve">200 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8500 об/хв</t>
+            <t xml:space="preserve">160 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 10 000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1620 Нм</t>
+            <t xml:space="preserve">88 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Зусилля, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 3000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
@@ -5427,160 +6462,142 @@
             </rPr>
             <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Корпус: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,7 кг</t>
+            <t xml:space="preserve">1,14 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">179 мм</t>
+            <t xml:space="preserve">260 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>9312</v>
+        <v>4190</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Гайковерт пневматичний ударний пістолетного типу Air Pro SA2204</t>
+            <t xml:space="preserve">Гайковерт пневматичний кутовий VGL SA3019</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: ударний гайковерт SA2204 пістолетного типу з накінечником 1/2" прекрасно зарекомендував себе на СТО, які обслуговують легкові автомобілі, оснащений декількома позиціями потужності, що дозволяє працювати в широкому діапазоні зусиль.</t>
+            <t xml:space="preserve">Особливості: зручний та компактний кутовий 90° гайковерт з накінечником 1/4" виконаний в металевому корпусі, ідеальний інструмент для обмежених робочих місць, монтажу, демонтажу та обслуговування літаків, кораблів, автомобілів тощо.</t>
           </r>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -5592,141 +6609,141 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Монтаж та демонтаж</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Накінечник: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1/2"</t>
+            <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Накінечник, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.2</t>
+            <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">200 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8000 об/хв</t>
+            <t xml:space="preserve">260 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 10 000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">610 Нм</t>
+            <t xml:space="preserve">27 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Зусилля, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 3000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
@@ -5742,324 +6759,342 @@
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Реверс: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">Є</t>
+            <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Корпус: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Металевий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,6 кг</t>
+            <t xml:space="preserve">0,45 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.1 - 3.0</t>
+            <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">185 мм</t>
+            <t xml:space="preserve">130 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>6761</v>
+        <v>4985</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Гайковерт пневматичний ударний пістолетного типу Air Pro SA2314P</t>
+            <t xml:space="preserve">Гайковерт пневматичний полегшений ударний пістолетного типу Air Pro SA22168PM</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: ударний гайковерт пістолетного типу з накінечником 3/4" прекрасно зарекомендував себе на СТО, які обслуговують напіввантажні автомобілі, мікроавтобуси, газелі і т.д., оснащений декількома позиціями потужності, що дозволяє працювати в широкому діапазоні зусиль, має механізм Twin Hammer, композитний корпус, реверс і регулювання зусилля.</t>
+            <t xml:space="preserve">Особливості: потужний полегшений ударний пневматичний гайковерт пістолетного типу з накінечником 1/2", має корпус з алюмінієво магнієвого сплаву, механізм Twin Hammer, комбінований ударний ключ, реверс і регулювання зусилля.</t>
           </r>
         </is>
       </c>
       <c r="F8" s="2"/>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3sb-1kAAOQA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Монтаж та демонтаж</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Накінечник: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3/4"</t>
+            <t xml:space="preserve">1/2"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Накінечник, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.4</t>
+            <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">396 л/хв</t>
+            <t xml:space="preserve">138,7 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5500 об/хв</t>
+            <t xml:space="preserve">8500 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 10 000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1630 Нм</t>
+            <t xml:space="preserve">1620 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Зусилля, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 3000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
@@ -6069,202 +7104,184 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3/8"</t>
+            <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12 мм</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Є</t>
+            <t xml:space="preserve">10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Корпус: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Композитний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,5 кг</t>
+            <t xml:space="preserve">1,7 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.1 - 5.0</t>
+            <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">225 мм</t>
+            <t xml:space="preserve">179 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>27578</v>
+        <v>9619</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Гайковерт пневматичний ударний пістолетного типу з довгим накінечником Air Pro SA2422-8</t>
+            <t xml:space="preserve">Гайковерт пневматичний ударний пістолетного типу Air Pro SA2204</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: ударний гайковерт пістолетного типу з довгим накінечником 1" прекрасно зарекомендував себе на СТО, які обслуговують напіввантажні автомобілі, мікроавтобуси, газелі і т.д., оснащений декількома позиціями потужності, що дозволяє працювати в широкому діапазоні зусиль, потужний ударний, має реверс і регулювання зусилля.</t>
+            <t xml:space="preserve">Особливості: ударний гайковерт SA2204 пістолетного типу з накінечником 1/2" прекрасно зарекомендував себе на СТО, які обслуговують легкові автомобілі, оснащений декількома позиціями потужності, що дозволяє працювати в широкому діапазоні зусиль.</t>
           </r>
         </is>
       </c>
       <c r="F9" s="2"/>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -6276,231 +7293,195 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Монтаж та демонтаж</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Накінечник: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1"</t>
+            <t xml:space="preserve">1/2"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Накінечник, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1</t>
+            <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">566 л/хв</t>
+            <t xml:space="preserve">200 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3000 об/хв</t>
+            <t xml:space="preserve">8000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 10 000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3390 Нм</t>
+            <t xml:space="preserve">610 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Зусилля, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3000 і більше</t>
+            <t xml:space="preserve">менше 3000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Максимальний діаметр різьби, що затягується: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1/2"</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">13 мм</t>
+            <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Корпус: </t>
           </r>
@@ -6510,130 +7491,130 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Металевий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15,9 кг</t>
+            <t xml:space="preserve">2,6 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.1 і більше</t>
+            <t xml:space="preserve">2.1 - 3.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">630 мм</t>
+            <t xml:space="preserve">185 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>28503</v>
+        <v>6984</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>37</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Гайковерт пневматичний ультракомпактний ударний пістолетного типу Air Pro SA22107Q</t>
+            <t xml:space="preserve">Гайковерт пневматичний ударний пістолетного типу Air Pro SA2314P</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: ультракомпактний ударний пневматичний міні гайковерт пістолетного типу з накінечником 1/2", має механізм Twin Hammer, ергономічна та збалансована ручка, реверс і регулювання зусилля.</t>
+            <t xml:space="preserve">Особливості: ударний гайковерт пістолетного типу з накінечником 3/4" прекрасно зарекомендував себе на СТО, які обслуговують напіввантажні автомобілі, мікроавтобуси, газелі і т.д., оснащений декількома позиціями потужності, що дозволяє працювати в широкому діапазоні зусиль, має механізм Twin Hammer, композитний корпус, реверс і регулювання зусилля.</t>
           </r>
         </is>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -6645,329 +7626,1400 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Монтаж та демонтаж</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Накінечник: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1/2"</t>
+            <t xml:space="preserve">3/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Накінечник, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.2</t>
+            <t xml:space="preserve">3.4</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">396 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9000 об/хв</t>
+            <t xml:space="preserve">5500 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 10 000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1356 Нм</t>
+            <t xml:space="preserve">1630 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Зусилля, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 3000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Максимальний діаметр різьби, що затягується: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1/4"</t>
+            <t xml:space="preserve">3/8"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Композитний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,8 кг</t>
+            <t xml:space="preserve">3,5 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0 - 2.0</t>
+            <t xml:space="preserve">3.1 - 5.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">141 мм</t>
+            <t xml:space="preserve">225 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>10516</v>
+        <v>28488</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="B11" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" s="2" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневматичний розсвердлювач для зняття заклепок Air Pro SA8990</t>
+            <t xml:space="preserve">Гайковерт пневматичний ударний пістолетного типу VGL SA2209P</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: пневматичний розсвердлювач для зняття заклепок з діаметром фрези 13 мм.</t>
+            <t xml:space="preserve">Особливості: ударний гайковерт пістолетного типу з накінечником 1/2" прекрасно зарекомендував себе на СТО, які обслуговують легкові автомобілі, оснащений декількома позиціями потужності, що дозволяє працювати в широкому діапазоні зусиль.</t>
           </r>
         </is>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">Механозбірка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Монтаж та демонтаж</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Накінечник: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/2"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Накінечник, дюйми: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">140 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 000 і більше</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Крутний момент: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1350 Нм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Зусилля, Нм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">менше 3000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Реверс: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Є</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Композитний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2,02 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.0 - 2.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">193 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H11" s="2">
+        <v>9929</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" customHeight="1" ht="150">
+      <c r="A12" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E12" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Гайковерт пневматичний ударний пістолетного типу з довгим накінечником Air Pro SA2422-8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Особливості: ударний гайковерт пістолетного типу з довгим накінечником 1" прекрасно зарекомендував себе на СТО, які обслуговують напіввантажні автомобілі, мікроавтобуси, газелі і т.д., оснащений декількома позиціями потужності, що дозволяє працювати в широкому діапазоні зусиль, потужний ударний, має реверс і регулювання зусилля.</t>
+          </r>
+        </is>
+      </c>
+      <c r="F12" s="2"/>
+      <c r="G12" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Механозбірка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Монтаж та демонтаж</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Накінечник: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Накінечник, дюйми: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">566 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 10 000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Крутний момент: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3390 Нм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Зусилля, Нм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3000 і більше</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Максимальний діаметр різьби, що затягується: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">41 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/2"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">13 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Реверс: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Є</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металевий</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">15,9 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">5.1 і більше</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">630 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H12" s="2">
+        <v>29444</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" customHeight="1" ht="150">
+      <c r="A13" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="E13" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Гайковерт пневматичний ультракомпактний ударний пістолетного типу Air Pro SA22107Q</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Особливості: ультракомпактний ударний пневматичний міні гайковерт пістолетного типу з накінечником 1/2", має механізм Twin Hammer, ергономічна та збалансована ручка, реверс і регулювання зусилля.</t>
+          </r>
+        </is>
+      </c>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Механозбірка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Монтаж та демонтаж</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Накінечник: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/2"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Накінечник, дюйми: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">9000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 10 000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Крутний момент: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1356 Нм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Зусилля, Нм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">менше 3000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Максимальний діаметр різьби, що затягується: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">23 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Реверс: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Є</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,8 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.0 - 2.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">141 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H13" s="2">
+        <v>10864</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" customHeight="1" ht="150">
+      <c r="A14" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="E14" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Пневматичний розсвердлювач для зняття заклепок Air Pro SA8990</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Особливості: пневматичний розсвердлювач для зняття заклепок з діаметром фрези 13 мм.</t>
+          </r>
+        </is>
+      </c>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">Металообробка, Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Заклепочні роботи, Монтаж та демонтаж</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Потужність: </t>
@@ -7075,52 +9127,259 @@
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">210 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H11" s="2">
-        <v>11804</v>
+      <c r="H14" s="2">
+        <v>12194</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" customHeight="1" ht="150">
+      <c r="A15" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="E15" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Розсвердлювач для зняття заклепок з упором-фіксатором пневматичний для авіабудування Air Pro SA8875S</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Особливості: пневматичний розсвердлювач для зняття заклепок з упором-фіксатором з діаметром фрези 13 мм для авіаційних робіт.</t>
+          </r>
+        </is>
+      </c>
+      <c r="F15" s="2"/>
+      <c r="G15" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металообробка, Механозбірка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Заклепочні роботи, Монтаж та демонтаж</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,67 кВт</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">21 000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">124,5 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,0 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.0 - 2.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">210 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H15" s="2">
+        <v>13916</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>