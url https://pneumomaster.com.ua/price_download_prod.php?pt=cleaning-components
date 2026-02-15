--- v0 (2026-01-01)
+++ v1 (2026-02-15)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 01.01.2026р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 15.02.2026р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Піскоструминний інструмент</t>
   </si>
   <si>
     <t>SBG100-GUN</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пістолет піскоструминний пневматичний Air Pro SBG100-GUN</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -1796,51 +1796,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Фракція піску: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 0,3 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>871</v>
+        <v>894</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2"/>
       <c r="D3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -1929,51 +1929,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Регулятор подачі повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>416</v>
+        <v>427</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2"/>
       <c r="D4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -2062,51 +2062,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Регулятор подачі повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>498</v>
+        <v>511</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -2177,51 +2177,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Регулятор подачі повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Немає</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>230</v>
+        <v>236</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -2274,51 +2274,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Регулятор подачі повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Немає</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>314</v>
+        <v>323</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -2371,51 +2371,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Регулятор подачі повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Немає</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2"/>
       <c r="D8" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -2486,51 +2486,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Регулятор подачі повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Немає</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>146</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2"/>
       <c r="D9" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -2583,51 +2583,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Регулятор подачі повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Немає</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>270</v>
+        <v>277</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="2"/>
       <c r="D10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>