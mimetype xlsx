--- v0 (2025-10-03)
+++ v1 (2025-11-18)
@@ -39,51 +39,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="267">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 03.10.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 18.11.2025р.</t>
   </si>
   <si>
     <t>EMC</t>
   </si>
   <si>
     <t>Автороз'єми (ЕМС)</t>
   </si>
   <si>
     <t>10-04 EPL</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Кутик Ø 10 -1/2 z пластиковий для шлангів EMC 10-04 EPL</t>
     </r>
     <r>
       <t xml:space="preserve">