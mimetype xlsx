--- v1 (2025-11-18)
+++ v2 (2026-01-02)
@@ -39,51 +39,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="267">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 18.11.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 02.01.2026р.</t>
   </si>
   <si>
     <t>EMC</t>
   </si>
   <si>
     <t>Автороз'єми (ЕМС)</t>
   </si>
   <si>
     <t>10-04 EPL</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Кутик Ø 10 -1/2 z пластиковий для шлангів EMC 10-04 EPL</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -9957,51 +9957,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>202</v>
+        <v>204</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2"/>
       <c r="D3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -10074,51 +10074,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2"/>
       <c r="D4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -10191,51 +10191,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -10306,51 +10306,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -10421,51 +10421,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -10538,51 +10538,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2"/>
       <c r="D8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -10653,51 +10653,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2"/>
       <c r="D9" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -10811,51 +10811,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -10926,51 +10926,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="2"/>
       <c r="D12" s="2" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -11041,51 +11041,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H12" s="2">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="150">
       <c r="A13" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="2"/>
       <c r="D13" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -11156,51 +11156,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H13" s="2">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="2"/>
       <c r="D14" s="2" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -11273,51 +11273,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H14" s="2">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="150">
       <c r="A15" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="2"/>
       <c r="D15" s="2" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -11388,51 +11388,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H15" s="2">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="150">
       <c r="A16" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="2"/>
       <c r="D16" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -11503,51 +11503,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H16" s="2">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="150">
       <c r="A17" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="2"/>
       <c r="D17" s="2" t="s">
         <v>53</v>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -11620,51 +11620,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H17" s="2">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="150">
       <c r="A18" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="2"/>
       <c r="D18" s="2" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -11735,51 +11735,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H18" s="2">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="150">
       <c r="A19" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="2"/>
       <c r="D19" s="2" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -12051,51 +12051,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H22" s="2">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="150">
       <c r="A23" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="2"/>
       <c r="D23" s="2" t="s">
         <v>69</v>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -12166,51 +12166,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H23" s="2">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="24" spans="1:8" customHeight="1" ht="150">
       <c r="A24" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="2"/>
       <c r="D24" s="2" t="s">
         <v>71</v>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -12283,51 +12283,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H24" s="2">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="25" spans="1:8" customHeight="1" ht="150">
       <c r="A25" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C25" s="2"/>
       <c r="D25" s="2" t="s">
         <v>74</v>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -12398,51 +12398,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H25" s="2">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="26" spans="1:8" customHeight="1" ht="150">
       <c r="A26" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C26" s="2"/>
       <c r="D26" s="2" t="s">
         <v>77</v>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -12515,51 +12515,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H26" s="2">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="150">
       <c r="A27" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C27" s="2"/>
       <c r="D27" s="2" t="s">
         <v>80</v>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -12632,51 +12632,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H27" s="2">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="28" spans="1:8" customHeight="1" ht="150">
       <c r="A28" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="2"/>
       <c r="D28" s="2" t="s">
         <v>83</v>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -12866,51 +12866,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H29" s="2">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="30" spans="1:8" customHeight="1" ht="150">
       <c r="A30" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C30" s="2"/>
       <c r="D30" s="2" t="s">
         <v>89</v>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -13100,51 +13100,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H31" s="2">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:8" customHeight="1" ht="150">
       <c r="A32" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C32" s="2"/>
       <c r="D32" s="2" t="s">
         <v>94</v>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -13296,51 +13296,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H33" s="2">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="34" spans="1:8" customHeight="1" ht="150">
       <c r="A34" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C34" s="2"/>
       <c r="D34" s="2" t="s">
         <v>100</v>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -13413,51 +13413,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H34" s="2">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="35" spans="1:8" customHeight="1" ht="150">
       <c r="A35" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="2"/>
       <c r="D35" s="2" t="s">
         <v>103</v>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -13530,51 +13530,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H35" s="2">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="36" spans="1:8" customHeight="1" ht="150">
       <c r="A36" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="2"/>
       <c r="D36" s="2" t="s">
         <v>106</v>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -13647,51 +13647,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H36" s="2">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="37" spans="1:8" customHeight="1" ht="150">
       <c r="A37" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C37" s="2"/>
       <c r="D37" s="2" t="s">
         <v>109</v>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -13762,51 +13762,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H37" s="2">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="38" spans="1:8" customHeight="1" ht="150">
       <c r="A38" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C38" s="2"/>
       <c r="D38" s="2" t="s">
         <v>111</v>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -13879,51 +13879,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H38" s="2">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="39" spans="1:8" customHeight="1" ht="150">
       <c r="A39" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C39" s="2"/>
       <c r="D39" s="2" t="s">
         <v>113</v>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -13958,51 +13958,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H39" s="2">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="40" spans="1:8" customHeight="1" ht="150">
       <c r="A40" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C40" s="2"/>
       <c r="D40" s="2" t="s">
         <v>116</v>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -14192,51 +14192,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H41" s="2">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="42" spans="1:8" customHeight="1" ht="150">
       <c r="A42" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C42" s="2"/>
       <c r="D42" s="2" t="s">
         <v>121</v>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -14309,51 +14309,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H42" s="2">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="43" spans="1:8" customHeight="1" ht="150">
       <c r="A43" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C43" s="2"/>
       <c r="D43" s="2" t="s">
         <v>124</v>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -14426,51 +14426,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H43" s="2">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="44" spans="1:8" customHeight="1" ht="150">
       <c r="A44" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C44" s="2"/>
       <c r="D44" s="2" t="s">
         <v>127</v>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -14543,51 +14543,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H44" s="2">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="45" spans="1:8" customHeight="1" ht="150">
       <c r="A45" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C45" s="2"/>
       <c r="D45" s="2" t="s">
         <v>130</v>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -14622,51 +14622,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H45" s="2">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="46" spans="1:8" customHeight="1" ht="150">
       <c r="A46" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C46" s="2"/>
       <c r="D46" s="2" t="s">
         <v>133</v>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -14701,51 +14701,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H46" s="2">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="47" spans="1:8" customHeight="1" ht="150">
       <c r="A47" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C47" s="2"/>
       <c r="D47" s="2" t="s">
         <v>136</v>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -14895,51 +14895,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H48" s="2">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="49" spans="1:8" customHeight="1" ht="150">
       <c r="A49" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C49" s="2"/>
       <c r="D49" s="2" t="s">
         <v>141</v>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -15010,51 +15010,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H49" s="2">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="50" spans="1:8" customHeight="1" ht="150">
       <c r="A50" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C50" s="2"/>
       <c r="D50" s="2" t="s">
         <v>143</v>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -15168,51 +15168,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10, 12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H51" s="2">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="52" spans="1:8" customHeight="1" ht="150">
       <c r="A52" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C52" s="2"/>
       <c r="D52" s="2" t="s">
         <v>149</v>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -15247,51 +15247,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H52" s="2">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="53" spans="1:8" customHeight="1" ht="150">
       <c r="A53" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C53" s="2"/>
       <c r="D53" s="2" t="s">
         <v>152</v>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -15327,51 +15327,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H53" s="2">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="54" spans="1:8" customHeight="1" ht="150">
       <c r="A54" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C54" s="2"/>
       <c r="D54" s="2" t="s">
         <v>154</v>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -15442,51 +15442,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H54" s="2">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="55" spans="1:8" customHeight="1" ht="150">
       <c r="A55" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="2"/>
       <c r="D55" s="2" t="s">
         <v>157</v>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -15557,51 +15557,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H55" s="2">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="56" spans="1:8" customHeight="1" ht="150">
       <c r="A56" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C56" s="2"/>
       <c r="D56" s="2" t="s">
         <v>160</v>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -15672,51 +15672,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H56" s="2">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="57" spans="1:8" customHeight="1" ht="150">
       <c r="A57" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C57" s="2"/>
       <c r="D57" s="2" t="s">
         <v>162</v>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -15787,51 +15787,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H57" s="2">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="58" spans="1:8" customHeight="1" ht="150">
       <c r="A58" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C58" s="2"/>
       <c r="D58" s="2" t="s">
         <v>165</v>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -15982,51 +15982,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H59" s="2">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="60" spans="1:8" customHeight="1" ht="150">
       <c r="A60" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C60" s="2"/>
       <c r="D60" s="2" t="s">
         <v>171</v>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -16097,51 +16097,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H60" s="2">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="61" spans="1:8" customHeight="1" ht="150">
       <c r="A61" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C61" s="2"/>
       <c r="D61" s="2" t="s">
         <v>174</v>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -16291,51 +16291,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H62" s="2">
-        <v>186</v>
+        <v>188</v>
       </c>
     </row>
     <row r="63" spans="1:8" customHeight="1" ht="150">
       <c r="A63" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C63" s="2"/>
       <c r="D63" s="2" t="s">
         <v>180</v>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -16406,51 +16406,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H63" s="2">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="64" spans="1:8" customHeight="1" ht="150">
       <c r="A64" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C64" s="2"/>
       <c r="D64" s="2" t="s">
         <v>183</v>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -16521,51 +16521,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H64" s="2">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="65" spans="1:8" customHeight="1" ht="150">
       <c r="A65" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C65" s="2"/>
       <c r="D65" s="2" t="s">
         <v>185</v>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -16751,51 +16751,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H66" s="2">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="67" spans="1:8" customHeight="1" ht="150">
       <c r="A67" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C67" s="2"/>
       <c r="D67" s="2" t="s">
         <v>190</v>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -16945,51 +16945,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H68" s="2">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="69" spans="1:8" customHeight="1" ht="150">
       <c r="A69" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C69" s="2"/>
       <c r="D69" s="2" t="s">
         <v>196</v>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -17175,51 +17175,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H70" s="2">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="71" spans="1:8" customHeight="1" ht="150">
       <c r="A71" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C71" s="2"/>
       <c r="D71" s="2" t="s">
         <v>202</v>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -17333,51 +17333,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12, 14</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H72" s="2">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="73" spans="1:8" customHeight="1" ht="150">
       <c r="A73" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C73" s="2"/>
       <c r="D73" s="2" t="s">
         <v>207</v>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -17448,51 +17448,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H73" s="2">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="74" spans="1:8" customHeight="1" ht="150">
       <c r="A74" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C74" s="2"/>
       <c r="D74" s="2" t="s">
         <v>210</v>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -17565,51 +17565,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H74" s="2">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="75" spans="1:8" customHeight="1" ht="150">
       <c r="A75" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C75" s="2"/>
       <c r="D75" s="2" t="s">
         <v>213</v>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -17680,51 +17680,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H75" s="2">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="76" spans="1:8" customHeight="1" ht="150">
       <c r="A76" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C76" s="2"/>
       <c r="D76" s="2" t="s">
         <v>216</v>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -17759,51 +17759,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10, 12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H76" s="2">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="77" spans="1:8" customHeight="1" ht="150">
       <c r="A77" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C77" s="2"/>
       <c r="D77" s="2" t="s">
         <v>219</v>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -17996,51 +17996,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H79" s="2">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="80" spans="1:8" customHeight="1" ht="150">
       <c r="A80" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C80" s="2"/>
       <c r="D80" s="2" t="s">
         <v>226</v>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -18111,51 +18111,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H80" s="2">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="81" spans="1:8" customHeight="1" ht="150">
       <c r="A81" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C81" s="2"/>
       <c r="D81" s="2" t="s">
         <v>229</v>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -18228,51 +18228,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H81" s="2">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="82" spans="1:8" customHeight="1" ht="150">
       <c r="A82" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C82" s="2"/>
       <c r="D82" s="2" t="s">
         <v>231</v>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -18343,51 +18343,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H82" s="2">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="83" spans="1:8" customHeight="1" ht="150">
       <c r="A83" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C83" s="2"/>
       <c r="D83" s="2" t="s">
         <v>234</v>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -18458,51 +18458,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H83" s="2">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="84" spans="1:8" customHeight="1" ht="150">
       <c r="A84" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C84" s="2"/>
       <c r="D84" s="2" t="s">
         <v>236</v>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -18573,51 +18573,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H84" s="2">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="85" spans="1:8" customHeight="1" ht="150">
       <c r="A85" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C85" s="2"/>
       <c r="D85" s="2" t="s">
         <v>239</v>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -18652,51 +18652,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">14, 16</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H85" s="2">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="86" spans="1:8" customHeight="1" ht="150">
       <c r="A86" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C86" s="2"/>
       <c r="D86" s="2" t="s">
         <v>242</v>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -18767,51 +18767,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H86" s="2">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="87" spans="1:8" customHeight="1" ht="150">
       <c r="A87" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C87" s="2"/>
       <c r="D87" s="2" t="s">
         <v>245</v>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -18884,51 +18884,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H87" s="2">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="88" spans="1:8" customHeight="1" ht="150">
       <c r="A88" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C88" s="2"/>
       <c r="D88" s="2" t="s">
         <v>247</v>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -18963,51 +18963,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8, 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H88" s="2">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="89" spans="1:8" customHeight="1" ht="150">
       <c r="A89" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C89" s="2"/>
       <c r="D89" s="2" t="s">
         <v>250</v>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -19042,51 +19042,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H89" s="2">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="90" spans="1:8" customHeight="1" ht="150">
       <c r="A90" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C90" s="2"/>
       <c r="D90" s="2" t="s">
         <v>253</v>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -19121,51 +19121,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H90" s="2">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="91" spans="1:8" customHeight="1" ht="150">
       <c r="A91" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C91" s="2"/>
       <c r="D91" s="2" t="s">
         <v>256</v>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -19200,51 +19200,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H91" s="2">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="92" spans="1:8" customHeight="1" ht="150">
       <c r="A92" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C92" s="2"/>
       <c r="D92" s="2" t="s">
         <v>258</v>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -19279,51 +19279,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H92" s="2">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="93" spans="1:8" customHeight="1" ht="150">
       <c r="A93" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C93" s="2"/>
       <c r="D93" s="2" t="s">
         <v>260</v>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -19358,51 +19358,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H93" s="2">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="94" spans="1:8" customHeight="1" ht="150">
       <c r="A94" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C94" s="2"/>
       <c r="D94" s="2" t="s">
         <v>262</v>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -19437,51 +19437,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4, 6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H94" s="2">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="95" spans="1:8" customHeight="1" ht="150">
       <c r="A95" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C95" s="2"/>
       <c r="D95" s="2" t="s">
         <v>265</v>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -19552,51 +19552,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H95" s="2">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>