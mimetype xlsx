--- v2 (2026-01-02)
+++ v3 (2026-01-03)
@@ -39,51 +39,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="267">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 02.01.2026р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 03.01.2026р.</t>
   </si>
   <si>
     <t>EMC</t>
   </si>
   <si>
     <t>Автороз'єми (ЕМС)</t>
   </si>
   <si>
     <t>10-04 EPL</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Кутик Ø 10 -1/2 z пластиковий для шлангів EMC 10-04 EPL</t>
     </r>
     <r>
       <t xml:space="preserve">