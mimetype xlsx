--- v3 (2026-01-03)
+++ v4 (2026-02-25)
@@ -39,51 +39,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="267">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 03.01.2026р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 25.02.2026р.</t>
   </si>
   <si>
     <t>EMC</t>
   </si>
   <si>
     <t>Автороз'єми (ЕМС)</t>
   </si>
   <si>
     <t>10-04 EPL</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Кутик Ø 10 -1/2 z пластиковий для шлангів EMC 10-04 EPL</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -9957,51 +9957,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>204</v>
+        <v>209</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2"/>
       <c r="D3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -10074,51 +10074,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>151</v>
+        <v>155</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2"/>
       <c r="D4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -10191,51 +10191,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>118</v>
+        <v>121</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -10306,51 +10306,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>126</v>
+        <v>130</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -10421,51 +10421,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>126</v>
+        <v>130</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -10538,51 +10538,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>128</v>
+        <v>132</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2"/>
       <c r="D8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -10653,51 +10653,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>149</v>
+        <v>153</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2"/>
       <c r="D9" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -10732,51 +10732,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4, 6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="2"/>
       <c r="D10" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -10811,51 +10811,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -10926,51 +10926,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>151</v>
+        <v>155</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="2"/>
       <c r="D12" s="2" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -11041,51 +11041,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H12" s="2">
-        <v>209</v>
+        <v>215</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="150">
       <c r="A13" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="2"/>
       <c r="D13" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -11156,51 +11156,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H13" s="2">
-        <v>222</v>
+        <v>228</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="2"/>
       <c r="D14" s="2" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -11273,51 +11273,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H14" s="2">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="150">
       <c r="A15" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="2"/>
       <c r="D15" s="2" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -11388,51 +11388,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H15" s="2">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="150">
       <c r="A16" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="2"/>
       <c r="D16" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -11503,51 +11503,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H16" s="2">
-        <v>118</v>
+        <v>121</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="150">
       <c r="A17" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="2"/>
       <c r="D17" s="2" t="s">
         <v>53</v>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -11620,51 +11620,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H17" s="2">
-        <v>118</v>
+        <v>121</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="150">
       <c r="A18" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="2"/>
       <c r="D18" s="2" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -11735,51 +11735,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H18" s="2">
-        <v>145</v>
+        <v>149</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="150">
       <c r="A19" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="2"/>
       <c r="D19" s="2" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -11814,51 +11814,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4, 6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H19" s="2">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:8" customHeight="1" ht="150">
       <c r="A20" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="2"/>
       <c r="D20" s="2" t="s">
         <v>61</v>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -11893,51 +11893,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H20" s="2">
-        <v>65</v>
+        <v>68</v>
       </c>
     </row>
     <row r="21" spans="1:8" customHeight="1" ht="150">
       <c r="A21" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="2"/>
       <c r="D21" s="2" t="s">
         <v>64</v>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -11972,51 +11972,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H21" s="2">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="22" spans="1:8" customHeight="1" ht="150">
       <c r="A22" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="2"/>
       <c r="D22" s="2" t="s">
         <v>67</v>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -12051,51 +12051,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H22" s="2">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="150">
       <c r="A23" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="2"/>
       <c r="D23" s="2" t="s">
         <v>69</v>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -12166,51 +12166,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H23" s="2">
-        <v>118</v>
+        <v>121</v>
       </c>
     </row>
     <row r="24" spans="1:8" customHeight="1" ht="150">
       <c r="A24" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="2"/>
       <c r="D24" s="2" t="s">
         <v>71</v>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -12283,51 +12283,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H24" s="2">
-        <v>155</v>
+        <v>159</v>
       </c>
     </row>
     <row r="25" spans="1:8" customHeight="1" ht="150">
       <c r="A25" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C25" s="2"/>
       <c r="D25" s="2" t="s">
         <v>74</v>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -12398,51 +12398,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H25" s="2">
-        <v>246</v>
+        <v>253</v>
       </c>
     </row>
     <row r="26" spans="1:8" customHeight="1" ht="150">
       <c r="A26" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C26" s="2"/>
       <c r="D26" s="2" t="s">
         <v>77</v>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -12515,51 +12515,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H26" s="2">
-        <v>164</v>
+        <v>168</v>
       </c>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="150">
       <c r="A27" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C27" s="2"/>
       <c r="D27" s="2" t="s">
         <v>80</v>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -12632,51 +12632,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H27" s="2">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="28" spans="1:8" customHeight="1" ht="150">
       <c r="A28" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="2"/>
       <c r="D28" s="2" t="s">
         <v>83</v>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -12749,51 +12749,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H28" s="2">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="29" spans="1:8" customHeight="1" ht="150">
       <c r="A29" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="2"/>
       <c r="D29" s="2" t="s">
         <v>86</v>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -12866,51 +12866,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H29" s="2">
-        <v>183</v>
+        <v>187</v>
       </c>
     </row>
     <row r="30" spans="1:8" customHeight="1" ht="150">
       <c r="A30" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C30" s="2"/>
       <c r="D30" s="2" t="s">
         <v>89</v>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -12983,51 +12983,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H30" s="2">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="150">
       <c r="A31" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C31" s="2"/>
       <c r="D31" s="2" t="s">
         <v>92</v>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -13100,51 +13100,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H31" s="2">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="32" spans="1:8" customHeight="1" ht="150">
       <c r="A32" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C32" s="2"/>
       <c r="D32" s="2" t="s">
         <v>94</v>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -13217,51 +13217,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H32" s="2">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="33" spans="1:8" customHeight="1" ht="150">
       <c r="A33" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C33" s="2"/>
       <c r="D33" s="2" t="s">
         <v>97</v>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -13296,51 +13296,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H33" s="2">
-        <v>199</v>
+        <v>205</v>
       </c>
     </row>
     <row r="34" spans="1:8" customHeight="1" ht="150">
       <c r="A34" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C34" s="2"/>
       <c r="D34" s="2" t="s">
         <v>100</v>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -13413,51 +13413,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H34" s="2">
-        <v>156</v>
+        <v>160</v>
       </c>
     </row>
     <row r="35" spans="1:8" customHeight="1" ht="150">
       <c r="A35" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="2"/>
       <c r="D35" s="2" t="s">
         <v>103</v>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -13530,51 +13530,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H35" s="2">
-        <v>136</v>
+        <v>139</v>
       </c>
     </row>
     <row r="36" spans="1:8" customHeight="1" ht="150">
       <c r="A36" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="2"/>
       <c r="D36" s="2" t="s">
         <v>106</v>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -13647,51 +13647,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H36" s="2">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="37" spans="1:8" customHeight="1" ht="150">
       <c r="A37" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C37" s="2"/>
       <c r="D37" s="2" t="s">
         <v>109</v>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -13762,51 +13762,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H37" s="2">
-        <v>155</v>
+        <v>159</v>
       </c>
     </row>
     <row r="38" spans="1:8" customHeight="1" ht="150">
       <c r="A38" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C38" s="2"/>
       <c r="D38" s="2" t="s">
         <v>111</v>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -13879,51 +13879,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H38" s="2">
-        <v>180</v>
+        <v>184</v>
       </c>
     </row>
     <row r="39" spans="1:8" customHeight="1" ht="150">
       <c r="A39" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C39" s="2"/>
       <c r="D39" s="2" t="s">
         <v>113</v>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -13958,51 +13958,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H39" s="2">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="40" spans="1:8" customHeight="1" ht="150">
       <c r="A40" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C40" s="2"/>
       <c r="D40" s="2" t="s">
         <v>116</v>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -14075,51 +14075,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H40" s="2">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="41" spans="1:8" customHeight="1" ht="150">
       <c r="A41" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C41" s="2"/>
       <c r="D41" s="2" t="s">
         <v>119</v>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -14192,51 +14192,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H41" s="2">
-        <v>108</v>
+        <v>111</v>
       </c>
     </row>
     <row r="42" spans="1:8" customHeight="1" ht="150">
       <c r="A42" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C42" s="2"/>
       <c r="D42" s="2" t="s">
         <v>121</v>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -14309,51 +14309,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H42" s="2">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="43" spans="1:8" customHeight="1" ht="150">
       <c r="A43" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C43" s="2"/>
       <c r="D43" s="2" t="s">
         <v>124</v>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -14426,51 +14426,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H43" s="2">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="44" spans="1:8" customHeight="1" ht="150">
       <c r="A44" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C44" s="2"/>
       <c r="D44" s="2" t="s">
         <v>127</v>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -14543,51 +14543,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H44" s="2">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="45" spans="1:8" customHeight="1" ht="150">
       <c r="A45" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C45" s="2"/>
       <c r="D45" s="2" t="s">
         <v>130</v>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -14622,51 +14622,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H45" s="2">
-        <v>183</v>
+        <v>188</v>
       </c>
     </row>
     <row r="46" spans="1:8" customHeight="1" ht="150">
       <c r="A46" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C46" s="2"/>
       <c r="D46" s="2" t="s">
         <v>133</v>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -14701,51 +14701,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H46" s="2">
-        <v>131</v>
+        <v>135</v>
       </c>
     </row>
     <row r="47" spans="1:8" customHeight="1" ht="150">
       <c r="A47" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C47" s="2"/>
       <c r="D47" s="2" t="s">
         <v>136</v>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -14780,51 +14780,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H47" s="2">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="48" spans="1:8" customHeight="1" ht="150">
       <c r="A48" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C48" s="2"/>
       <c r="D48" s="2" t="s">
         <v>138</v>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -14895,51 +14895,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H48" s="2">
-        <v>266</v>
+        <v>273</v>
       </c>
     </row>
     <row r="49" spans="1:8" customHeight="1" ht="150">
       <c r="A49" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C49" s="2"/>
       <c r="D49" s="2" t="s">
         <v>141</v>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -15010,51 +15010,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H49" s="2">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="50" spans="1:8" customHeight="1" ht="150">
       <c r="A50" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C50" s="2"/>
       <c r="D50" s="2" t="s">
         <v>143</v>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -15089,51 +15089,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H50" s="2">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="51" spans="1:8" customHeight="1" ht="150">
       <c r="A51" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C51" s="2"/>
       <c r="D51" s="2" t="s">
         <v>146</v>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -15168,51 +15168,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10, 12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H51" s="2">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="52" spans="1:8" customHeight="1" ht="150">
       <c r="A52" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C52" s="2"/>
       <c r="D52" s="2" t="s">
         <v>149</v>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -15247,51 +15247,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H52" s="2">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="53" spans="1:8" customHeight="1" ht="150">
       <c r="A53" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C53" s="2"/>
       <c r="D53" s="2" t="s">
         <v>152</v>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -15327,51 +15327,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H53" s="2">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="54" spans="1:8" customHeight="1" ht="150">
       <c r="A54" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C54" s="2"/>
       <c r="D54" s="2" t="s">
         <v>154</v>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -15442,51 +15442,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H54" s="2">
-        <v>126</v>
+        <v>130</v>
       </c>
     </row>
     <row r="55" spans="1:8" customHeight="1" ht="150">
       <c r="A55" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="2"/>
       <c r="D55" s="2" t="s">
         <v>157</v>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -15557,51 +15557,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H55" s="2">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="56" spans="1:8" customHeight="1" ht="150">
       <c r="A56" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C56" s="2"/>
       <c r="D56" s="2" t="s">
         <v>160</v>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -15672,51 +15672,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H56" s="2">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="57" spans="1:8" customHeight="1" ht="150">
       <c r="A57" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C57" s="2"/>
       <c r="D57" s="2" t="s">
         <v>162</v>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -15787,51 +15787,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H57" s="2">
-        <v>178</v>
+        <v>182</v>
       </c>
     </row>
     <row r="58" spans="1:8" customHeight="1" ht="150">
       <c r="A58" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C58" s="2"/>
       <c r="D58" s="2" t="s">
         <v>165</v>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -15867,51 +15867,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H58" s="2">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="59" spans="1:8" customHeight="1" ht="150">
       <c r="A59" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C59" s="2"/>
       <c r="D59" s="2" t="s">
         <v>168</v>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -15982,51 +15982,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H59" s="2">
-        <v>121</v>
+        <v>124</v>
       </c>
     </row>
     <row r="60" spans="1:8" customHeight="1" ht="150">
       <c r="A60" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C60" s="2"/>
       <c r="D60" s="2" t="s">
         <v>171</v>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -16097,51 +16097,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H60" s="2">
-        <v>197</v>
+        <v>203</v>
       </c>
     </row>
     <row r="61" spans="1:8" customHeight="1" ht="150">
       <c r="A61" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C61" s="2"/>
       <c r="D61" s="2" t="s">
         <v>174</v>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -16176,51 +16176,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H61" s="2">
-        <v>60</v>
+        <v>63</v>
       </c>
     </row>
     <row r="62" spans="1:8" customHeight="1" ht="150">
       <c r="A62" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C62" s="2"/>
       <c r="D62" s="2" t="s">
         <v>177</v>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -16291,51 +16291,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H62" s="2">
-        <v>188</v>
+        <v>193</v>
       </c>
     </row>
     <row r="63" spans="1:8" customHeight="1" ht="150">
       <c r="A63" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C63" s="2"/>
       <c r="D63" s="2" t="s">
         <v>180</v>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -16406,51 +16406,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H63" s="2">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:8" customHeight="1" ht="150">
       <c r="A64" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C64" s="2"/>
       <c r="D64" s="2" t="s">
         <v>183</v>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -16521,51 +16521,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H64" s="2">
-        <v>197</v>
+        <v>203</v>
       </c>
     </row>
     <row r="65" spans="1:8" customHeight="1" ht="150">
       <c r="A65" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C65" s="2"/>
       <c r="D65" s="2" t="s">
         <v>185</v>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -16636,51 +16636,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H65" s="2">
-        <v>88</v>
+        <v>91</v>
       </c>
     </row>
     <row r="66" spans="1:8" customHeight="1" ht="150">
       <c r="A66" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C66" s="2"/>
       <c r="D66" s="2" t="s">
         <v>188</v>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -16751,51 +16751,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H66" s="2">
-        <v>228</v>
+        <v>234</v>
       </c>
     </row>
     <row r="67" spans="1:8" customHeight="1" ht="150">
       <c r="A67" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C67" s="2"/>
       <c r="D67" s="2" t="s">
         <v>190</v>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -16830,51 +16830,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H67" s="2">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="68" spans="1:8" customHeight="1" ht="150">
       <c r="A68" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C68" s="2"/>
       <c r="D68" s="2" t="s">
         <v>193</v>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -16945,51 +16945,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H68" s="2">
-        <v>149</v>
+        <v>153</v>
       </c>
     </row>
     <row r="69" spans="1:8" customHeight="1" ht="150">
       <c r="A69" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C69" s="2"/>
       <c r="D69" s="2" t="s">
         <v>196</v>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -17060,51 +17060,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H69" s="2">
-        <v>143</v>
+        <v>147</v>
       </c>
     </row>
     <row r="70" spans="1:8" customHeight="1" ht="150">
       <c r="A70" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C70" s="2"/>
       <c r="D70" s="2" t="s">
         <v>199</v>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -17175,51 +17175,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H70" s="2">
-        <v>149</v>
+        <v>153</v>
       </c>
     </row>
     <row r="71" spans="1:8" customHeight="1" ht="150">
       <c r="A71" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C71" s="2"/>
       <c r="D71" s="2" t="s">
         <v>202</v>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -17254,51 +17254,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H71" s="2">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="72" spans="1:8" customHeight="1" ht="150">
       <c r="A72" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C72" s="2"/>
       <c r="D72" s="2" t="s">
         <v>204</v>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -17333,51 +17333,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12, 14</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H72" s="2">
-        <v>172</v>
+        <v>176</v>
       </c>
     </row>
     <row r="73" spans="1:8" customHeight="1" ht="150">
       <c r="A73" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C73" s="2"/>
       <c r="D73" s="2" t="s">
         <v>207</v>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -17448,51 +17448,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H73" s="2">
-        <v>251</v>
+        <v>258</v>
       </c>
     </row>
     <row r="74" spans="1:8" customHeight="1" ht="150">
       <c r="A74" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C74" s="2"/>
       <c r="D74" s="2" t="s">
         <v>210</v>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -17565,51 +17565,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H74" s="2">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="75" spans="1:8" customHeight="1" ht="150">
       <c r="A75" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C75" s="2"/>
       <c r="D75" s="2" t="s">
         <v>213</v>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -17680,51 +17680,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H75" s="2">
-        <v>268</v>
+        <v>275</v>
       </c>
     </row>
     <row r="76" spans="1:8" customHeight="1" ht="150">
       <c r="A76" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C76" s="2"/>
       <c r="D76" s="2" t="s">
         <v>216</v>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -17759,51 +17759,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10, 12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H76" s="2">
-        <v>130</v>
+        <v>133</v>
       </c>
     </row>
     <row r="77" spans="1:8" customHeight="1" ht="150">
       <c r="A77" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C77" s="2"/>
       <c r="D77" s="2" t="s">
         <v>219</v>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -17838,51 +17838,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H77" s="2">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="78" spans="1:8" customHeight="1" ht="150">
       <c r="A78" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C78" s="2"/>
       <c r="D78" s="2" t="s">
         <v>222</v>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -17917,51 +17917,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H78" s="2">
-        <v>91</v>
+        <v>94</v>
       </c>
     </row>
     <row r="79" spans="1:8" customHeight="1" ht="150">
       <c r="A79" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C79" s="2"/>
       <c r="D79" s="2" t="s">
         <v>224</v>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -18111,51 +18111,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H80" s="2">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="81" spans="1:8" customHeight="1" ht="150">
       <c r="A81" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C81" s="2"/>
       <c r="D81" s="2" t="s">
         <v>229</v>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -18228,51 +18228,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H81" s="2">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="82" spans="1:8" customHeight="1" ht="150">
       <c r="A82" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C82" s="2"/>
       <c r="D82" s="2" t="s">
         <v>231</v>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -18343,51 +18343,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H82" s="2">
-        <v>263</v>
+        <v>270</v>
       </c>
     </row>
     <row r="83" spans="1:8" customHeight="1" ht="150">
       <c r="A83" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C83" s="2"/>
       <c r="D83" s="2" t="s">
         <v>234</v>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -18458,51 +18458,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H83" s="2">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="84" spans="1:8" customHeight="1" ht="150">
       <c r="A84" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C84" s="2"/>
       <c r="D84" s="2" t="s">
         <v>236</v>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -18573,51 +18573,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H84" s="2">
-        <v>179</v>
+        <v>184</v>
       </c>
     </row>
     <row r="85" spans="1:8" customHeight="1" ht="150">
       <c r="A85" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C85" s="2"/>
       <c r="D85" s="2" t="s">
         <v>239</v>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -18652,51 +18652,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">14, 16</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H85" s="2">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="86" spans="1:8" customHeight="1" ht="150">
       <c r="A86" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C86" s="2"/>
       <c r="D86" s="2" t="s">
         <v>242</v>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -18767,51 +18767,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H86" s="2">
-        <v>263</v>
+        <v>270</v>
       </c>
     </row>
     <row r="87" spans="1:8" customHeight="1" ht="150">
       <c r="A87" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C87" s="2"/>
       <c r="D87" s="2" t="s">
         <v>245</v>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -18884,51 +18884,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H87" s="2">
-        <v>263</v>
+        <v>270</v>
       </c>
     </row>
     <row r="88" spans="1:8" customHeight="1" ht="150">
       <c r="A88" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C88" s="2"/>
       <c r="D88" s="2" t="s">
         <v>247</v>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -18963,51 +18963,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8, 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H88" s="2">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="89" spans="1:8" customHeight="1" ht="150">
       <c r="A89" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C89" s="2"/>
       <c r="D89" s="2" t="s">
         <v>250</v>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -19042,51 +19042,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H89" s="2">
-        <v>109</v>
+        <v>111</v>
       </c>
     </row>
     <row r="90" spans="1:8" customHeight="1" ht="150">
       <c r="A90" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C90" s="2"/>
       <c r="D90" s="2" t="s">
         <v>253</v>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -19121,51 +19121,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H90" s="2">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="91" spans="1:8" customHeight="1" ht="150">
       <c r="A91" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C91" s="2"/>
       <c r="D91" s="2" t="s">
         <v>256</v>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -19200,51 +19200,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H91" s="2">
-        <v>148</v>
+        <v>152</v>
       </c>
     </row>
     <row r="92" spans="1:8" customHeight="1" ht="150">
       <c r="A92" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C92" s="2"/>
       <c r="D92" s="2" t="s">
         <v>258</v>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -19279,51 +19279,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H92" s="2">
-        <v>123</v>
+        <v>126</v>
       </c>
     </row>
     <row r="93" spans="1:8" customHeight="1" ht="150">
       <c r="A93" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C93" s="2"/>
       <c r="D93" s="2" t="s">
         <v>260</v>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -19358,51 +19358,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H93" s="2">
-        <v>131</v>
+        <v>135</v>
       </c>
     </row>
     <row r="94" spans="1:8" customHeight="1" ht="150">
       <c r="A94" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C94" s="2"/>
       <c r="D94" s="2" t="s">
         <v>262</v>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -19437,51 +19437,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4, 6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H94" s="2">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="95" spans="1:8" customHeight="1" ht="150">
       <c r="A95" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C95" s="2"/>
       <c r="D95" s="2" t="s">
         <v>265</v>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -19552,51 +19552,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H95" s="2">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>