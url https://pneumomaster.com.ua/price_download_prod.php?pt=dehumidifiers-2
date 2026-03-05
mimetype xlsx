--- v0 (2025-11-04)
+++ v1 (2026-03-05)
@@ -37,133 +37,133 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 04.11.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 05.03.2026р.</t>
   </si>
   <si>
     <t>Prebena</t>
   </si>
   <si>
     <t>Компресорні Осушувачі</t>
   </si>
   <si>
-    <t>O-DKT700</t>
+    <t>O-DKT1400</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Осушувач повітря холодильного типу Prebena DKT-700</t>
+      <t xml:space="preserve">Осушувач повітря холодильного типу Prebena DKT-1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: забезпечує більш якісну роботу інструментів, подаючи саме сухе та чисте повітря, використовуючи метод охолодження до температури випадання конденсату.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Кондиціонер: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">до 700 л/хв</t>
+      <t xml:space="preserve">до 1400 л/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19 кг</t>
+      <t xml:space="preserve">29 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розміри: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">320х344х390 мм</t>
+      <t xml:space="preserve">419х368х575 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -605,122 +605,122 @@
       </c>
     </row>
     <row r="2" spans="1:8" customHeight="1" ht="150">
       <c r="A2" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="2"/>
       <c r="D2" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Осушувач повітря холодильного типу Prebena DKT-700</t>
+            <t xml:space="preserve">Осушувач повітря холодильного типу Prebena DKT-1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: забезпечує більш якісну роботу інструментів, подаючи саме сухе та чисте повітря, використовуючи метод охолодження до температури випадання конденсату.</t>
           </r>
         </is>
       </c>
       <c r="F2" s="2"/>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Кондиціонер: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 700 л/хв</t>
+            <t xml:space="preserve">до 1400 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19 кг</t>
+            <t xml:space="preserve">29 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">320х344х390 мм</t>
+            <t xml:space="preserve">419х368х575 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>62048</v>
+        <v>77085</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>