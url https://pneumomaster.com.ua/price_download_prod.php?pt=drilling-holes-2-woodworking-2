--- v0 (2025-10-18)
+++ v1 (2026-01-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 18.10.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 21.01.2026р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Пневмодрилі</t>
   </si>
   <si>
     <t>Пістолетного типу</t>
   </si>
   <si>
     <t>SA-A39PD</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-A39PD</t>
@@ -1385,50 +1385,274 @@
       <t xml:space="preserve">1,0 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
+    <t>SA61131</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA61131</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: дриль пістолетного типу SA61131, з патроном під ключ 1/4", має гумову ручку, ергономічний корпус для зручної роботи.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Деревообробка, Механозбірка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Свердління та обробка отворів</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">113 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">21 000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип патрона: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Під ключ</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір патрона: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,35 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Реверс: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Немає</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Корпус: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Металевий</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,84 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">160 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
     <t>Прямий</t>
   </si>
   <si>
     <t>SA61108</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Дриль пневматичний прямий Air Pro SA61108</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: дриль прямий, з патроном під ключ 10 мм, проста і надійна конструкція для збиральних ліній.</t>
     </r>
@@ -1902,134 +2126,50 @@
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">0,5 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>Шланги ПУ спіральні</t>
-  </si>
-[...82 lines deleted...]
-    </r>
   </si>
   <si>
     <t>UB651090</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Шланг поліуретановий спіральний Air Pro UB651090 (6,5х10х9 м)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Внутрішній діаметр: 6,5 мм
 Зовнішній діаметр: 10 мм
 Довжина (в розтягнутому стані): 9 м
@@ -2152,51 +2292,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a39pd-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a39pd-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a62pd-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6102_01-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6102-kl_01-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa61108-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58dpn-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/air-prepare_blok-pidgotovku_frl834_1-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zednuvalni_spiralni_ub508060-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zednuvalni_spiralni_ub508060-150x15010.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a39pd-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a39pd-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a62pd-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6102_01-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6102-kl_01-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa61131-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa61108-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58dpn-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/air-prepare_blok-pidgotovku_frl834_1-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zednuvalni_spiralni_ub508060-150x15010.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3092,51 +3232,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">142 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>7888</v>
+        <v>7939</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -3389,51 +3529,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">154 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>8872</v>
+        <v>8930</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -3668,51 +3808,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>8921</v>
+        <v>8979</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -3947,51 +4087,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>2760</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -4226,725 +4366,867 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>3102</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" s="2" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний прямий Air Pro SA61108</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA61131</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль прямий, з патроном під ключ 10 мм, проста і надійна конструкція для збиральних ліній.</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу SA61131, з патроном під ключ 1/4", має гумову ручку, ергономічний корпус для зручної роботи.</t>
           </r>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Деревообробка, Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">113 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2200 об/хв</t>
+            <t xml:space="preserve">21 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Під ключ</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 мм</t>
+            <t xml:space="preserve">6,35 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Є</t>
+            <t xml:space="preserve">Немає</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металевий</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,84 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">160 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>5687</v>
+        <v>10260</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль-шуруповерт пневматичний пістолетного типу Air Pro SA-A48DPN</t>
+            <t xml:space="preserve">Дриль пневматичний прямий Air Pro SA61108</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль-шуруповерт пістолетного типу, з швидкозажимним патроном 10 мм, може працювати як шуруповерт завдяки наявності муфти, потужний, ергономічний та тихий, зручний для роботи лівою і правою рукою, має точне регулювання крутного моменту, без вібрації.</t>
+            <t xml:space="preserve">Особливості: дриль прямий, з патроном під ключ 10 мм, проста і надійна конструкція для збиральних ліній.</t>
           </r>
         </is>
       </c>
       <c r="F8" s="2"/>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Деревообробка, Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Витрата повітря: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1700 об/хв</t>
+            <t xml:space="preserve">2200 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Швидкозатискний</t>
+            <t xml:space="preserve">Під ключ</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Крутний момент: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...34 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>11090</v>
+        <v>8400</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" s="2" t="s">
         <v>33</v>
-      </c>
-[...2 lines deleted...]
-        <v>34</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Блок підготовки повітря 1/2&amp;#8243; Air Pro FRL834</t>
+            <t xml:space="preserve">Дриль-шуруповерт пневматичний пістолетного типу Air Pro SA-A48DPN</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: блок підготовки повітря FRL834 з різьбою 1/2" призначений для фільтрації частинок середньої величини, оснащений редуктором, передбачена можливість зливу конденсату.</t>
+            <t xml:space="preserve">Особливості: дриль-шуруповерт пістолетного типу, з швидкозажимним патроном 10 мм, може працювати як шуруповерт завдяки наявності муфти, потужний, ергономічний та тихий, зручний для роботи лівою і правою рукою, має точне регулювання крутного моменту, без вібрації.</t>
           </r>
         </is>
       </c>
       <c r="F9" s="2"/>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Діаметр різьби: </t>
-[...29 lines deleted...]
-            <t xml:space="preserve">1.2</t>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Деревообробка, Механозбірка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2500 л/хв</t>
-[...53 lines deleted...]
-            <t xml:space="preserve">5</t>
+            <t xml:space="preserve">550 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1700 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип патрона: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Швидкозатискний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір патрона: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Крутний момент: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,0-5,5 Нм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Крутний момент, Нм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">менше 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Реверс: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,5 кг</t>
+            <t xml:space="preserve">1,05 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>3561</v>
+        <v>11162</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C10" s="2"/>
       <c r="D10" s="2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шланг поліуретановий спіральний Air Pro UB6510150 (6,5х10х15 м)</t>
+            <t xml:space="preserve">Блок підготовки повітря 1/2&amp;#8243; Air Pro FRL834</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Внутрішній діаметр: 6,5 мм
-[...3 lines deleted...]
-Приєднувальна різьба (повітря): М1/4"</t>
+            <t xml:space="preserve">Особливості: блок підготовки повітря FRL834 з різьбою 1/2" призначений для фільтрації частинок середньої величини, оснащений редуктором, передбачена можливість зливу конденсату.</t>
           </r>
         </is>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Внутрішній діаметр, мм: </t>
-[...47 lines deleted...]
-            <t xml:space="preserve">15</t>
+            <t xml:space="preserve">Діаметр різьби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/2"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр різьби, дюйми: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2500 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Пропускна спроможність, л/м: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2001 - 3000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Рівень фільтрації: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 5 мікрон</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ступінь очищення, мк: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,5 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>1442</v>
+        <v>3584</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шланг поліуретановий спіральний Air Pro UB651090 (6,5х10х9 м)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Внутрішній діаметр: 6,5 мм
@@ -4993,51 +5275,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Длина, м: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">9</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>1106</v>
+        <v>1113</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>