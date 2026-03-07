--- v1 (2026-01-21)
+++ v2 (2026-03-07)
@@ -14,74 +14,74 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="webp" ContentType="image/webp"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 21.01.2026р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 07.03.2026р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Пневмодрилі</t>
   </si>
   <si>
     <t>Пістолетного типу</t>
   </si>
   <si>
     <t>SA-A39PD</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-A39PD</t>
@@ -1385,71 +1385,74 @@
       <t xml:space="preserve">1,0 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
+    <t>Пневматичні дрилі</t>
+  </si>
+  <si>
     <t>SA61131</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA61131</t>
+      <t xml:space="preserve">Дриль пневматичний пістолетного типу для авіабудування Air Pro SA61131</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Особливості: дриль пістолетного типу SA61131, з патроном під ключ 1/4", має гумову ручку, ергономічний корпус для зручної роботи.</t>
+      <t xml:space="preserve">Особливості: дриль пістолетного типу для авіаційних робіт SA61131, з патроном під ключ 1/4", має гумову ручку, ергономічний корпус для зручної роботи.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Сфера промисловості: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Деревообробка, Механозбірка</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип задачі: </t>
     </r>
     <r>
@@ -3232,51 +3235,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">142 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>7939</v>
+        <v>8197</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -3529,51 +3532,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">154 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>8930</v>
+        <v>9221</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -3808,51 +3811,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>8979</v>
+        <v>9271</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -4087,51 +4090,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>2777</v>
+        <v>3301</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -4366,86 +4369,86 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>3122</v>
+        <v>3224</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA61131</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу для авіабудування Air Pro SA61131</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль пістолетного типу SA61131, з патроном під ключ 1/4", має гумову ручку, ергономічний корпус для зручної роботи.</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу для авіаційних робіт SA61131, з патроном під ключ 1/4", має гумову ручку, ергономічний корпус для зручної роботи.</t>
           </r>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Деревообробка, Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -4609,65 +4612,65 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">160 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>10260</v>
+        <v>10594</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Дриль пневматичний прямий Air Pro SA61108</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: дриль прямий, з патроном під ключ 10 мм, проста і надійна конструкція для збиральних ліній.</t>
           </r>
         </is>
       </c>
       <c r="F8" s="2"/>
@@ -4776,51 +4779,51 @@
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
         <v>8400</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Дриль-шуруповерт пневматичний пістолетного типу Air Pro SA-A48DPN</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: дриль-шуруповерт пістолетного типу, з швидкозажимним патроном 10 мм, може працювати як шуруповерт завдяки наявності муфти, потужний, ергономічний та тихий, зручний для роботи лівою і правою рукою, має точне регулювання крутного моменту, без вібрації.</t>
           </r>
         </is>
       </c>
       <c r="F9" s="2"/>
@@ -5005,63 +5008,63 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>11162</v>
+        <v>11526</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C10" s="2"/>
       <c r="D10" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Блок підготовки повітря 1/2&amp;#8243; Air Pro FRL834</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: блок підготовки повітря FRL834 з різьбою 1/2" призначений для фільтрації частинок середньої величини, оснащений редуктором, передбачена можливість зливу конденсату.</t>
           </r>
         </is>
       </c>
       <c r="F10" s="2"/>
@@ -5174,63 +5177,63 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,5 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>3584</v>
+        <v>3701</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шланг поліуретановий спіральний Air Pro UB651090 (6,5х10х9 м)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Внутрішній діаметр: 6,5 мм
 Зовнішній діаметр: 10 мм
 Довжина (в розтягнутому стані): 9 м
 Робочий тиск: 10 бар
 Приєднувальна різьба (повітря): М1/4"</t>
@@ -5275,51 +5278,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Длина, м: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">9</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>1113</v>
+        <v>1149</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>