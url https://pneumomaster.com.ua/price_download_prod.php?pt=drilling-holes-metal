--- v0 (2025-11-04)
+++ v1 (2025-12-31)
@@ -15,74 +15,74 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="webp" ContentType="image/webp"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 04.11.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 31.12.2025р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Пневмодрилі</t>
   </si>
   <si>
     <t>Кутовий</t>
   </si>
   <si>
     <t>SA6105</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Дриль пневматичний кутовий Air Pro SA6105</t>
@@ -1495,50 +1495,292 @@
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1,0 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1.0 - 2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA6169</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA6169</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: дриль пістолетного типу, з патроном під ключ 16 мм, має регулювання зусилля, індустріальне виконання, є потужним двохручним інструментом.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">452 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1100 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип патрона: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Під ключ</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір патрона: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">16 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Крутний момент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">20 Нм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Крутний момент, Нм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 - 20</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Реверс: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Є</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,5 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Корпус: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Металевий</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">5,86 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">5.1 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">305 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>SA6102KL</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA6102KL</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
@@ -4539,51 +4781,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sa6105-150x1501.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa61169_01-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58dpn-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58dpn-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-8705p_01-15.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa61108-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58ldn-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6102-kl_01-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6102_01-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a48pd-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a62pd-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58pd-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a39pd-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a39pd-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5277d_0115.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6133-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58ldn-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-r26pd-150x15018.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6100b-150x15019.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sa6105-150x1501.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa61169_01-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58dpn-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58dpn-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-8705p_01-15.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa61108-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58ldn-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6169-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6102-kl_01-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6102_01-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a48pd-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a62pd-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58pd-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a39pd-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a39pd-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5277d_0116.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6133-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58ldn-150x15018.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-r26pd-150x15019.webp"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6100b-150x15020.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -5114,50 +5356,80 @@
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -5411,54 +5683,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H20"/>
+  <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H20" sqref="H20"/>
+      <selection activeCell="H21" sqref="H21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -5695,51 +5967,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">210 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>4743</v>
+        <v>4774</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -5830,51 +6102,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>17472</v>
+        <v>17585</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -6091,51 +6363,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>12170</v>
+        <v>12248</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -6334,51 +6606,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>11090</v>
+        <v>11162</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -6613,51 +6885,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>4608</v>
+        <v>4637</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -6766,51 +7038,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>5687</v>
+        <v>8400</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -7027,365 +7299,347 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>11536</v>
+        <v>11610</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA6102KL</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA6169</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 10 мм, має гумову ручку, придатний до навантажень і несприятливих умов роботи.</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу, з патроном під ключ 16 мм, має регулювання зусилля, індустріальне виконання, є потужним двохручним інструментом.</t>
           </r>
         </is>
       </c>
       <c r="F9" s="2"/>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">230 л/хв</t>
+            <t xml:space="preserve">452 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1800 об/хв</t>
+            <t xml:space="preserve">1100 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Швидкозатискний</t>
+            <t xml:space="preserve">Під ключ</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 мм</t>
+            <t xml:space="preserve">16 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9 Нм</t>
+            <t xml:space="preserve">20 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">менше 10</t>
+            <t xml:space="preserve">10 - 20</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,3 бар</t>
+            <t xml:space="preserve">6,5 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Корпус: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Металевий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 кг</t>
+            <t xml:space="preserve">5,86 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0 - 2.0</t>
+            <t xml:space="preserve">5.1 і більше</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">305 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>3102</v>
+        <v>33167</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>38</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA6102</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA6102KL</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль пістолетного типу, з патроном під ключ 10 мм, має гумову ручку, придатний до навантажень і несприятливих умов роботи.</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 10 мм, має гумову ручку, придатний до навантажень і несприятливих умов роботи.</t>
           </r>
         </is>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Деревообробка, Металообробка, Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -7397,87 +7651,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">113 л/хв</t>
+            <t xml:space="preserve">230 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1800 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Під ключ</t>
+            <t xml:space="preserve">Швидкозатискний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
@@ -7523,708 +7777,708 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,5 бар</t>
+            <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Корпус: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Металевий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,1 кг</t>
+            <t xml:space="preserve">1,0 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>2760</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-R48PD</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA6102</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 10 мм, має невеликий розмір, безшумний, легкий та зручний, застосовується при виготовленні металопластикових конструкцій.</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу, з патроном під ключ 10 мм, має гумову ручку, придатний до навантажень і несприятливих умов роботи.</t>
           </r>
         </is>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Металообробка, Механозбірка</t>
+            <t xml:space="preserve">Деревообробка, Металообробка, Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">250 л/хв</t>
+            <t xml:space="preserve">113 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1700 об/хв</t>
+            <t xml:space="preserve">1800 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Швидкозатискний</t>
+            <t xml:space="preserve">Під ключ</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7 Нм</t>
+            <t xml:space="preserve">9 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,5 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Корпус: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Композитний</t>
+            <t xml:space="preserve">Металевий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,9 кг</t>
+            <t xml:space="preserve">1,1 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 1.0</t>
+            <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>8797</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>44</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-A62PD</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-R48PD</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 13 мм, обладнаний інноваційним потужним 7-лопастевим пневмодвигуном, має корпус з ударотривкого пластику, легкий та тихий в роботі, зручний для роботи лівою і правою рукою, без вібрації.</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 10 мм, має невеликий розмір, безшумний, легкий та зручний, застосовується при виготовленні металопластикових конструкцій.</t>
           </r>
         </is>
       </c>
       <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Деревообробка, Механозбірка</t>
+            <t xml:space="preserve">Металообробка, Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">550 л/хв</t>
+            <t xml:space="preserve">250 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">750 об/хв</t>
+            <t xml:space="preserve">1700 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Швидкозатискний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13 мм</t>
+            <t xml:space="preserve">10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13 Нм</t>
+            <t xml:space="preserve">7 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 - 20</t>
+            <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Робочий тиск: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Корпус: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Композитний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,92 кг</t>
+            <t xml:space="preserve">0,9 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H12" s="2">
-        <v>8921</v>
+        <v>8854</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="150">
       <c r="A13" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>47</v>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-A58PD</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-A62PD</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 10 мм, обладнаний інноваційним потужним 7-лопастевим пневмодвигуном, має корпус з ударотривкого пластику, легкий та тихий в роботі, зручний для роботи лівою і правою рукою, без вібрації.</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 13 мм, обладнаний інноваційним потужним 7-лопастевим пневмодвигуном, має корпус з ударотривкого пластику, легкий та тихий в роботі, зручний для роботи лівою і правою рукою, без вібрації.</t>
           </r>
         </is>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Механозбірка</t>
+            <t xml:space="preserve">Деревообробка, Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
@@ -8270,51 +8524,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Швидкозатискний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 мм</t>
+            <t xml:space="preserve">13 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">13 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
@@ -8404,106 +8658,106 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H13" s="2">
-        <v>5177</v>
+        <v>8979</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-A48PD</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-A58PD</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 10 мм, обладнаний інноваційним потужним 7-лопастевим пневмодвигуном, має корпус з ударотривкого пластику, легкий та тихий в роботі, зручний для роботи лівою і правою рукою, без вібрації.</t>
           </r>
         </is>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Деревообробка, Механозбірка</t>
+            <t xml:space="preserve">Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
@@ -8513,51 +8767,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">550 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1700 об/хв</t>
+            <t xml:space="preserve">750 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Швидкозатискний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
@@ -8567,220 +8821,202 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7 Нм</t>
+            <t xml:space="preserve">13 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">менше 10</t>
+            <t xml:space="preserve">10 - 20</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Рівень шуму: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">76 Дб</t>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Композитний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,92 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...16 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H14" s="2">
-        <v>8872</v>
+        <v>5210</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="150">
       <c r="A15" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>53</v>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-A39PD</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-A48PD</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 10 мм, обладнаний інноваційним потужним 7-лопастевим пневмодвигуном, має корпус з ударотривкого пластику, легкий та тихий в роботі, компактний та ергономічний, зручний для роботи лівою і правою рукою, без вібрації</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 10 мм, обладнаний інноваційним потужним 7-лопастевим пневмодвигуном, має корпус з ударотривкого пластику, легкий та тихий в роботі, зручний для роботи лівою і правою рукою, без вібрації.</t>
           </r>
         </is>
       </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Деревообробка, Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -8792,69 +9028,69 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">280 л/хв</t>
+            <t xml:space="preserve">550 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1600 об/хв</t>
+            <t xml:space="preserve">1700 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Швидкозатискний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
@@ -8864,51 +9100,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5 Нм</t>
+            <t xml:space="preserve">7 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
@@ -8918,616 +9154,688 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,3 бар</t>
+            <t xml:space="preserve">6,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Рівень шуму: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">72 Дб</t>
+            <t xml:space="preserve">76 Дб</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,58 кг</t>
+            <t xml:space="preserve">0,92 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">142 мм</t>
+            <t xml:space="preserve">154 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H15" s="2">
-        <v>7888</v>
+        <v>8930</v>
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="150">
       <c r="A16" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>56</v>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний кутовий міні Air Pro SA5277D</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-A39PD</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: міні дриль кутовий SA5277D, без патрона, має надійну конструкцію, для важкодоступних місць, легкий.</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 10 мм, обладнаний інноваційним потужним 7-лопастевим пневмодвигуном, має корпус з ударотривкого пластику, легкий та тихий в роботі, компактний та ергономічний, зручний для роботи лівою і правою рукою, без вібрації</t>
           </r>
         </is>
       </c>
       <c r="F16" s="2"/>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Механозбірка</t>
+            <t xml:space="preserve">Деревообробка, Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">280 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20 000 об/хв</t>
+            <t xml:space="preserve">1600 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип патрона: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Швидкозатискний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір патрона: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Крутний момент: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">5 Нм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Крутний момент, Нм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Немає</t>
+            <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,2 бар</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">1/4"</t>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Рівень шуму: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">72 Дб</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,54 кг</t>
+            <t xml:space="preserve">0,58 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">90 мм</t>
+            <t xml:space="preserve">142 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H16" s="2">
-        <v>4265</v>
+        <v>7939</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="150">
       <c r="A17" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний кутовий Air Pro SA6133</t>
+            <t xml:space="preserve">Дриль пневматичний кутовий міні Air Pro SA5277D</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: SA6133 дриль кутовий 90° зі спеціальним різьбовим патроном 14"-28UNF призначений для механоскладальних робіт в авіа- та автомобілебудівництві.</t>
+            <t xml:space="preserve">Особливості: міні дриль кутовий SA5277D, без патрона, має надійну конструкцію, для важкодоступних місць, легкий.</t>
           </r>
         </is>
       </c>
       <c r="F17" s="2"/>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Витрата повітря: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">113 л/хв</t>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">20 000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Реверс: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Немає</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,2 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">298 Вт</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,54 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">254 мм</t>
-[...107 lines deleted...]
-            <t xml:space="preserve">до 1.0</t>
+            <t xml:space="preserve">90 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H17" s="2">
-        <v>16432</v>
+        <v>4293</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="150">
       <c r="A18" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль-шуруповерт пневматичний прямий Air Pro SA-A58LDN</t>
+            <t xml:space="preserve">Дриль пневматичний кутовий Air Pro SA6133</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль-шуруповерт прямий, з швидкозажимний патроном 10 мм, може працювати як шуруповерт завдяки наявності муфти, потужний, ергономічний та тихий, зручний для конвейєрного збирання, без вібрації.</t>
+            <t xml:space="preserve">Особливості: SA6133 дриль кутовий 90° зі спеціальним різьбовим патроном 14"-28UNF призначений для механоскладальних робіт в авіа- та автомобілебудівництві.</t>
           </r>
         </is>
       </c>
       <c r="F18" s="2"/>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -9539,514 +9847,739 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">550 л/хв</t>
+            <t xml:space="preserve">113 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">254 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">750 об/хв</t>
-[...71 lines deleted...]
-            <t xml:space="preserve">менше 10</t>
+            <t xml:space="preserve">2800 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Немає</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,5 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,3 кВт</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 кг</t>
+            <t xml:space="preserve">0,8 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0 - 2.0</t>
+            <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H18" s="2">
-        <v>10491</v>
+        <v>16538</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="150">
       <c r="A19" s="2" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C19" s="2"/>
+      <c r="C19" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="D19" s="2" t="s">
         <v>65</v>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний пістолетного типу VGL SA-R26PD</t>
+            <t xml:space="preserve">Дриль-шуруповерт пневматичний прямий Air Pro SA-A58LDN</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль пістолетного типу, з патроном під ключ 6,5 мм, малогабаритний, безшумний, легкий та зручний, використовується у виробництві металопластикових конструкцій, де потрібно засверлювати велику кількість малих отворів розміром 4-6 мм.</t>
+            <t xml:space="preserve">Особливості: дриль-шуруповерт прямий, з швидкозажимний патроном 10 мм, може працювати як шуруповерт завдяки наявності муфти, потужний, ергономічний та тихий, зручний для конвейєрного збирання, без вібрації.</t>
           </r>
         </is>
       </c>
       <c r="F19" s="2"/>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Металообробка, Механозбірка</t>
+            <t xml:space="preserve">Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">210 л/хв</t>
+            <t xml:space="preserve">550 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2900 об/хв</t>
+            <t xml:space="preserve">750 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Під ключ</t>
+            <t xml:space="preserve">Швидкозатискний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,5 мм</t>
+            <t xml:space="preserve">10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,5 Нм</t>
+            <t xml:space="preserve">0,9-9,0 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Є</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Композитний</t>
+            <t xml:space="preserve">Немає</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,9 кг</t>
+            <t xml:space="preserve">1,0 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 1.0</t>
+            <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H19" s="2">
-        <v>8212</v>
+        <v>10558</v>
       </c>
     </row>
     <row r="20" spans="1:8" customHeight="1" ht="150">
       <c r="A20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="2"/>
       <c r="D20" s="2" t="s">
         <v>68</v>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний пістолетного типу VGL SA6100B</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу VGL SA-R26PD</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль пістолетного типу, з патроном під ключ 6 мм, має ручку покриту силіконовим пластиком, високооборотний і компактний, безреверсний.</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу, з патроном під ключ 6,5 мм, малогабаритний, безшумний, легкий та зручний, використовується у виробництві металопластикових конструкцій, де потрібно засверлювати велику кількість малих отворів розміром 4-6 мм.</t>
           </r>
         </is>
       </c>
       <c r="F20" s="2"/>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">Металообробка, Механозбірка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Свердління та обробка отворів</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">210 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2900 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип патрона: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Під ключ</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір патрона: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Крутний момент: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3,5 Нм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Крутний момент, Нм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">менше 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Реверс: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Є</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Композитний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,9 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H20" s="2">
+        <v>8265</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" customHeight="1" ht="150">
+      <c r="A21" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" s="2"/>
+      <c r="D21" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="E21" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу VGL SA6100B</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу, з патроном під ключ 6 мм, має ручку покриту силіконовим пластиком, високооборотний і компактний, безреверсний.</t>
+          </r>
+        </is>
+      </c>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
@@ -10208,52 +10741,52 @@
             <t xml:space="preserve">0,7 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H20" s="2">
-        <v>4680</v>
+      <c r="H21" s="2">
+        <v>4710</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>