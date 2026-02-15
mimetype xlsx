--- v1 (2025-12-31)
+++ v2 (2026-02-15)
@@ -1,323 +1,98 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="webp" ContentType="image/webp"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 31.12.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 15.02.2026р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Пневмодрилі</t>
   </si>
   <si>
     <t>Кутовий</t>
   </si>
   <si>
-    <t>SA6105</t>
-[...222 lines deleted...]
-  <si>
     <t>SA61169</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Дриль пневматичний кутовий Air Pro SA61169</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: 360° кутовий пневмодриль SA61169 без цанги з різьбою 9/32"-40 UNF призначений для механоскладальних робіт в авіа- та автомобілебудівництві.</t>
     </r>
   </si>
   <si>
     <r>
@@ -384,50 +159,256 @@
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">0,99 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA5277D</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Дриль пневматичний кутовий міні Air Pro SA5277D</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: міні дриль кутовий SA5277D, без патрона, має надійну конструкцію, для важкодоступних місць, легкий.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Механозбірка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Свердління та обробка отворів</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">20 000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Реверс: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Немає</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,2 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">298 Вт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,54 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">90 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>Пістолетного типу</t>
   </si>
   <si>
     <t>SA-A58DPN</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Дриль-шуруповерт пневматичний пістолетного типу Air Pro SA-A58DPN</t>
     </r>
     <r>
@@ -1501,286 +1482,495 @@
       <t xml:space="preserve">1,0 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>SA6169</t>
+    <t>Пневматичні дрилі</t>
   </si>
   <si>
-    <r>
-[...9 lines deleted...]
-      <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA6169</t>
+    <t>SA61131</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Дриль пневматичний пістолетного типу для авіабудування Air Pro SA61131</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Особливості: дриль пістолетного типу, з патроном під ключ 16 мм, має регулювання зусилля, індустріальне виконання, є потужним двохручним інструментом.</t>
+      <t xml:space="preserve">Особливості: дриль пістолетного типу для авіаційних робіт SA61131, з патроном під ключ 1/4", має гумову ручку, ергономічний корпус для зручної роботи.</t>
     </r>
   </si>
   <si>
     <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Деревообробка, Механозбірка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Свердління та обробка отворів</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
       <t xml:space="preserve">Витрата повітря: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">452 л/хв</t>
+      <t xml:space="preserve">113 л/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Швидкість обертання: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1100 об/хв</t>
+      <t xml:space="preserve">21 000 об/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип патрона: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Під ключ</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розмір патрона: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16 мм</t>
+      <t xml:space="preserve">6,35 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Реверс: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Немає</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Корпус: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Металевий</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,84 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">160 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA-A58LDN</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Дриль-шуруповерт пневматичний прямий Air Pro SA-A58LDN</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: дриль-шуруповерт прямий, з швидкозажимний патроном 10 мм, може працювати як шуруповерт завдяки наявності муфти, потужний, ергономічний та тихий, зручний для конвейєрного збирання, без вібрації.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Механозбірка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Свердління та обробка отворів</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">550 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">750 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип патрона: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Швидкозатискний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір патрона: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Крутний момент: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20 Нм</t>
+      <t xml:space="preserve">0,9-9,0 Нм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Крутний момент, Нм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10 - 20</t>
+      <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Реверс: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Є</t>
-[...35 lines deleted...]
-      <t xml:space="preserve">Металевий</t>
+      <t xml:space="preserve">Немає</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5,86 кг</t>
+      <t xml:space="preserve">1,0 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.1 і більше</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">305 мм</t>
+      <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>SA6102KL</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA6102KL</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
@@ -3581,680 +3771,286 @@
       <t xml:space="preserve">до 1.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">142 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>SA5277D</t>
+    <t>SA6100B</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Дриль пневматичний кутовий міні Air Pro SA5277D</t>
+      <t xml:space="preserve">Дриль пневматичний пістолетного типу VGL SA6100B</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Особливості: міні дриль кутовий SA5277D, без патрона, має надійну конструкцію, для важкодоступних місць, легкий.</t>
+      <t xml:space="preserve">Особливості: дриль пістолетного типу, з патроном під ключ 6 мм, має ручку покриту силіконовим пластиком, високооборотний і компактний, безреверсний.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Сфера промисловості: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Механозбірка</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип задачі: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Свердління та обробка отворів</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">65,13 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
       <t xml:space="preserve">Швидкість обертання: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20 000 об/хв</t>
+      <t xml:space="preserve">5000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип патрона: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Під ключ</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір патрона: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Крутний момент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6 Нм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Крутний момент, Нм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Реверс: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Немає</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Робочий тиск: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6,2 бар</t>
-[...35 lines deleted...]
-      <t xml:space="preserve">1/4"</t>
+      <t xml:space="preserve">6,5 бар</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,54 кг</t>
+      <t xml:space="preserve">0,7 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">до 1.0</t>
-    </r>
-[...446 lines deleted...]
-      <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>SA-R26PD****************</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Дриль пневматичний пістолетного типу VGL SA-R26PD</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
@@ -4435,292 +4231,50 @@
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Композитний</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">0,9 кг</t>
-    </r>
-[...240 lines deleted...]
-      <t xml:space="preserve">0,7 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">до 1.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
 </sst>
 </file>
@@ -4781,51 +4335,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sa6105-150x1501.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa61169_01-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58dpn-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58dpn-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-8705p_01-15.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa61108-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58ldn-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6169-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6102-kl_01-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6102_01-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a48pd-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a62pd-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58pd-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a39pd-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a39pd-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5277d_0116.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6133-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58ldn-150x15018.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-r26pd-150x15019.webp"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6100b-150x15020.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa61169_01-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5277d_012.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58dpn-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58dpn-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-8705p_01-15.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa61108-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58ldn-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa61131-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58ldn-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6102-kl_01-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6102_01-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a48pd-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a62pd-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58pd-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a39pd-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a39pd-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6100b-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-r26pd-150x15018.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -5326,110 +4880,50 @@
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...58 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -5683,54 +5177,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H21"/>
+  <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H21" sqref="H21"/>
+      <selection activeCell="H19" sqref="H19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -5752,401 +5246,383 @@
     <row r="2" spans="1:8" customHeight="1" ht="150">
       <c r="A2" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний кутовий Air Pro SA6105</t>
+            <t xml:space="preserve">Дриль пневматичний кутовий Air Pro SA61169</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль кутовий, з патроном під ключ 10 мм, має надійну конструкцію, для важкодоступних місць.</t>
+            <t xml:space="preserve">Особливості: 360° кутовий пневмодриль SA61169 без цанги з різьбою 9/32"-40 UNF призначений для механоскладальних робіт в авіа- та автомобілебудівництві.</t>
           </r>
         </is>
       </c>
       <c r="F2" s="2"/>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Витрата повітря: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">113 л/хв</t>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металообробка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1800 об/хв</t>
-[...107 lines deleted...]
-            <t xml:space="preserve">85,7/98,7 Дб (тиск/потужність)</t>
+            <t xml:space="preserve">3200 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,1 кг</t>
+            <t xml:space="preserve">0,99 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0 - 2.0</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">210 мм</t>
+            <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>4774</v>
+        <v>18049</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний кутовий Air Pro SA61169</t>
+            <t xml:space="preserve">Дриль пневматичний кутовий міні Air Pro SA5277D</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: 360° кутовий пневмодриль SA61169 без цанги з різьбою 9/32"-40 UNF призначений для механоскладальних робіт в авіа- та автомобілебудівництві.</t>
+            <t xml:space="preserve">Особливості: міні дриль кутовий SA5277D, без патрона, має надійну конструкцію, для важкодоступних місць, легкий.</t>
           </r>
         </is>
       </c>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Металообробка</t>
+            <t xml:space="preserve">Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3200 об/хв</t>
+            <t xml:space="preserve">20 000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Реверс: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Немає</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,2 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">298 Вт</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,99 кг</t>
+            <t xml:space="preserve">0,54 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">90 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>17585</v>
+        <v>4508</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -6363,51 +5839,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>12248</v>
+        <v>12571</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -6606,51 +6082,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>11162</v>
+        <v>11457</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -6885,51 +6361,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>4637</v>
+        <v>4760</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -7299,421 +6775,403 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>11610</v>
+        <v>12177</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA6169</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу для авіабудування Air Pro SA61131</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль пістолетного типу, з патроном під ключ 16 мм, має регулювання зусилля, індустріальне виконання, є потужним двохручним інструментом.</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу для авіаційних робіт SA61131, з патроном під ключ 1/4", має гумову ручку, ергономічний корпус для зручної роботи.</t>
           </r>
         </is>
       </c>
       <c r="F9" s="2"/>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Деревообробка, Механозбірка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Свердління та обробка отворів</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">452 л/хв</t>
+            <t xml:space="preserve">113 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1100 об/хв</t>
+            <t xml:space="preserve">21 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Під ключ</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16 мм</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">10 - 20</t>
+            <t xml:space="preserve">6,35 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Є</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">6,5 бар</t>
+            <t xml:space="preserve">Немає</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Корпус: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Металевий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5,86 кг</t>
+            <t xml:space="preserve">0,84 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.1 і більше</t>
+            <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">305 мм</t>
+            <t xml:space="preserve">160 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>33167</v>
+        <v>10531</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA6102KL</t>
+            <t xml:space="preserve">Дриль-шуруповерт пневматичний прямий Air Pro SA-A58LDN</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 10 мм, має гумову ручку, придатний до навантажень і несприятливих умов роботи.</t>
+            <t xml:space="preserve">Особливості: дриль-шуруповерт прямий, з швидкозажимний патроном 10 мм, може працювати як шуруповерт завдяки наявності муфти, потужний, ергономічний та тихий, зручний для конвейєрного збирання, без вібрації.</t>
           </r>
         </is>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Деревообробка, Металообробка, Механозбірка</t>
+            <t xml:space="preserve">Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">230 л/хв</t>
+            <t xml:space="preserve">550 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1800 об/хв</t>
+            <t xml:space="preserve">750 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Швидкозатискний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
@@ -7723,202 +7181,166 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9 Нм</t>
+            <t xml:space="preserve">0,9-9,0 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Є</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">Металевий</t>
+            <t xml:space="preserve">Немає</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,0 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>3122</v>
+        <v>10837</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA6102</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA6102KL</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль пістолетного типу, з патроном під ключ 10 мм, має гумову ручку, придатний до навантажень і несприятливих умов роботи.</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 10 мм, має гумову ручку, придатний до навантажень і несприятливих умов роботи.</t>
           </r>
         </is>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Деревообробка, Металообробка, Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -7930,87 +7352,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">113 л/хв</t>
+            <t xml:space="preserve">230 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1800 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Під ключ</t>
+            <t xml:space="preserve">Швидкозатискний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
@@ -8056,708 +7478,708 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,5 бар</t>
+            <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Корпус: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Металевий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,1 кг</t>
+            <t xml:space="preserve">1,0 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>2777</v>
+        <v>3204</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-R48PD</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA6102</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 10 мм, має невеликий розмір, безшумний, легкий та зручний, застосовується при виготовленні металопластикових конструкцій.</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу, з патроном під ключ 10 мм, має гумову ручку, придатний до навантажень і несприятливих умов роботи.</t>
           </r>
         </is>
       </c>
       <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Металообробка, Механозбірка</t>
+            <t xml:space="preserve">Деревообробка, Металообробка, Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">250 л/хв</t>
+            <t xml:space="preserve">113 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1700 об/хв</t>
+            <t xml:space="preserve">1800 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Швидкозатискний</t>
+            <t xml:space="preserve">Під ключ</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7 Нм</t>
+            <t xml:space="preserve">9 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,5 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Корпус: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Композитний</t>
+            <t xml:space="preserve">Металевий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,9 кг</t>
+            <t xml:space="preserve">1,1 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 1.0</t>
+            <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H12" s="2">
-        <v>8854</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="150">
       <c r="A13" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-A62PD</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-R48PD</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 13 мм, обладнаний інноваційним потужним 7-лопастевим пневмодвигуном, має корпус з ударотривкого пластику, легкий та тихий в роботі, зручний для роботи лівою і правою рукою, без вібрації.</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 10 мм, має невеликий розмір, безшумний, легкий та зручний, застосовується при виготовленні металопластикових конструкцій.</t>
           </r>
         </is>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Деревообробка, Механозбірка</t>
+            <t xml:space="preserve">Металообробка, Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">550 л/хв</t>
+            <t xml:space="preserve">250 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">750 об/хв</t>
+            <t xml:space="preserve">1700 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Швидкозатискний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13 мм</t>
+            <t xml:space="preserve">10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13 Нм</t>
+            <t xml:space="preserve">7 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 - 20</t>
+            <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Робочий тиск: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Корпус: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Композитний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,92 кг</t>
+            <t xml:space="preserve">0,9 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H13" s="2">
-        <v>8979</v>
+        <v>9088</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-A58PD</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-A62PD</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 10 мм, обладнаний інноваційним потужним 7-лопастевим пневмодвигуном, має корпус з ударотривкого пластику, легкий та тихий в роботі, зручний для роботи лівою і правою рукою, без вібрації.</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 13 мм, обладнаний інноваційним потужним 7-лопастевим пневмодвигуном, має корпус з ударотривкого пластику, легкий та тихий в роботі, зручний для роботи лівою і правою рукою, без вібрації.</t>
           </r>
         </is>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Механозбірка</t>
+            <t xml:space="preserve">Деревообробка, Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
@@ -8803,51 +8225,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Швидкозатискний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 мм</t>
+            <t xml:space="preserve">13 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">13 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
@@ -8937,106 +8359,106 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H14" s="2">
-        <v>5210</v>
+        <v>9216</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="150">
       <c r="A15" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-A48PD</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-A58PD</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 10 мм, обладнаний інноваційним потужним 7-лопастевим пневмодвигуном, має корпус з ударотривкого пластику, легкий та тихий в роботі, зручний для роботи лівою і правою рукою, без вібрації.</t>
           </r>
         </is>
       </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Деревообробка, Механозбірка</t>
+            <t xml:space="preserve">Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
@@ -9046,51 +8468,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">550 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1700 об/хв</t>
+            <t xml:space="preserve">750 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Швидкозатискний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
@@ -9100,220 +8522,202 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7 Нм</t>
+            <t xml:space="preserve">13 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">менше 10</t>
+            <t xml:space="preserve">10 - 20</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Рівень шуму: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">76 Дб</t>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Композитний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,92 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...16 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H15" s="2">
-        <v>8930</v>
+        <v>5347</v>
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="150">
       <c r="A16" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-A39PD</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-A48PD</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 10 мм, обладнаний інноваційним потужним 7-лопастевим пневмодвигуном, має корпус з ударотривкого пластику, легкий та тихий в роботі, компактний та ергономічний, зручний для роботи лівою і правою рукою, без вібрації</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 10 мм, обладнаний інноваційним потужним 7-лопастевим пневмодвигуном, має корпус з ударотривкого пластику, легкий та тихий в роботі, зручний для роботи лівою і правою рукою, без вібрації.</t>
           </r>
         </is>
       </c>
       <c r="F16" s="2"/>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Деревообробка, Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -9325,69 +8729,69 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">280 л/хв</t>
+            <t xml:space="preserve">550 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1600 об/хв</t>
+            <t xml:space="preserve">1700 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Швидкозатискний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
@@ -9397,51 +8801,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5 Нм</t>
+            <t xml:space="preserve">7 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
@@ -9451,391 +8855,461 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,3 бар</t>
+            <t xml:space="preserve">6,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Рівень шуму: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">72 Дб</t>
+            <t xml:space="preserve">76 Дб</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,58 кг</t>
+            <t xml:space="preserve">0,92 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">142 мм</t>
+            <t xml:space="preserve">154 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H16" s="2">
-        <v>7939</v>
+        <v>9165</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="150">
       <c r="A17" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний кутовий міні Air Pro SA5277D</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-A39PD</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: міні дриль кутовий SA5277D, без патрона, має надійну конструкцію, для важкодоступних місць, легкий.</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 10 мм, обладнаний інноваційним потужним 7-лопастевим пневмодвигуном, має корпус з ударотривкого пластику, легкий та тихий в роботі, компактний та ергономічний, зручний для роботи лівою і правою рукою, без вібрації</t>
           </r>
         </is>
       </c>
       <c r="F17" s="2"/>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Механозбірка</t>
+            <t xml:space="preserve">Деревообробка, Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">280 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20 000 об/хв</t>
+            <t xml:space="preserve">1600 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип патрона: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Швидкозатискний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір патрона: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Крутний момент: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">5 Нм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Крутний момент, Нм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Немає</t>
+            <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,2 бар</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">1/4"</t>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Рівень шуму: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">72 Дб</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,54 кг</t>
+            <t xml:space="preserve">0,58 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">90 мм</t>
+            <t xml:space="preserve">142 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H17" s="2">
-        <v>4293</v>
+        <v>8148</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="150">
       <c r="A18" s="2" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C18" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C18" s="2"/>
       <c r="D18" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний кутовий Air Pro SA6133</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу VGL SA6100B</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: SA6133 дриль кутовий 90° зі спеціальним різьбовим патроном 14"-28UNF призначений для механоскладальних робіт в авіа- та автомобілебудівництві.</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу, з патроном під ключ 6 мм, має ручку покриту силіконовим пластиком, високооборотний і компактний, безреверсний.</t>
           </r>
         </is>
       </c>
       <c r="F18" s="2"/>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -9847,946 +9321,480 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">113 л/хв</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">254 мм</t>
+            <t xml:space="preserve">65,13 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2800 об/хв</t>
+            <t xml:space="preserve">5000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип патрона: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Під ключ</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір патрона: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Крутний момент: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6 Нм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Крутний момент, Нм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Немає</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,5 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Потужність: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,8 кг</t>
+            <t xml:space="preserve">0,7 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H18" s="2">
-        <v>16538</v>
+        <v>4834</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="150">
       <c r="A19" s="2" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C19" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C19" s="2"/>
       <c r="D19" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль-шуруповерт пневматичний прямий Air Pro SA-A58LDN</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу VGL SA-R26PD</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль-шуруповерт прямий, з швидкозажимний патроном 10 мм, може працювати як шуруповерт завдяки наявності муфти, потужний, ергономічний та тихий, зручний для конвейєрного збирання, без вібрації.</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу, з патроном під ключ 6,5 мм, малогабаритний, безшумний, легкий та зручний, використовується у виробництві металопластикових конструкцій, де потрібно засверлювати велику кількість малих отворів розміром 4-6 мм.</t>
           </r>
         </is>
       </c>
       <c r="F19" s="2"/>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Механозбірка</t>
+            <t xml:space="preserve">Металообробка, Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">550 л/хв</t>
+            <t xml:space="preserve">210 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">750 об/хв</t>
+            <t xml:space="preserve">2900 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Швидкозатискний</t>
+            <t xml:space="preserve">Під ключ</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 мм</t>
+            <t xml:space="preserve">6,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,9-9,0 Нм</t>
+            <t xml:space="preserve">3,5 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Немає</t>
+            <t xml:space="preserve">Є</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Композитний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 кг</t>
+            <t xml:space="preserve">0,9 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0 - 2.0</t>
+            <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H19" s="2">
-        <v>10558</v>
-[...517 lines deleted...]
-        <v>4710</v>
+        <v>8483</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>