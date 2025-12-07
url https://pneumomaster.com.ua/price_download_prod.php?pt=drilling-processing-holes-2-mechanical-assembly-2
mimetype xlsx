--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -38,51 +38,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 18.10.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 07.12.2025р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Пневмодрилі</t>
   </si>
   <si>
     <t>Кутовий</t>
   </si>
   <si>
     <t>SA6133</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Дриль пневматичний кутовий Air Pro SA6133</t>