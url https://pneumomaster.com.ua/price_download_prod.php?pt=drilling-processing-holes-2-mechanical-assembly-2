--- v1 (2025-12-07)
+++ v2 (2026-01-25)
@@ -15,74 +15,74 @@
   <Default Extension="webp" ContentType="image/webp"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 07.12.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 25.01.2026р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Пневмодрилі</t>
   </si>
   <si>
     <t>Кутовий</t>
   </si>
   <si>
     <t>SA6133</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Дриль пневматичний кутовий Air Pro SA6133</t>
@@ -256,293 +256,278 @@
       <t xml:space="preserve">0,8 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">до 1.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>Прямий</t>
+    <t>Пістолетного типу</t>
   </si>
   <si>
-    <t>SA-A48LDN</t>
+    <t>SA61131</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Дриль пневматичний прямий Air Pro SA-A48LDN</t>
+      <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA61131</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Особливості: дриль прямий, з швидкозажимним патроном 10 мм, може працювати як шуруповерт завдяки наявності муфти, потужний, ергономічний та тихий, зручний для конвейєрного збирання, без вібрації.</t>
+      <t xml:space="preserve">Особливості: дриль пістолетного типу SA61131, з патроном під ключ 1/4", має гумову ручку, ергономічний корпус для зручної роботи.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Сфера промисловості: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Механозбірка</t>
+      <t xml:space="preserve">Деревообробка, Механозбірка</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип задачі: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Свердління та обробка отворів</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Витрата повітря: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">550 л/хв</t>
+      <t xml:space="preserve">113 л/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Швидкість обертання: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1700 об/хв</t>
+      <t xml:space="preserve">21 000 об/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип патрона: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Швидкозатискний</t>
+      <t xml:space="preserve">Під ключ</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розмір патрона: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10 мм</t>
-[...35 lines deleted...]
-      <t xml:space="preserve">менше 10</t>
+      <t xml:space="preserve">6,35 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Реверс: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Немає</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Корпус: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Композитний</t>
+      <t xml:space="preserve">Металевий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,0 кг</t>
+      <t xml:space="preserve">0,84 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.0 - 2.0</t>
-[...3 lines deleted...]
-    </r>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">160 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>Прямий</t>
   </si>
   <si>
     <t>SA-A58LDN</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Дриль-шуруповерт пневматичний прямий Air Pro SA-A58LDN</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: дриль-шуруповерт прямий, з швидкозажимний патроном 10 мм, може працювати як шуруповерт завдяки наявності муфти, потужний, ергономічний та тихий, зручний для конвейєрного збирання, без вібрації.</t>
     </r>
   </si>
@@ -723,53 +708,50 @@
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1,0 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t>Пістолетного типу</t>
   </si>
   <si>
     <t>SA-A58DPN</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Дриль-шуруповерт пневматичний пістолетного типу Air Pro SA-A58DPN</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: дриль-шуруповерт пістолетного типу, з швидкозажимним патроном 10 мм, може працювати як шуруповерт завдяки наявності муфти, потужний, ергономічний та тихий, зручний для роботи лівою і правою рукою, має точне регулювання крутного моменту, без вібрації.</t>
     </r>
   </si>
@@ -1457,50 +1439,184 @@
       <t xml:space="preserve">1,02 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
+    <t>SA61108</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Дриль пневматичний прямий Air Pro SA61108</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: дриль прямий, з патроном під ключ 10 мм, проста і надійна конструкція для збиральних ліній.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Деревообробка, Механозбірка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Свердління та обробка отворів</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2200 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип патрона: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Під ключ</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір патрона: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Реверс: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Є</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
     <t>SA5277D</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Дриль пневматичний кутовий міні Air Pro SA5277D</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: міні дриль кутовий SA5277D, без патрона, має надійну конструкцію, для важкодоступних місць, легкий.</t>
     </r>
   </si>
   <si>
     <r>
@@ -1663,178 +1779,286 @@
       <t xml:space="preserve">до 1.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">90 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>SA61108</t>
+    <t>SA-A48LDN</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Дриль пневматичний прямий Air Pro SA61108</t>
+      <t xml:space="preserve">Дриль пневматичний прямий Air Pro SA-A48LDN</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Особливості: дриль прямий, з патроном під ключ 10 мм, проста і надійна конструкція для збиральних ліній.</t>
+      <t xml:space="preserve">Особливості: дриль прямий, з швидкозажимним патроном 10 мм, може працювати як шуруповерт завдяки наявності муфти, потужний, ергономічний та тихий, зручний для конвейєрного збирання, без вібрації.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Сфера промисловості: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Деревообробка, Механозбірка</t>
+      <t xml:space="preserve">Механозбірка</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип задачі: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Свердління та обробка отворів</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">550 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
       <t xml:space="preserve">Швидкість обертання: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2200 об/хв</t>
+      <t xml:space="preserve">1700 об/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип патрона: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Під ключ</t>
+      <t xml:space="preserve">Швидкозатискний</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розмір патрона: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
+      <t xml:space="preserve">Крутний момент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,6-6,0 Нм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Крутний момент, Нм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">менше 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
       <t xml:space="preserve">Реверс: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Є</t>
+      <t xml:space="preserve">Немає</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Корпус: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Композитний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,0 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>SA6102KL</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA6102KL</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
@@ -5490,51 +5714,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6133-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58ldn-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58ldn-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58dpn-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58dpn-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-8705p_01-16.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5277d_017.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa61108-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6102-kl_01-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6102_01-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a48pd-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a62pd-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58pd-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a39pd-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a39pd-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-r26pd-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6100b-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5086_01-150x15018.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/nadfil_pnevmaticheskij_airpro_sa5092_03-scaled-1-150x15019.webp"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa8317_01-150x15020.webp"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_air_pro_sa88100a_01-150x15021.webp"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa88127_01-150x15022.webp"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_kunshan_gy-02_01-150x15023.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa8723_0124.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6133-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa61131-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58ldn-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58dpn-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58dpn-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-8705p_01-16.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa61108-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5277d_018.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58ldn-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6102-kl_01-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6102_01-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a48pd-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a62pd-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58pd-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a39pd-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a39pd-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-r26pd-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6100b-150x15018.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5086_01-150x15019.webp"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/nadfil_pnevmaticheskij_airpro_sa5092_03-scaled-1-150x15020.webp"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa8317_01-150x15021.webp"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_air_pro_sa88100a_01-150x15022.webp"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa88127_01-150x15023.webp"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_kunshan_gy-02_01-150x15024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa8723_0125.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -6215,50 +6439,80 @@
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -6512,54 +6766,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H25"/>
+  <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H25" sqref="H25"/>
+      <selection activeCell="H26" sqref="H26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -6778,326 +7032,308 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>16432</v>
+        <v>16538</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>15</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний прямий Air Pro SA-A48LDN</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA61131</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль прямий, з швидкозажимним патроном 10 мм, може працювати як шуруповерт завдяки наявності муфти, потужний, ергономічний та тихий, зручний для конвейєрного збирання, без вібрації.</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу SA61131, з патроном під ключ 1/4", має гумову ручку, ергономічний корпус для зручної роботи.</t>
           </r>
         </is>
       </c>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Механозбірка</t>
+            <t xml:space="preserve">Деревообробка, Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">550 л/хв</t>
+            <t xml:space="preserve">113 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1700 об/хв</t>
+            <t xml:space="preserve">21 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Швидкозатискний</t>
+            <t xml:space="preserve">Під ключ</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 мм</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">менше 10</t>
+            <t xml:space="preserve">6,35 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Немає</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Корпус: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Композитний</t>
+            <t xml:space="preserve">Металевий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 кг</t>
+            <t xml:space="preserve">0,84 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0 - 2.0</t>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">160 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>11536</v>
+        <v>10260</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Дриль-шуруповерт пневматичний прямий Air Pro SA-A58LDN</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: дриль-шуруповерт прямий, з швидкозажимний патроном 10 мм, може працювати як шуруповерт завдяки наявності муфти, потужний, ергономічний та тихий, зручний для конвейєрного збирання, без вібрації.</t>
           </r>
         </is>
       </c>
       <c r="F4" s="2"/>
@@ -7282,62 +7518,62 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>10491</v>
+        <v>10558</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Дриль-шуруповерт пневматичний пістолетного типу Air Pro SA-A58DPN</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: дриль-шуруповерт пістолетного типу, з швидкозажимним патроном 10 мм, може працювати як шуруповерт завдяки наявності муфти, потужний, ергономічний та тихий, зручний для роботи лівою і правою рукою, має точне регулювання крутного моменту, без вібрації.</t>
           </r>
@@ -7543,62 +7779,62 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>12170</v>
+        <v>12248</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Дриль-шуруповерт пневматичний пістолетного типу Air Pro SA-A48DPN</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: дриль-шуруповерт пістолетного типу, з швидкозажимним патроном 10 мм, може працювати як шуруповерт завдяки наявності муфти, потужний, ергономічний та тихий, зручний для роботи лівою і правою рукою, має точне регулювання крутного моменту, без вібрації.</t>
           </r>
@@ -7786,62 +8022,62 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>11090</v>
+        <v>11162</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Дриль пневматичний прямий VGL SA8705P</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: дриль прямий, з швидкозажимним патроном 10 мм, малогабаритний, легкий та безшумний, низькообертовий, для шиномонтажних СТО (зачистка пробитої гуми).</t>
           </r>
@@ -8065,538 +8301,538 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>4608</v>
+        <v>4637</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний кутовий міні Air Pro SA5277D</t>
+            <t xml:space="preserve">Дриль пневматичний прямий Air Pro SA61108</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: міні дриль кутовий SA5277D, без патрона, має надійну конструкцію, для важкодоступних місць, легкий.</t>
+            <t xml:space="preserve">Особливості: дриль прямий, з патроном під ключ 10 мм, проста і надійна конструкція для збиральних ліній.</t>
           </r>
         </is>
       </c>
       <c r="F8" s="2"/>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Механозбірка</t>
+            <t xml:space="preserve">Деревообробка, Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20 000 об/хв</t>
+            <t xml:space="preserve">2200 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип патрона: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Під ключ</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір патрона: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Немає</t>
-[...107 lines deleted...]
-            <t xml:space="preserve">90 мм</t>
+            <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>4265</v>
+        <v>8400</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний прямий Air Pro SA61108</t>
+            <t xml:space="preserve">Дриль пневматичний кутовий міні Air Pro SA5277D</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль прямий, з патроном під ключ 10 мм, проста і надійна конструкція для збиральних ліній.</t>
+            <t xml:space="preserve">Особливості: міні дриль кутовий SA5277D, без патрона, має надійну конструкцію, для важкодоступних місць, легкий.</t>
           </r>
         </is>
       </c>
       <c r="F9" s="2"/>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Деревообробка, Механозбірка</t>
+            <t xml:space="preserve">Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2200 об/хв</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">10 мм</t>
+            <t xml:space="preserve">20 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Є</t>
+            <t xml:space="preserve">Немає</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,2 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">298 Вт</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,54 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">90 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>5687</v>
+        <v>4293</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>38</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA6102KL</t>
+            <t xml:space="preserve">Дриль пневматичний прямий Air Pro SA-A48LDN</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 10 мм, має гумову ручку, придатний до навантажень і несприятливих умов роботи.</t>
+            <t xml:space="preserve">Особливості: дриль прямий, з швидкозажимним патроном 10 мм, може працювати як шуруповерт завдяки наявності муфти, потужний, ергономічний та тихий, зручний для конвейєрного збирання, без вібрації.</t>
           </r>
         </is>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Деревообробка, Металообробка, Механозбірка</t>
+            <t xml:space="preserve">Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">230 л/хв</t>
+            <t xml:space="preserve">550 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1800 об/хв</t>
+            <t xml:space="preserve">1700 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Швидкозатискний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
@@ -8606,202 +8842,184 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9 Нм</t>
+            <t xml:space="preserve">0,6-6,0 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Є</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">6,3 бар</t>
+            <t xml:space="preserve">Немає</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Корпус: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Металевий</t>
+            <t xml:space="preserve">Композитний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,0 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>3102</v>
+        <v>11610</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA6102</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA6102KL</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль пістолетного типу, з патроном під ключ 10 мм, має гумову ручку, придатний до навантажень і несприятливих умов роботи.</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 10 мм, має гумову ручку, придатний до навантажень і несприятливих умов роботи.</t>
           </r>
         </is>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Деревообробка, Металообробка, Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -8813,87 +9031,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">113 л/хв</t>
+            <t xml:space="preserve">230 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1800 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Під ключ</t>
+            <t xml:space="preserve">Швидкозатискний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
@@ -8939,708 +9157,708 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,5 бар</t>
+            <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Корпус: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Металевий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,1 кг</t>
+            <t xml:space="preserve">1,0 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>2760</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>44</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-R48PD</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA6102</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 10 мм, має невеликий розмір, безшумний, легкий та зручний, застосовується при виготовленні металопластикових конструкцій.</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу, з патроном під ключ 10 мм, має гумову ручку, придатний до навантажень і несприятливих умов роботи.</t>
           </r>
         </is>
       </c>
       <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Металообробка, Механозбірка</t>
+            <t xml:space="preserve">Деревообробка, Металообробка, Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">250 л/хв</t>
+            <t xml:space="preserve">113 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1700 об/хв</t>
+            <t xml:space="preserve">1800 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Швидкозатискний</t>
+            <t xml:space="preserve">Під ключ</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7 Нм</t>
+            <t xml:space="preserve">9 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,5 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Корпус: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Композитний</t>
+            <t xml:space="preserve">Металевий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,9 кг</t>
+            <t xml:space="preserve">1,1 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 1.0</t>
+            <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H12" s="2">
-        <v>8797</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="150">
       <c r="A13" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>47</v>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-A62PD</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-R48PD</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 13 мм, обладнаний інноваційним потужним 7-лопастевим пневмодвигуном, має корпус з ударотривкого пластику, легкий та тихий в роботі, зручний для роботи лівою і правою рукою, без вібрації.</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 10 мм, має невеликий розмір, безшумний, легкий та зручний, застосовується при виготовленні металопластикових конструкцій.</t>
           </r>
         </is>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Деревообробка, Механозбірка</t>
+            <t xml:space="preserve">Металообробка, Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">550 л/хв</t>
+            <t xml:space="preserve">250 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">750 об/хв</t>
+            <t xml:space="preserve">1700 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Швидкозатискний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13 мм</t>
+            <t xml:space="preserve">10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13 Нм</t>
+            <t xml:space="preserve">7 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 - 20</t>
+            <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Робочий тиск: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Корпус: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Композитний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,92 кг</t>
+            <t xml:space="preserve">0,9 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H13" s="2">
-        <v>8921</v>
+        <v>8854</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-A58PD</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-A62PD</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 10 мм, обладнаний інноваційним потужним 7-лопастевим пневмодвигуном, має корпус з ударотривкого пластику, легкий та тихий в роботі, зручний для роботи лівою і правою рукою, без вібрації.</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 13 мм, обладнаний інноваційним потужним 7-лопастевим пневмодвигуном, має корпус з ударотривкого пластику, легкий та тихий в роботі, зручний для роботи лівою і правою рукою, без вібрації.</t>
           </r>
         </is>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Механозбірка</t>
+            <t xml:space="preserve">Деревообробка, Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
@@ -9686,51 +9904,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Швидкозатискний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 мм</t>
+            <t xml:space="preserve">13 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">13 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
@@ -9820,106 +10038,106 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H14" s="2">
-        <v>5177</v>
+        <v>8979</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="150">
       <c r="A15" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>53</v>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-A48PD</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-A58PD</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 10 мм, обладнаний інноваційним потужним 7-лопастевим пневмодвигуном, має корпус з ударотривкого пластику, легкий та тихий в роботі, зручний для роботи лівою і правою рукою, без вібрації.</t>
           </r>
         </is>
       </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Деревообробка, Механозбірка</t>
+            <t xml:space="preserve">Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
@@ -9929,51 +10147,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">550 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1700 об/хв</t>
+            <t xml:space="preserve">750 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Швидкозатискний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
@@ -9983,220 +10201,202 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7 Нм</t>
+            <t xml:space="preserve">13 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">менше 10</t>
+            <t xml:space="preserve">10 - 20</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Рівень шуму: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">76 Дб</t>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Композитний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,92 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...16 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H15" s="2">
-        <v>8872</v>
+        <v>5210</v>
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="150">
       <c r="A16" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>56</v>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-A39PD</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-A48PD</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 10 мм, обладнаний інноваційним потужним 7-лопастевим пневмодвигуном, має корпус з ударотривкого пластику, легкий та тихий в роботі, компактний та ергономічний, зручний для роботи лівою і правою рукою, без вібрації</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 10 мм, обладнаний інноваційним потужним 7-лопастевим пневмодвигуном, має корпус з ударотривкого пластику, легкий та тихий в роботі, зручний для роботи лівою і правою рукою, без вібрації.</t>
           </r>
         </is>
       </c>
       <c r="F16" s="2"/>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Деревообробка, Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -10208,69 +10408,69 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">280 л/хв</t>
+            <t xml:space="preserve">550 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1600 об/хв</t>
+            <t xml:space="preserve">1700 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Швидкозатискний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
@@ -10280,51 +10480,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5 Нм</t>
+            <t xml:space="preserve">7 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
@@ -10334,834 +10534,979 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,3 бар</t>
+            <t xml:space="preserve">6,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Рівень шуму: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">72 Дб</t>
+            <t xml:space="preserve">76 Дб</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,58 кг</t>
+            <t xml:space="preserve">0,92 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">142 мм</t>
+            <t xml:space="preserve">154 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H16" s="2">
-        <v>7888</v>
+        <v>8930</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="150">
       <c r="A17" s="2" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C17" s="2"/>
+      <c r="C17" s="2" t="s">
+        <v>14</v>
+      </c>
       <c r="D17" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний пістолетного типу VGL SA-R26PD</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу Air Pro SA-A39PD</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль пістолетного типу, з патроном під ключ 6,5 мм, малогабаритний, безшумний, легкий та зручний, використовується у виробництві металопластикових конструкцій, де потрібно засверлювати велику кількість малих отворів розміром 4-6 мм.</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу, з швидкозажимним патроном 10 мм, обладнаний інноваційним потужним 7-лопастевим пневмодвигуном, має корпус з ударотривкого пластику, легкий та тихий в роботі, компактний та ергономічний, зручний для роботи лівою і правою рукою, без вібрації</t>
           </r>
         </is>
       </c>
       <c r="F17" s="2"/>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Металообробка, Механозбірка</t>
+            <t xml:space="preserve">Деревообробка, Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">210 л/хв</t>
+            <t xml:space="preserve">280 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2900 об/хв</t>
+            <t xml:space="preserve">1600 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Під ключ</t>
+            <t xml:space="preserve">Швидкозатискний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,5 мм</t>
+            <t xml:space="preserve">10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,5 Нм</t>
+            <t xml:space="preserve">5 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Корпус: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">Композитний</t>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Рівень шуму: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">72 Дб</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,9 кг</t>
+            <t xml:space="preserve">0,58 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">142 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
         </is>
       </c>
       <c r="H17" s="2">
-        <v>8212</v>
+        <v>7939</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="150">
       <c r="A18" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="2"/>
       <c r="D18" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний пістолетного типу VGL SA6100B</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу VGL SA-R26PD</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль пістолетного типу, з патроном під ключ 6 мм, має ручку покриту силіконовим пластиком, високооборотний і компактний, безреверсний.</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу, з патроном під ключ 6,5 мм, малогабаритний, безшумний, легкий та зручний, використовується у виробництві металопластикових конструкцій, де потрібно засверлювати велику кількість малих отворів розміром 4-6 мм.</t>
           </r>
         </is>
       </c>
       <c r="F18" s="2"/>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Механозбірка</t>
+            <t xml:space="preserve">Металообробка, Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">65,13 л/хв</t>
+            <t xml:space="preserve">210 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5000 об/хв</t>
+            <t xml:space="preserve">2900 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Під ключ</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6 мм</t>
+            <t xml:space="preserve">6,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6 Нм</t>
+            <t xml:space="preserve">3,5 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Немає</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">6,5 бар</t>
+            <t xml:space="preserve">Є</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Композитний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,7 кг</t>
+            <t xml:space="preserve">0,9 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H18" s="2">
-        <v>4680</v>
+        <v>8265</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="150">
       <c r="A19" s="2" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>65</v>
+        <v>9</v>
       </c>
       <c r="C19" s="2"/>
       <c r="D19" s="2" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Надфіль пневматичний Air Pro SA5086</t>
+            <t xml:space="preserve">Дриль пневматичний пістолетного типу VGL SA6100B</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Надфіль пневматичний Air Pro SA5086 для обробки дерева, металу та пластмаси.
-</t>
+            <t xml:space="preserve">Особливості: дриль пістолетного типу, з патроном під ключ 6 мм, має ручку покриту силіконовим пластиком, високооборотний і компактний, безреверсний.</t>
           </r>
         </is>
       </c>
       <c r="F19" s="2"/>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">65,13 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">5000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип патрона: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Під ключ</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір патрона: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Крутний момент: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6 Нм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Крутний момент, Нм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">менше 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Реверс: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Немає</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,3 бар</t>
+            <t xml:space="preserve">6,5 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,7 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,57 кг</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">120 л./хв</t>
+            <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H19" s="2">
-        <v>9522</v>
+        <v>4710</v>
       </c>
     </row>
     <row r="20" spans="1:8" customHeight="1" ht="150">
       <c r="A20" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C20" s="2"/>
       <c r="D20" s="2" t="s">
         <v>69</v>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Надфіль пневматичний Air Pro SA5092</t>
+            <t xml:space="preserve">Надфіль пневматичний Air Pro SA5086</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve"> Пневматичний натфіль Air Pro SA5092 застосовуються при обробці дерева, пластмас, металу та матеріалів
+            <t xml:space="preserve">Надфіль пневматичний Air Pro SA5086 для обробки дерева, металу та пластмаси.
 </t>
           </r>
         </is>
       </c>
       <c r="F20" s="2"/>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
@@ -11192,538 +11537,467 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,75 кг</t>
+            <t xml:space="preserve">0,57 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота рухів: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 000 ходів/хв</t>
+            <t xml:space="preserve">21 000 ходів/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">110 л./хв</t>
+            <t xml:space="preserve">120 л./хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H20" s="2">
-        <v>10731</v>
+        <v>9583</v>
       </c>
     </row>
     <row r="21" spans="1:8" customHeight="1" ht="150">
       <c r="A21" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="C21" s="2"/>
       <c r="D21" s="2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневматичний крайковий фрезер Air Pro SA8317</t>
+            <t xml:space="preserve">Надфіль пневматичний Air Pro SA5092</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний ручний інструмент/крайковий фрезер SA8317 призначений для зняття фасок.</t>
+            <t xml:space="preserve"> Пневматичний натфіль Air Pro SA5092 застосовуються при обробці дерева, пластмас, металу та матеріалів
+</t>
           </r>
         </is>
       </c>
       <c r="F21" s="2"/>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Мін. глибина зняття фаски: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">7 мм</t>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Механозбірка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,2 бар</t>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,75 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Частота рухів: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 000 ходів/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">99 л/хв</t>
-[...89 lines deleted...]
-            <t xml:space="preserve">1.0 - 2.0</t>
+            <t xml:space="preserve">110 л./хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H21" s="2">
-        <v>7123</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="22" spans="1:8" customHeight="1" ht="150">
       <c r="A22" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C22" s="2"/>
       <c r="D22" s="2" t="s">
         <v>76</v>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневматичний крайковий фрезер Air Pro SA88100A</t>
+            <t xml:space="preserve">Пневматичний крайковий фрезер Air Pro SA8317</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний ручний інструмент/крайковий фрезер SA88100A призначений для зняття фасок по дереву та металу.</t>
+            <t xml:space="preserve">Пневматичний ручний інструмент/крайковий фрезер SA8317 призначений для зняття фасок.</t>
           </r>
         </is>
       </c>
       <c r="F22" s="2"/>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...52 lines deleted...]
-          <r>
             <t xml:space="preserve">Мін. глибина зняття фаски: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6 мм</t>
+            <t xml:space="preserve">7 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,2 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">65,13 л/хв</t>
+            <t xml:space="preserve">99 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30 000 об/хв</t>
+            <t xml:space="preserve">28 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">120 мм</t>
+            <t xml:space="preserve">189 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,42 кг</t>
+            <t xml:space="preserve">0,57 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H22" s="2">
-        <v>7925</v>
+        <v>7169</v>
       </c>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="150">
       <c r="A23" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C23" s="2"/>
       <c r="D23" s="2" t="s">
         <v>79</v>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневматичний крайковий фрезер Air Pro SA88127</t>
+            <t xml:space="preserve">Пневматичний крайковий фрезер Air Pro SA88100A</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний інструмент SA88127 для зняття фасок підходить для фрезерування різних типів матеріалів: деревини, заготівок із заліза та сплавів, пластмаси.</t>
+            <t xml:space="preserve">Пневматичний ручний інструмент/крайковий фрезер SA88100A призначений для зняття фасок по дереву та металу.</t>
           </r>
         </is>
       </c>
       <c r="F23" s="2"/>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -11771,182 +12045,182 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">623 л/хв</t>
+            <t xml:space="preserve">65,13 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20 000 об/хв</t>
+            <t xml:space="preserve">30 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">100 мм</t>
+            <t xml:space="preserve">120 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,55 кг</t>
+            <t xml:space="preserve">0,42 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H23" s="2">
-        <v>9480</v>
+        <v>7976</v>
       </c>
     </row>
     <row r="24" spans="1:8" customHeight="1" ht="150">
       <c r="A24" s="2" t="s">
-        <v>82</v>
+        <v>8</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C24" s="2"/>
       <c r="D24" s="2" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневматичний крайковий фрезер Pneumomaster GY-02</t>
+            <t xml:space="preserve">Пневматичний крайковий фрезер Air Pro SA88127</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний фрезер GY-02 призначений для професійного зняття фасок та обробки країв у виробах з металу, дерева, акрилу чи каменю. Ідеально підходить для майстерень, виробництв та монтажних робіт, де важлива точність, швидкість та чистота краю.</t>
+            <t xml:space="preserve">Пневматичний інструмент SA88127 для зняття фасок підходить для фрезерування різних типів матеріалів: деревини, заготівок із заліза та сплавів, пластмаси.</t>
           </r>
         </is>
       </c>
       <c r="F24" s="2"/>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -11976,273 +12250,496 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">45 градусів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Мін. глибина зняття фаски: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3 мм</t>
+            <t xml:space="preserve">6 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">280 л/хв</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">5-6 бар</t>
+            <t xml:space="preserve">623 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28 000 об/хв</t>
+            <t xml:space="preserve">20 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">155 мм</t>
+            <t xml:space="preserve">100 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,41 кг</t>
+            <t xml:space="preserve">0,55 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H24" s="2">
-        <v>2638</v>
+        <v>9541</v>
       </c>
     </row>
     <row r="25" spans="1:8" customHeight="1" ht="150">
       <c r="A25" s="2" t="s">
-        <v>8</v>
+        <v>85</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C25" s="2"/>
       <c r="D25" s="2" t="s">
         <v>86</v>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневматичний фрезер Air Pro SA8723</t>
+            <t xml:space="preserve">Пневматичний крайковий фрезер Pneumomaster GY-02</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневмоінструмент SA8723 призначений для обробки крайок та підходить для фрезерування деревини, деревоподібних матеріалів, заготівок з заліза та сплавів і пластмас.</t>
+            <t xml:space="preserve">Пневматичний фрезер GY-02 призначений для професійного зняття фасок та обробки країв у виробах з металу, дерева, акрилу чи каменю. Ідеально підходить для майстерень, виробництв та монтажних робіт, де важлива точність, швидкість та чистота краю.</t>
           </r>
         </is>
       </c>
       <c r="F25" s="2"/>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Свердління та обробка отворів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Кут зняття фаски: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">45 градусів</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Мін. глибина зняття фаски: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">280 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">5-6 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">28 000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">155 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,41 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.0 - 2.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H25" s="2">
+        <v>2655</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" customHeight="1" ht="150">
+      <c r="A26" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="E26" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Пневматичний фрезер Air Pro SA8723</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Пневмоінструмент SA8723 призначений для обробки крайок та підходить для фрезерування деревини, деревоподібних матеріалів, заготівок з заліза та сплавів і пластмас.</t>
+          </r>
+        </is>
+      </c>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Механозбірка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Свердління та обробка отворів</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">113 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">28 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Цанга: </t>
@@ -12332,52 +12829,52 @@
             <t xml:space="preserve">1,2 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H25" s="2">
-        <v>5017</v>
+      <c r="H26" s="2">
+        <v>5049</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>