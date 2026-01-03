--- v0 (2025-10-03)
+++ v1 (2026-01-03)
@@ -15,74 +15,74 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="webp" ContentType="image/webp"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="395">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="413">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 03.10.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 03.01.2026р.</t>
   </si>
   <si>
     <t>Prebena</t>
   </si>
   <si>
     <t>Елементи кріплення</t>
   </si>
   <si>
     <t>WN-09 BK х13,440</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гофроскоба каркасна (столярна) Prebena типу WN-09 (13,440 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -184,708 +184,636 @@
       <t xml:space="preserve">більше 20</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>B-18 x 10</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба пакувальна Prebena типу B-18 (10 тис. шт.)</t>
+    <t>RK 28/80 BkSch*3,0</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях гвинтовий в стрічці Prebena типу RK 2,8/80 (3 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 18 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 80 мм  Діаметр: 2,8 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Скоба</t>
+      <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">B</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Пакувальна</t>
+      <t xml:space="preserve">RK</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид цвяха: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Гвинтовий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">більше 20</t>
+      <t xml:space="preserve">80</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр цвяха, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.8</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
-[...22 lines deleted...]
-      <t xml:space="preserve">Цвях по бетону EZ-Fasten 30T25D (1,0 тис. шт.)</t>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>кров PAP 30/45 NKRI 6.720</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях покрівельний рифлений Prebena (6,72 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 25 мм  Діаметр: 2,6-3,05 мм  Головка: 30 мм  Кількість в упаковці: 1,0 тис. шт. </t>
+      <t xml:space="preserve">Висота: 45 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 6,72 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">По бетону</t>
+      <t xml:space="preserve">З головкою</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид цвяха: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Гладкий</t>
+      <t xml:space="preserve">Рифлений</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-64 (1 тис. шт.)</t>
+      <t xml:space="preserve">45</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр цвяха, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>EZ-Fasten</t>
+  </si>
+  <si>
+    <t>30T40D</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях по бетону EZ-Fasten 30T40D (0,5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 64 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 40 мм  Діаметр: 2,6-3,05 мм  Головка: 30 мм  Кількість в упаковці: 0,5 тис. шт. </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ST</t>
+      <t xml:space="preserve">По бетону</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид цвяха: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гладкий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">64</t>
-[...55 lines deleted...]
-      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-50 (1 тис. шт.)</t>
+      <t xml:space="preserve">40</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>30T30D</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях по бетону EZ-Fasten 30T30D (0,5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 50 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 30 мм  Діаметр: 2,6-3,05 мм  Головка: 30 мм  Кількість в упаковці: 0,5 тис. шт. </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ST</t>
+      <t xml:space="preserve">По бетону</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид цвяха: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гладкий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">50</t>
-[...55 lines deleted...]
-      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-38 (1 тис. шт.)</t>
+      <t xml:space="preserve">30</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>30T25D</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях по бетону EZ-Fasten 30T25D (1,0 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 38 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 25 мм  Діаметр: 2,6-3,05 мм  Головка: 30 мм  Кількість в упаковці: 1,0 тис. шт. </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ST</t>
+      <t xml:space="preserve">По бетону</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид цвяха: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гладкий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">38</t>
-[...55 lines deleted...]
-      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-32 (2 тис. шт.)</t>
+      <t xml:space="preserve">25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>ST-64 х 1</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-64 (1 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 25 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 64 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -912,114 +840,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гладкий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32</t>
+      <t xml:space="preserve">64</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2.5</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>ST-25 х 2</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-25 (2 тис. шт.)</t>
+    <t>ST-50 х 1</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-50 (1 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 25 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 50 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -1046,114 +974,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гладкий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25</t>
+      <t xml:space="preserve">50</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2.5</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>ST-18 x 2</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-18 (2 тис. шт.)</t>
+    <t>ST-38 x 1</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-38 (1 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 18 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 38 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -1180,114 +1108,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гладкий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18</t>
+      <t xml:space="preserve">38</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2.5</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>ST-15 х 2</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-15 (2 тис. шт.)</t>
+    <t>ST-32 x 2</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-32 (2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 15 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 25 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -1314,2123 +1242,2159 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гладкий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15</t>
+      <t xml:space="preserve">32</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2.5</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>RK 4.6 /145 BK 0,5</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях гладкий в стрічці Prebena типу RK 4,6/145 (0,5 тис. шт.)</t>
+    <t>ST-25 х 2</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-25 (2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 145 мм  Діаметр: 4,6 мм  Кількість в упаковці: 0,5 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 25 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">RK</t>
+      <t xml:space="preserve">ST</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид цвяха: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гладкий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">145</t>
+      <t xml:space="preserve">25</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4.6</t>
+      <t xml:space="preserve">2.5</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>RK 3,8/130 BK 1.4</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях гладкий в стрічці Prebena типу RK 3,8/130 (1,4 тис. шт.)</t>
+    <t>ST-18 x 2</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-18 (2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 130 мм  Діаметр: 3,8 мм  Кількість в упаковці: 1,4 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 18 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">RK</t>
+      <t xml:space="preserve">ST</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид цвяха: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гладкий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">130</t>
+      <t xml:space="preserve">18</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.8</t>
+      <t xml:space="preserve">2.5</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>RK 31/100 BkSch x 2.5</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях гвинтовий в стрічці Prebena типу RK 3,1/100 (2,5 тис. шт.)</t>
+    <t>ST-15 х 2</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-15 (2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 100 мм  Діаметр: 3,1 мм  Кількість в упаковці: 2,5 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 15 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">RK</t>
+      <t xml:space="preserve">ST</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид цвяха: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Гвинтовий</t>
+      <t xml:space="preserve">Гладкий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">100</t>
+      <t xml:space="preserve">15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.1</t>
+      <t xml:space="preserve">2.5</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>ANK 40/50 NKRI</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях гвинтовий в стрічці Prebena типу ANK 4,0/50 (2 тис. шт.)</t>
+    <t>RK 4.6 /145 BK 0,5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях гладкий в стрічці Prebena типу RK 4,6/145 (0,5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 50 мм  Діаметр: 4,0 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 145 мм  Діаметр: 4,6 мм  Кількість в упаковці: 0,5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ANK</t>
+      <t xml:space="preserve">RK</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид цвяха: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Гвинтовий</t>
+      <t xml:space="preserve">Гладкий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">50</t>
+      <t xml:space="preserve">145</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4.0</t>
+      <t xml:space="preserve">4.6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>B-22 x 9,4</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба пакувальна Prebena типу B-22 (9,4 тис. шт.)</t>
+    <t>RK 3,8/130 BK 1.4</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях гладкий в стрічці Prebena типу RK 3,8/130 (1,4 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 22 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 9,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 130 мм  Діаметр: 3,8 мм  Кількість в упаковці: 1,4 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Скоба</t>
+      <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">B</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Пакувальна</t>
+      <t xml:space="preserve">RK</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид цвяха: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Гладкий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">більше 20</t>
+      <t xml:space="preserve">130</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр цвяха, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3.8</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Скоба пакувальна Prebena типу B-16 (12 тис. шт.)</t>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>RK 31/100 BkSch x 2.5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях гвинтовий в стрічці Prebena типу RK 3,1/100 (2,5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 16 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 12 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 100 мм  Діаметр: 3,1 мм  Кількість в упаковці: 2,5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Скоба</t>
+      <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">B</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Пакувальна</t>
+      <t xml:space="preserve">RK</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид цвяха: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Гвинтовий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">більше 20</t>
+      <t xml:space="preserve">100</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр цвяха, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3.1</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Цвях по бетону EZ-Fasten 30T40D (0,5 тис. шт.)</t>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>ANK 40/50 NKRI</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях гвинтовий в стрічці Prebena типу ANK 4,0/50 (2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 40 мм  Діаметр: 2,6-3,05 мм  Головка: 30 мм  Кількість в упаковці: 0,5 тис. шт. </t>
+      <t xml:space="preserve">Висота: 50 мм  Діаметр: 4,0 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">По бетону</t>
+      <t xml:space="preserve">ANK</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид цвяха: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Гладкий</t>
+      <t xml:space="preserve">Гвинтовий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу VZ-08 (5 тис. шт.)</t>
+      <t xml:space="preserve">50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр цвяха, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">4.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>кровел 3,0/32 NKRI 7.200</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях покрівельний рифлений Prebena (7,2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 8 мм  Ширина: 10,5 мм  Дріт: 0,41x0,7 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 32 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Скоба</t>
+      <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">VZ</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Оббивочна</t>
+      <t xml:space="preserve">З головкою</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид цвяха: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Рифлений</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">10 - 15</t>
+      <t xml:space="preserve">32</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр цвяха, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу VX-14 (1 тис. шт.)</t>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>B-22 x 9,4</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба пакувальна Prebena типу B-22 (9,4 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 14 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь  </t>
+      <t xml:space="preserve">Висота: 22 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 9,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">VX</t>
+      <t xml:space="preserve">B</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Оббивочна</t>
+      <t xml:space="preserve">Пакувальна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14</t>
+      <t xml:space="preserve">22</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10 - 15</t>
+      <t xml:space="preserve">більше 20</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>VX-12х1</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу VX-12 (1 тис. шт.)</t>
+    <t>B-19 х 10</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба пакувальна Prebena типу B-19 (10 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 12 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 19 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">VX</t>
+      <t xml:space="preserve">B</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Оббивочна</t>
+      <t xml:space="preserve">Пакувальна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12</t>
+      <t xml:space="preserve">19</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10 - 15</t>
+      <t xml:space="preserve">більше 20</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>VX-10х1</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу VX-10 (1 тис. шт.)</t>
+    <t>B-18 x 10</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба пакувальна Prebena типу B-18 (10 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 10 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 18 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">VX</t>
+      <t xml:space="preserve">B</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Оббивочна</t>
+      <t xml:space="preserve">Пакувальна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10</t>
+      <t xml:space="preserve">18</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10 - 15</t>
+      <t xml:space="preserve">більше 20</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>VX-08х1</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу VX-08 (1 тис. шт.)</t>
+    <t>B-16 x 12 в</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба пакувальна Prebena типу B-16 (12 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 8 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 16 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 12 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">VX</t>
+      <t xml:space="preserve">B</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Оббивочна</t>
+      <t xml:space="preserve">Пакувальна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8</t>
+      <t xml:space="preserve">16</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10 - 15</t>
+      <t xml:space="preserve">більше 20</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>VX-06х1</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу VX-06 (1 тис. шт.)</t>
+    <t>VZ-08 х 5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу VZ-08 (5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 6 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 8 мм  Ширина: 10,5 мм  Дріт: 0,41x0,7 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">VX</t>
+      <t xml:space="preserve">VZ</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Оббивочна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6</t>
+      <t xml:space="preserve">8</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>V-16 x 14,56</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу V-16 (14,56 тис. шт.)</t>
+    <t>VX-14х1</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу VX-14 (1 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 16 мм  Ширина: 9 мм  Дріт: 0,58х0,75 мм  Кількість в упаковці: 14,56 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 14 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь  </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">V</t>
+      <t xml:space="preserve">VX</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Оббивочна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16</t>
+      <t xml:space="preserve">14</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">менше 10</t>
+      <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>PF-08 x 0.6</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу PF-8 (0,6 тис. шт.)</t>
+    <t>VX-12х1</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу VX-12 (1 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 8 мм  Ширина: 10,6 мм  Дріт: 0,5х1,27 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 12 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PF</t>
+      <t xml:space="preserve">VX</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Оббивочна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8</t>
+      <t xml:space="preserve">12</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>PF-10 x 0.6</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу PF-10 (0,6 тис. шт.)</t>
+    <t>VX-10х1</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу VX-10 (1 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 10 мм  Ширина: 10,6 мм  Дріт: 0,5х1,27 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 10 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PF</t>
+      <t xml:space="preserve">VX</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Оббивочна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
@@ -3465,508 +3429,508 @@
       <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>PF-06 x 0.6</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу PF-06 (0,6 тис. шт.)</t>
+    <t>VX-08х1</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу VX-08 (1 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 6 мм  Ширина: 10,6 мм  Дріт: 0,5х1,27 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 8 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PF</t>
+      <t xml:space="preserve">VX</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Оббивочна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6</t>
+      <t xml:space="preserve">8</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>PB-12 x 0.6</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу PB-12 (0,6 тис. шт.)</t>
+    <t>VX-06х1</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу VX-06 (1 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 12 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 6 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PB</t>
+      <t xml:space="preserve">VX</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Оббивочна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12</t>
+      <t xml:space="preserve">6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>PB-10 x 0.6</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу PB-10 (0,6 тис. шт.)</t>
+    <t>V-16 x 14,56</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу V-16 (14,56 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 10 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 16 мм  Ширина: 9 мм  Дріт: 0,58х0,75 мм  Кількість в упаковці: 14,56 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PB</t>
+      <t xml:space="preserve">V</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Оббивочна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10</t>
+      <t xml:space="preserve">16</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10 - 15</t>
+      <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>PB-08 x 0.6</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу PB-08 (0,6 тис. шт.)</t>
+    <t>PF-08 x 0.6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу PF-8 (0,6 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 8 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 8 мм  Ширина: 10,6 мм  Дріт: 0,5х1,27 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PB</t>
+      <t xml:space="preserve">PF</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Оббивочна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
@@ -4001,731 +3965,839 @@
       <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>30T30D</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях по бетону EZ-Fasten 30T30D (0,5 тис. шт.)</t>
+    <t>PF-06 x 0.6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу PF-06 (0,6 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 30 мм  Діаметр: 2,6-3,05 мм  Головка: 30 мм  Кількість в упаковці: 0,5 тис. шт. </t>
+      <t xml:space="preserve">Висота: 6 мм  Ширина: 10,6 мм  Дріт: 0,5х1,27 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Цвях</t>
+      <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">По бетону</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Гладкий</t>
+      <t xml:space="preserve">PF</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Оббивочна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Цвях покрівельний рифлений Prebena (6,72 тис. шт.)</t>
+      <t xml:space="preserve">6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 - 15</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>PB-12 x 0.6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу PB-12 (0,6 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 45 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 6,72 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 12 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Цвях</t>
+      <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">З головкою</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Рифлений</t>
+      <t xml:space="preserve">PB</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Оббивочна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">3.0</t>
+      <t xml:space="preserve">12</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Сталь</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу D-16 (3,19 тис. шт.)</t>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>кровел 3,0/25 NKRI 7.200</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях покрівельний рифлений Prebena (7,2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 16 мм  Ширина: 12,5 мм  Дріт: 0,5х1,25 мм  Кількість в упаковці: 3,19 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 25 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Скоба</t>
+      <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">D</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Оббивочна</t>
+      <t xml:space="preserve">З головкою</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид цвяха: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Рифлений</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">10 - 15</t>
+      <t xml:space="preserve">25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр цвяха, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Штифт Prebena типу J-13 (10 тис. шт.)</t>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>кров 3,0/38 NK RI 7.680</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях покрівельний рифлений Prebena (7,68 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 13 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 38 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 7,68 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Штифт</t>
+      <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">J</t>
+      <t xml:space="preserve">З головкою</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид цвяха: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Рифлений</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13</t>
+      <t xml:space="preserve">38</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр цвяха, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>N-63 х 2,5</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Штифт Prebena типу N-63 (2,5 тис. шт.)</t>
+    <t>PB-08 x 0.6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу PB-08 (0,6 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 63 мм  Дріт: 1,5х1,65 мм  Кількість в упаковці: 2,5 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 8 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Штифт</t>
+      <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">N</t>
+      <t xml:space="preserve">PB</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Оббивочна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">63</t>
+      <t xml:space="preserve">8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Сталь</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Штифт Prebena типу N-50 (2,5 тис. шт.)</t>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>J-13 х 10</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Штифт Prebena типу J-13 (10 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 50 мм  Дріт: 1,5х1,65 мм  Кількість в упаковці: 2,5 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 13 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Штифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">N</t>
+      <t xml:space="preserve">J</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">50</t>
+      <t xml:space="preserve">13</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>N-35 х 2,5</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Штифт Prebena типу N-35 (2,5 тис. шт.)</t>
+    <t>N-63 х 2,5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Штифт Prebena типу N-63 (2,5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 35 мм  Дріт: 1,5х1,65 мм  Кількість в упаковці: 2,5 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 63 мм  Дріт: 1,5х1,65 мм  Кількість в упаковці: 2,5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Штифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -4734,390 +4806,390 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">N</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35</t>
+      <t xml:space="preserve">63</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>J-50 х 4</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Штифт Prebena типу J-50 (4 тис. шт.)</t>
+    <t>N-50 х 2,5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Штифт Prebena типу N-50 (2,5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 50 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 4 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 50 мм  Дріт: 1,5х1,65 мм  Кількість в упаковці: 2,5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Штифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">J</t>
+      <t xml:space="preserve">N</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">50</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>J-45 х 4</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Штифт Prebena типу J-45 (4 тис. шт.)</t>
+    <t>N-40 х 2,5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Штифт Prebena типу N-40 (2,5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 45 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 4 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 40 мм  Дріт: 1,5х1,65 мм  Кількість в упаковці: 2,5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Штифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">J</t>
+      <t xml:space="preserve">N</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45</t>
+      <t xml:space="preserve">40</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>J-40 х 5</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Штифт Prebena типу J-40 (5 тис. шт.)</t>
+    <t>N-35 х 2,5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Штифт Prebena типу N-35 (2,5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 40 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 35 мм  Дріт: 1,5х1,65 мм  Кількість в упаковці: 2,5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Штифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">J</t>
+      <t xml:space="preserve">N</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40</t>
+      <t xml:space="preserve">35</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>J-38 х 5</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Штифт Prebena типу J-38 (5 тис. шт.)</t>
+    <t>J-50 х 4</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Штифт Prebena типу J-50 (4 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 38 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 50 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 4 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Штифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -5126,96 +5198,96 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">38</t>
+      <t xml:space="preserve">50</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>J-35 х 5</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Штифт Prebena типу J-35 (5 тис. шт.)</t>
+    <t>J-45 х 4</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Штифт Prebena типу J-45 (4 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 35 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 45 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 4 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Штифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -5224,96 +5296,96 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35</t>
+      <t xml:space="preserve">45</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>J-32 х 5</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Штифт Prebena типу J-32 (5 тис. шт.)</t>
+    <t>J-40 х 5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Штифт Prebena типу J-40 (5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 32 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 40 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Штифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -5322,96 +5394,96 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32</t>
+      <t xml:space="preserve">40</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>J-30 х 5</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Штифт Prebena типу J-30 (5 тис. шт.)</t>
+    <t>J-38 х 5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Штифт Prebena типу J-38 (5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 30 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 38 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Штифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -5420,96 +5492,96 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30</t>
+      <t xml:space="preserve">38</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>J-25 х 5</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Штифт Prebena типу J-25 (5 тис. шт.)</t>
+    <t>J-35 х 5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Штифт Prebena типу J-35 (5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 25 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 35 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Штифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -5518,96 +5590,96 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25</t>
+      <t xml:space="preserve">35</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>J-19 х 10</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Штифт Prebena типу J-19 (10 тис. шт.)</t>
+    <t>J-32 х 5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Штифт Prebena типу J-32 (5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 19 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 32 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Штифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -5616,96 +5688,96 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19</t>
+      <t xml:space="preserve">32</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>J-16 х 10</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Штифт Prebena типу J-16 (10 тис. шт.)</t>
+    <t>J-30 х 5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Штифт Prebena типу J-30 (5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 16 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 30 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Штифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -5714,96 +5786,96 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16</t>
+      <t xml:space="preserve">30</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>J-10 х 20</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Штифт Prebena типу J-10 (20 тис. шт.)</t>
+    <t>J-25 х 5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Штифт Prebena типу J-25 (5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 10 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 20 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 25 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Штифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -5812,1161 +5884,1053 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10</t>
+      <t xml:space="preserve">25</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>кровел 3,0/25 NKRI 7.200</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях покрівельний рифлений Prebena (7,2 тис. шт.)</t>
+    <t>J-19 х 10</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Штифт Prebena типу J-19 (10 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 25 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 19 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Цвях</t>
+      <t xml:space="preserve">Штифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">З головкою</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Рифлений</t>
+      <t xml:space="preserve">J</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">3.0</t>
+      <t xml:space="preserve">19</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>Novofast</t>
-[...15 lines deleted...]
-      <t xml:space="preserve">Штифт Novofast типа N-30 (2,88 тис. шт.)</t>
+    <t>J-16 х 10</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Штифт Prebena типу J-16 (10 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Высота: 30 ммПроволока: 1,5х1,65 ммКоличество в упаковке: 2,88 тис. шт.Материал: сталь</t>
+      <t xml:space="preserve">Висота: 16 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Штифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">N</t>
+      <t xml:space="preserve">J</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30</t>
+      <t xml:space="preserve">16</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>GA-30 х 5</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Шпилька Prebena типу GA-30 (5 тис. шт.)</t>
+    <t>J-10 х 20</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Штифт Prebena типу J-10 (20 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 30 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 10 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 20 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Шпилька</t>
+      <t xml:space="preserve">Штифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GA</t>
+      <t xml:space="preserve">J</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30</t>
+      <t xml:space="preserve">10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>GA-25 х 5</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Шпилька Prebena типу GA-25 (5 тис. шт.)</t>
+    <t>CNW 2,1/25 BkRi х 23,100</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях рифлений в бобіні Prebena типу CNW 2,1/25 (23,100 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 25 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 25 мм  Діаметр: 2,1 мм  Кількість в упаковці: 23,100 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Шпилька</t>
+      <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GA</t>
+      <t xml:space="preserve">CNW</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид цвяха: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Рифлений</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">25</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
+      <t xml:space="preserve">Діаметр цвяха, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.1</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>GA-16 х 10</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Шпилька Prebena типу GA-16 (10 тис. шт.)</t>
+    <t>Novofast</t>
+  </si>
+  <si>
+    <t>N-30mm</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Штифт Novofast типа N-30 (2,88 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 16 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Высота: 30 ммПроволока: 1,5х1,65 ммКоличество в упаковке: 2,88 тис. шт.Материал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Шпилька</t>
+      <t xml:space="preserve">Штифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GA</t>
+      <t xml:space="preserve">N</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16</t>
+      <t xml:space="preserve">30</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>PR 28/50 NKRI * 5000</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях рифлений нікельований в стрічці Prebena типу PR 2,8/50 (5 тис. шт.)</t>
+    <t>GA-30 х 5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шпилька Prebena типу GA-30 (5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 50 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 30 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Цвях</t>
+      <t xml:space="preserve">Шпилька</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Рифлений</t>
+      <t xml:space="preserve">GA</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">50</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">2.8</t>
+      <t xml:space="preserve">30</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>RK 31/90 ВkRi x 3</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу RK 3,1/90 (3 тис. шт.)</t>
+    <t>GA-25 х 5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шпилька Prebena типу GA-25 (5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 90 мм  Діаметр: 3,1 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 25 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Цвях</t>
+      <t xml:space="preserve">Шпилька</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">RK</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Рифлений</t>
+      <t xml:space="preserve">GA</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">90</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">3.1</t>
+      <t xml:space="preserve">25</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>RK 28/60 ВkRi 4,2</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу RK 2,8/60 (4,2 тис. шт.)</t>
+    <t>GA-16 х 10</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шпилька Prebena типу GA-16 (10 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 60 мм  Діаметр: 2,8 мм  Кількість в упаковці: 4,2 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 16 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Цвях</t>
+      <t xml:space="preserve">Шпилька</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">RK</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Рифлений</t>
+      <t xml:space="preserve">GA</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">60</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">2.8</t>
+      <t xml:space="preserve">16</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>RK 28/55 BkRi x 5</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу RK 2,8/55 (5 тис. шт.)</t>
+    <t>PR 28/75 NKRI * 4000</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях рифлений нікельований в стрічці Prebena типу PR 2,8/75 (4 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 55 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 75 мм  Діаметр: 2,8 мм  Кількість в упаковці: 4 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">RK</t>
+      <t xml:space="preserve">PR</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид цвяха: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Рифлений</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">55</t>
+      <t xml:space="preserve">75</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2.8</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>PR 28/75 BKRI * 4000</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу PR 2,8/75 (4 тис. шт.)</t>
+    <t>PR 28/50 NKRI * 5000</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях рифлений нікельований в стрічці Prebena типу PR 2,8/50 (5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 75 мм  Діаметр: 2,8 мм  Кількість в упаковці: 4 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 50 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -6993,1611 +6957,1501 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Рифлений</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">75</t>
+      <t xml:space="preserve">50</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2.8</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>PR 28/55 BkRi * 5000</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу PR 2,8/55 (5 тис. шт.)</t>
+    <t>RK 31/90 ВkRi x 3</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу RK 3,1/90 (3 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 55 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 90 мм  Діаметр: 3,1 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PR</t>
+      <t xml:space="preserve">RK</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид цвяха: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Рифлений</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">55</t>
+      <t xml:space="preserve">90</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2.8</t>
+      <t xml:space="preserve">3.1</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>PR 28/50 BKRI * 5000</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу PR 2,8/50 (5 тис. шт.)</t>
+    <t>RK 28/60 ВkRi 4,2</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу RK 2,8/60 (4,2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 50 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
-[...16 lines deleted...]
-      <t xml:space="preserve">Цвях рифлений в бобіні Prebena типу CNW 2,8/85 (4,5 тис. шт.)</t>
+      <t xml:space="preserve">Висота: 60 мм  Діаметр: 2,8 мм  Кількість в упаковці: 4,2 тис. шт.  Матеріал: сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">RK</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид цвяха: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Рифлений</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">60</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр цвяха, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>RK 28/55 BkRi x 5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу RK 2,8/55 (5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 85 мм  Діаметр: 2,8 мм  Кількість в упаковці: 4,5 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 55 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">CNW</t>
+      <t xml:space="preserve">RK</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид цвяха: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Рифлений</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">85</t>
+      <t xml:space="preserve">55</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2.8</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>CNW 2,5/60 BkSch x 9</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях рифлений в бобіні Prebena типу CNW 2,5/60 BkSch (9 тис. шт.)</t>
+    <t>PR 28/75 BKRI * 4000</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу PR 2,8/75 (4 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 60 мм  Діаметр: 2,5 мм  Кількість в упаковці: 9 тис. шт.  Матеріал: сталь</t>
-[...126 lines deleted...]
-      <t xml:space="preserve">Цвях покрівельний рифлений Prebena (7,68 тис. шт.)</t>
+      <t xml:space="preserve">Висота: 75 мм  Діаметр: 2,8 мм  Кількість в упаковці: 4 тис. шт.  Матеріал: сталь</t>
+    </r>
+  </si>
+  <si>
+    <t>PR 28/55 BkRi * 5000</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу PR 2,8/55 (5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 38 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 7,68 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 55 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">З головкою</t>
+      <t xml:space="preserve">PR</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид цвяха: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Рифлений</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">38</t>
+      <t xml:space="preserve">55</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.0</t>
+      <t xml:space="preserve">2.8</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>PB-06 x 0.6</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу PB-06 (0,6 тис. шт.)</t>
+    <t>PR 28/50 BKRI * 5000</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу PR 2,8/50 (5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 6 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
-[...126 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу D-10 (6,05 тис. шт.)</t>
+      <t xml:space="preserve">Висота: 50 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+    </r>
+  </si>
+  <si>
+    <t>CNW 2,8/85 BkRl х 4,5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях рифлений в бобіні Prebena типу CNW 2,8/85 (4,5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 10 мм  Ширина: 12,5 мм  Дріт: 0,5х1,25 мм  Кількість в упаковці: 6,05 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 85 мм  Діаметр: 2,8 мм  Кількість в упаковці: 4,5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Скоба</t>
+      <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">D</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Оббивочна</t>
+      <t xml:space="preserve">CNW</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид цвяха: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Рифлений</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">10 - 15</t>
+      <t xml:space="preserve">85</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр цвяха, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.8</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Гофроскоба каркасна (столярна) Prebena типу WN-15 (1,65 тис. шт.)</t>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>CNW 2,5/60 BkSch x 9</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях рифлений в бобіні Prebena типу CNW 2,5/60 BkSch (9 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 15 мм  Ширина: 25 мм  Кількість в упаковці: 1,65 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 60 мм  Діаметр: 2,5 мм  Кількість в упаковці: 9 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Скоба</t>
+      <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">WN</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Каркасна</t>
+      <t xml:space="preserve">CNW</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид цвяха: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Рифлений</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">більше 20</t>
+      <t xml:space="preserve">60</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр цвяха, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.5</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/50 (9,6 тис. шт.)</t>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>PB-10 x 0.6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу PB-10 (0,6 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 50 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 10 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Мікроштифт</t>
+      <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">B 6</t>
+      <t xml:space="preserve">PB</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Оббивочна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">50</t>
+      <t xml:space="preserve">10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Сталь</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу ES-30 (4,4 тис. шт.)</t>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>PB-06 x 0.6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу PB-06 (0,6 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 30 мм  Ширина: 5,95 мм  Дріт: 0,83х1,08 мм  Кількість в упаковці: 4,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 6 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ES</t>
+      <t xml:space="preserve">PB</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Каркасна</t>
+      <t xml:space="preserve">Оббивочна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30</t>
+      <t xml:space="preserve">6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">менше 10</t>
+      <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>ES-25 х 4,8</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу ES-25 (4,8 тис. шт.)</t>
+    <t>WN-12 х 11,760</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Гофроскоба каркасна (столярна) Prebena типу WN-12 (11,76 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 25 мм Ширина: 5,95 мм  Дріт: 0,83х1,08 мм  Кількість в упаковці: 4,8 тис. шт  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 12 мм  Ширина: 25 мм  Кількість в упаковці: 11,76 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ES</t>
+      <t xml:space="preserve">WN</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25</t>
+      <t xml:space="preserve">12</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">менше 10</t>
+      <t xml:space="preserve">більше 20</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>E-38 x 2</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-38 (2 тис. шт.)</t>
+    <t>B 6/45 x 9,6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/45 (9,6 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 38 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 45 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Скоба</t>
+      <t xml:space="preserve">Мікроштифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">E</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Каркасна</t>
+      <t xml:space="preserve">B 6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">38</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">менше 10</t>
+      <t xml:space="preserve">45</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-35 (2 тис. шт.)</t>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>ES-35 x 3,8</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу ES-35 (3,8 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 35 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 35 мм Ширина: 5,95 мм  Дріт: 0,83х1,08 мм  Кількість в упаковці: 3,8 тис. шт  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">E</t>
+      <t xml:space="preserve">ES</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
@@ -8632,339 +8486,339 @@
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>E-32 x 2,2</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-32 (2,2 тис. шт.)</t>
+    <t>ES-30 х 4,4</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу ES-30 (4,4 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 32 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 30 мм  Ширина: 5,95 мм  Дріт: 0,83х1,08 мм  Кількість в упаковці: 4,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">E</t>
+      <t xml:space="preserve">ES</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32</t>
+      <t xml:space="preserve">30</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>E-30 x 2,4</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-30 (2,4 тис. шт.)</t>
+    <t>ES-25 х 4,8</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу ES-25 (4,8 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 30 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 25 мм Ширина: 5,95 мм  Дріт: 0,83х1,08 мм  Кількість в упаковці: 4,8 тис. шт  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">E</t>
+      <t xml:space="preserve">ES</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30</t>
+      <t xml:space="preserve">25</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>E-25 х 3</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-25 (3 тис. шт.)</t>
+    <t>E-38 x 2</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-38 (2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 25 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 38 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -8991,114 +8845,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25</t>
+      <t xml:space="preserve">38</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>E-21 х 3,6</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-21 (3,6 тис. шт.)</t>
+    <t>E-35 x 2</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-35 (2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 21 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 3,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 35 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -9125,114 +8979,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21</t>
+      <t xml:space="preserve">35</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>E-18 x 4,2</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-18 (4,2 тис. шт.)</t>
+    <t>E-32 x 2,2</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-32 (2,2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 18 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 4,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 32 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -9259,114 +9113,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18</t>
+      <t xml:space="preserve">32</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>E-16 х 4,8</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-16 (4,8 тис. шт.)</t>
+    <t>E-30 x 2,4</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-30 (2,4 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 16 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 4,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 30 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -9393,114 +9247,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16</t>
+      <t xml:space="preserve">30</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>E-14 х 5,4</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-14 (5,4 тис. шт.)</t>
+    <t>E-25 х 3</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-25 (3 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 14 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 5,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 25 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -9527,114 +9381,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14</t>
+      <t xml:space="preserve">25</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>E-12 х 6,2</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-12 (6,2 тис. шт.)</t>
+    <t>E-21 х 3,6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-21 (3,6 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 12 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 6,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 21 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 3,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -9661,114 +9515,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12</t>
+      <t xml:space="preserve">21</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>E-10 х 7,2</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-10 (7,2 тис. шт.)</t>
+    <t>E-18 x 4,2</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-18 (4,2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 10 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 18 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 4,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -9795,247 +9649,283 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10</t>
+      <t xml:space="preserve">18</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>B 6/45 x 9,6</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/45 (9,6 тис. шт.)</t>
+    <t>E-16 х 4,8</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-16 (4,8 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 45 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 16 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 4,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Мікроштифт</t>
+      <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">B 6</t>
+      <t xml:space="preserve">E</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45</t>
+      <t xml:space="preserve">16</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Сталь</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-14 (13,4 тис. шт.)</t>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>E-14 х 5,4</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-14 (5,4 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 14 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 13,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 14 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 5,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">H</t>
+      <t xml:space="preserve">E</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
@@ -10070,169 +9960,205 @@
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>B 6/40 х 9,6</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/40 (9,6 тис. шт.)</t>
+    <t>E-10 х 7,2</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-10 (7,2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 40 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 10 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Мікроштифт</t>
+      <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">B 6</t>
+      <t xml:space="preserve">E</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40</t>
+      <t xml:space="preserve">10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Сталь</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/18 (9,6 тис. шт.)</t>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>B 6/50 x 9,6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/50 (9,6 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 18 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 50 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Мікроштифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -10241,96 +10167,96 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B 6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18</t>
+      <t xml:space="preserve">50</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>B 6/15 x 9,6</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/15 (9,6 тис. шт.)</t>
+    <t>B 6/40 х 9,6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/40 (9,6 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 15 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 40 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Мікроштифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -10339,694 +10265,622 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B 6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15</t>
+      <t xml:space="preserve">40</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>B 6/12 х 9,6</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/12 (9,6 тис. шт.)</t>
+    <t>H-16 х 12</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-16 (12 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 12 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 16 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 12 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Мікроштифт</t>
+      <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">B 6</t>
+      <t xml:space="preserve">H</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12</t>
+      <t xml:space="preserve">16</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Сталь</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Мікрошпилька Prebena типу AL-30 (10 тис. шт.)</t>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>B 6/18 х 9,6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/18 (9,6 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 30 мм  Дріт: 0,64х4,64 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 18 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Мікрошпилька</t>
+      <t xml:space="preserve">Мікроштифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">AL</t>
+      <t xml:space="preserve">B 6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30</t>
+      <t xml:space="preserve">18</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>MCF15 х 7,5</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF15 (7,5 тис. шт.)</t>
+    <t>B 6/15 x 9,6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/15 (9,6 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 12 мм  Ширина: 12,5 мм  Кількість в упаковці: 7,5 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 15 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Скоба</t>
+      <t xml:space="preserve">Мікроштифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">MCF</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Каркасна</t>
+      <t xml:space="preserve">B 6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
-      <t xml:space="preserve">Ширина скоби, мм: </t>
-[...16 lines deleted...]
-    <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>MCF12 х 10</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF12 (10 тис. шт.)</t>
+    <t>B 6/12 х 9,6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/12 (9,6 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 12 мм  Ширина: 12,5 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 12 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Скоба</t>
+      <t xml:space="preserve">Мікроштифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">MCF</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Каркасна</t>
+      <t xml:space="preserve">B 6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">12</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
-      <t xml:space="preserve">Ширина скоби, мм: </t>
-[...16 lines deleted...]
-    <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>MCF09 х 14</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF09 (14 тис. шт.)</t>
+    <t>AL-30 х10</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Мікрошпилька Prebena типу AL-30 (10 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 9 мм  Ширина: 12,5 мм  Кількість в упаковці: 14 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 30 мм  Дріт: 0,64х4,64 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Скоба</t>
+      <t xml:space="preserve">Мікрошпилька</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">MCF</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Каркасна</t>
+      <t xml:space="preserve">AL</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">10 - 15</t>
+      <t xml:space="preserve">30</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>MCF06 х 20</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF06 (20 тис. шт.)</t>
+    <t>MCF15 х 7,5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF15 (7,5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 6 мм  Ширина: 12,5 мм  Кількість в упаковці: 20 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 12 мм  Ширина: 12,5 мм  Кількість в упаковці: 7,5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -11053,946 +10907,1834 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6</t>
+      <t xml:space="preserve">15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>18 6 TYPE 18 x 14,5</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Микроштифт Novofast тип  6/18 мм (14,5 тис. шт.)</t>
+    <t>MCF12 х 10</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF12 (10 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Высота: 18 ммКоличество в упаковке: 14,5 тис. шт.Материал: сталь</t>
+      <t xml:space="preserve">Висота: 12 мм  Ширина: 12,5 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Мікроштифт</t>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">MCF</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18</t>
+      <t xml:space="preserve">12</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>AL 17 x 20</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Микрошпилька Novofast типа AL-17 (20 тис. шт.)</t>
+    <t>MCF09 х 14</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF09 (14 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Высота: 17 ммПроволока: 0,64 ммКоличество в упаковке: 20 тис. шт.Материал: сталь</t>
+      <t xml:space="preserve">Висота: 9 мм  Ширина: 12,5 мм  Кількість в упаковці: 14 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Мікрошпилька</t>
+      <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">AL</t>
+      <t xml:space="preserve">MCF</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17</t>
+      <t xml:space="preserve">9</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>AL-10 x 20</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Микрошпилька Novofast типа AL-10 (20 тис. шт.)</t>
+    <t>MCF06 х 20</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF06 (20 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Высота: 10 ммПроволока: 0,64 ммКоличество в упаковке: 20 тис. шт.Материал: сталь</t>
+      <t xml:space="preserve">Висота: 6 мм  Ширина: 12,5 мм  Кількість в упаковці: 20 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Мікрошпилька</t>
+      <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">AL</t>
+      <t xml:space="preserve">MCF</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10</t>
+      <t xml:space="preserve">6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>Пневмомастер</t>
-[...15 lines deleted...]
-      <t xml:space="preserve">Кліпса зв&amp;#8217;язувальна CLP-20L</t>
+    <t>18 6 TYPE 18 x 14,5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Микроштифт Novofast тип  6/18 мм (14,5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve"/>
+      <t xml:space="preserve">Высота: 18 ммКоличество в упаковке: 14,5 тис. шт.Материал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Кліпса</t>
-[...37 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу ES-35 (3,8 тис. шт.)</t>
+      <t xml:space="preserve">Мікроштифт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">18</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AL 17 x 20</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Микрошпилька Novofast типа AL-17 (20 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 35 мм Ширина: 5,95 мм  Дріт: 0,83х1,08 мм  Кількість в упаковці: 3,8 тис. шт  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Высота: 17 ммПроволока: 0,64 ммКоличество в упаковке: 20 тис. шт.Материал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Скоба</t>
+      <t xml:space="preserve">Мікрошпилька</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ES</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Каркасна</t>
+      <t xml:space="preserve">AL</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">менше 10</t>
+      <t xml:space="preserve">17</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-16 (12 тис. шт.)</t>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>Пневмомастер</t>
+  </si>
+  <si>
+    <t>CLP-20L x 5.4</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Кліпса зв&amp;#8217;язувальна CLP-20L</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 16 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 12 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve"/>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Скоба</t>
+      <t xml:space="preserve">Кліпса</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">H</t>
-[...91 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу A-16 (10,8 тис. шт.)</t>
+      <t xml:space="preserve">M</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>CL39/42mm</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Кліпса зв&amp;#8217;язувальна CL39</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 16 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 10,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
-[...126 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу O-19 (11 тис. шт.)</t>
+      <t xml:space="preserve"/>
+    </r>
+  </si>
+  <si>
+    <t>CL33/32mm</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Кліпса зв&amp;#8217;язувальна CL33</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 19 мм  Ширина: 4,5 мм  Дріт: 0,66x0,95 мм  Кількість в упаковці: 11 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve"/>
+    </r>
+  </si>
+  <si>
+    <t>WN-15 х 1,65</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Гофроскоба каркасна (столярна) Prebena типу WN-15 (1,65 тис. шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: 15 мм  Ширина: 25 мм  Кількість в упаковці: 1,65 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">O</t>
+      <t xml:space="preserve">WN</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19</t>
+      <t xml:space="preserve">15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
+      <t xml:space="preserve">більше 20</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>H-14 х 13,4</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-14 (13,4 тис. шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: 14 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 13,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">H</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">14</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
       <t xml:space="preserve">менше 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>H-18 х 3</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-18 (3 тис. шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: 18 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">H</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">18</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">менше 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>D-16 x 3,19</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу D-16 (3,19 тис. шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: 16 мм  Ширина: 12,5 мм  Дріт: 0,5х1,25 мм  Кількість в упаковці: 3,19 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">D</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Оббивочна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">16</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 - 15</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>516-G-100</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) С-подібна EZ-Fasten (10 тис. шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">C</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>D-10 х 6,05</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу D-10 (6,05 тис. шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: 10 мм  Ширина: 12,5 мм  Дріт: 0,5х1,25 мм  Кількість в упаковці: 6,05 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">D</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Оббивочна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 - 15</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AD-10 x 6 CNK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу AD-10 (6 тис. шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: 10 мм  Ширина: 12,8 мм  Дріт: 0,55х2,6 мм  Кількість в упаковці: 6 тис. шт.  Матеріал: нержавіюча сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">AD</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Оббивочна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10-20 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 - 15</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">12,8 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нержавіюча сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>A-16 x 10,8 CNK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу A-16 (10,8 тис. шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: 16 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 10,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">A</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Оббивочна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">16</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>A-14 л x 68,166 CNK</t>
@@ -13121,148 +13863,50 @@
       <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>516-G-100</t>
-[...96 lines deleted...]
-  <si>
     <t>Z-40 х 2,4</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу Z-40 (2,4 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Висота: 40 мм
 Ширина: 11,2 мм
 Дріт: 1,4х1,6 мм
 Кількість в упаковці: 2,4 тис. шт.
 Матеріал: низьковуглецева оцинкована сталь</t>
@@ -13357,50 +14001,1954 @@
       <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
+    <t>H-21 х 8,8</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-21 (8,8 тис. шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: 21 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 8,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">H</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">21</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">менше 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>LM-25 х 4,05</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-25 (4,05 тис. шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: 25 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 4,05 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">LM</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 - 15</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>H-25 х 2,0</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-25 (2 тис. шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: 25 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">H</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">менше 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>H-25 х 7,2</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-25 (7,2 тис. шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: 25 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+    </r>
+  </si>
+  <si>
+    <t>H-30 х 6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-30 (6 тис. шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: 30 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">H</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">30</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">менше 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>H-35 х 5,2</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-35 (5,2 тис. шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: 35 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 5,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">H</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">35</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">менше 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>H-40 х 4,8</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-40 (4,8 тис. шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: 40 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 4,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">H</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">40</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">менше 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>LM-21 х 5,1</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-21 (5,1 тис. шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: 21 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 5,1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">LM</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">21</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 - 15</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>LM-30 х 3,6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-30 (3,6 тис. шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: 30 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 3,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">LM</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">30</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 - 15</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>O-19 х 11</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу O-19 (11 тис. шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: 19 мм  Ширина: 4,5 мм  Дріт: 0,66x0,95 мм  Кількість в упаковці: 11 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">O</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">19</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">менше 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>LM-35 х 3</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-35 (3 тис. шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: 35 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">LM</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">35</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 - 15</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>LM-38 х 3</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-38 (3 тис. шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: 38 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">LM</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">38</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 - 15</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>LM-44 х 2,4</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-44 (2,4 тис. шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: 44 мм
+Ширина: 10,7 мм
+Дріт: 1,4х1,6 мм
+Кількість в упаковці: 2,4 тис. шт.
+Матеріал: низьковуглецева оцинкована сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">LM</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">44</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 - 15</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>LM-50 х 2,4</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-50 (2,4 тис. шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: 50 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 2,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">LM</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 - 15</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>O-10 x 33.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу O-10 (33 тис. шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: 10 мм  Ширина: 4,5 мм  Дріт: 0,66x0,95 мм  Кількість в упаковці: 33 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">O</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">менше 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
     <t>O-14 х 14,75</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу O-14 (14,75 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Висота: 14 мм
 Ширина: 4,5 мм
 Дріт: 0,66x0,95 мм
 Кількість в упаковці: 14,75 тис. шт.
 Матеріал: низьковуглецева оцинкована сталь</t>
@@ -13453,1954 +16001,50 @@
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">14</t>
-    </r>
-[...1902 lines deleted...]
-      <t xml:space="preserve">21</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
@@ -15577,213 +16221,213 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/wn-09_41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-16_3-150x1502.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30t15d_new0_33.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-25_1_1_1_14.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-25_1_1_15.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-25_1_16.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-25_17.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-258.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-25_29.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-25_2_110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rk-gvozd_11_111.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rk-gvozd_11_212.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rk-gvozd_913.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/nail_type_ank14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-16_3_1_2-150x15015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-16-150x15016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30t15d_new0_417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vz-08-150x15018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vx-06_1_1_1_1-150x15019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vx-06_1_1_1-150x15020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vx-06_1_1-150x15021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vx-06_1-150x15022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vx-06-150x15023.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/v-06_2_1_1-150x15024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pf-06_2_1_2_2-150x15025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pf-06_2_1_2_3-150x15026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pf-06_4-150x15027.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/skoba-pb_1_1_1-150x15028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/skoba-pb_1_1-150x15029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/skoba-pb_1-150x15030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30t15d_new0_231.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ez-fasten_krovelnui_1_1_1_1_1_1_1_1_1_1-150x15032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d-10_2_1-150x15033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13-150x15034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/n-19_1_1_1_1_1_1_2-150x15035.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/n-19_1_1_1_1_1_1-150x15036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/n-19_1_1_2-150x15037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1_1_1_1_1_1_1-150x15038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1_1_1_1_1_1-150x15039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1_1_1_1_1-150x15040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1_1_1_1-150x15041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1_1_1-150x15042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1_1-150x15043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1-150x15044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1-150x15045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1-150x15046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1-150x15047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_2-150x15048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ez-fasten_krovelnui_1_1_1_1_1_1-150x15049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/n-19_1_2_1-150x15050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ga-16_1_1_1-150x15051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ga-16_1_1-150x15052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ga-16-150x15053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pr_3-1_90_1_2-150x15054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rk-gvozd_7_155.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rk-gvozd_156.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rk-gvozd_1257.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pr_3-1_90_1_1_2_2_1-150x15058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pr_3-1_90_1_1_2-150x15059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pr_3-1_90_1_1_2_2-150x15060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cnw-gvozd_12_161.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cnw-gvozd_6_162.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ez-fasten_krovelnui_1_1_1_2-150x15063.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/skoba-pb-150x15064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d-10-150x15065.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/wn-09_1_1_166.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12_1_1_1_1_1_1_1_1-150x15067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/es-18_1_1_1_2_1-150x15068.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/es-18_1-150x15069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_2_1-150x15070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_1_1_1_1_2-150x15071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_1_1_1_2_1-150x15072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_1_1_1_2-150x15073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_1_1_2-150x15074.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_1_2-150x15075.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_3-150x15076.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_2-150x15077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_2-150x15078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_3_1-150x15079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_3-150x15080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12_1_1_1_1_1_1_1-150x15081.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_2-150x15082.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12_1_1_1_1_1_1-150x15083.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12_1_1-150x15084.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12_1-150x15085.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12-150x15086.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/al-12_1_1_1_3-150x15087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mcf06_1_1_1-150x15088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mcf06_1_1-150x15089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mcf06_1-150x15090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mcf06-150x15091.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12_1_1_2-150x15092.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/al-12_1_2_1_1-150x15093.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/al-12_1_2_1-150x15094.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_kliper_clp_20l_clipper_tool_03-150x15095.webp"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/es-18_1_1-150x15096.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1-150x15097.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_2_1_2-150x15098.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/o-06_2_1_1_1_2-150x15099.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_2_1_3-150x150100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_2_1_1_1-150x150101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_2_1-150x150102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_2_1_1-150x150103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_2-150x150104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_1_1_1-150x150105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_1_1-150x150106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1-150x150107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_2-150x150108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1-150x150109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1-150x150110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/516-g-100_1-150x150111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/z-21_1_1_1_1_1-150x150112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/o-06_3_1_1_1_2-150x150113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_2-150x150114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/o-06_2_2-150x150115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2_1_1_1_1_1_1_1-150x150116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2_1_1_1_1_1_1_2-150x150117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2_1_1_1_1-150x150118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2_1_1_1-150x150119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2_1_1-150x150120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2_1-150x150121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2-150x150122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_1_1_1_1-150x150123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_1_1_1-150x150124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_1_1_1_2-150x150125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_1_1-150x150126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_1_1_2-150x150127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_1-150x150128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fst-50129.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/wn-09_41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rk-gvozd_62.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ez-fasten_krovelnui_1_1_1_1_1_1_1_1_1_1-150x1503.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30t15d_new0_44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30t15d_new0_25.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30t15d_new0_36.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-25_1_1_1_17.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-25_1_1_18.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-25_1_19.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-25_110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-2511.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-25_212.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-25_2_113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rk-gvozd_11_114.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rk-gvozd_11_215.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rk-gvozd_916.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/nail_type_ank17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ez-fasten_krovelnui_1_1_1_1_1_1_1_1-150x15018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-16_3_1_2-150x15019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-16_3_1-150x15020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-16_3-150x15021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-16-150x15022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vz-08-150x15023.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vx-06_1_1_1_1-150x15024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vx-06_1_1_1-150x15025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vx-06_1_1-150x15026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vx-06_1-150x15027.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vx-06-150x15028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/v-06_2_1_1-150x15029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pf-06_2_1_2_2-150x15030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pf-06_4-150x15031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/skoba-pb_1_1_1-150x15032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ez-fasten_krovelnui_1_1_1_1_1_1-150x15033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ez-fasten_krovelnui_1_1_1_2-150x15034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/skoba-pb_1-150x15035.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13-150x15036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/n-19_1_1_1_1_1_1_2-150x15037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/n-19_1_1_1_1_1_1-150x15038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/n-19_1_1_1_1-150x15039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/n-19_1_1_2-150x15040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1_1_1_1_1_1_1-150x15041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1_1_1_1_1_1-150x15042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1_1_1_1_1-150x15043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1_1_1_1-150x15044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1_1_1-150x15045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1_1-150x15046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1-150x15047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1-150x15048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1-150x15049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1-150x15050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_2-150x15051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cnw-gvozd52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/n-19_1_2_1-150x15053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ga-16_1_1_1-150x15054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ga-16_1_1-150x15055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ga-16-150x15056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pr_3-1_90_1_1_1-150x15057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pr_3-1_90_1_2-150x15058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rk-gvozd_7_159.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rk-gvozd_160.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rk-gvozd_1261.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pr_3-1_90_1_1_2_2_1-150x15062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pr_3-1_90_1_1_2-150x15063.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pr_3-1_90_1_1_2_2-150x15064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cnw-gvozd_12_165.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cnw-gvozd_6_166.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/skoba-pb_1_1-150x15067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/skoba-pb-150x15068.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/wn-09_3_1_2_169.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12_1_1_1_1_1_1_1-150x15070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/es-18_1_1-150x15071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/es-18_1_1_1_2_1-150x15072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/es-18_1-150x15073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_2_1-150x15074.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_1_1_1_1_2-150x15075.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_1_1_1_2_1-150x15076.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_1_1_1_2-150x15077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_1_1_2-150x15078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_1_2-150x15079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_3-150x15080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_2-150x15081.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_2-150x15082.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_3-150x15083.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12_1_1_1_1_1_1_1_1-150x15084.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12_1_1_1_1_1_1-150x15085.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1-150x15086.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12_1_1-150x15087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12_1-150x15088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12-150x15089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/al-12_1_1_1_3-150x15090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mcf06_1_1_1-150x15091.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mcf06_1_1-150x15092.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mcf06_1-150x15093.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mcf06-150x15094.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12_1_1_2-150x15095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/al-12_1_2_1_1-150x15096.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_kliper_clp_20l_clipper_tool_03-150x15097.webp"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_klipsa_cl39_01-150x15098.webp"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_klipsa_cl33_01-150x15099.webp"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/wn-09_1_1_1100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_2-150x150101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_2-150x150102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d-10_2_1-150x150103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/516-g-100_1-150x150104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d-10-150x150105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prebena_staples_type_AD_-150x150106.webp"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_2_1_2-150x150107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_2_1_3-150x150108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_2_1_1_1-150x150109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_2_1-150x150110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_2_1_1-150x150111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_2-150x150112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_1_1_1-150x150113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_1_1-150x150114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1-150x150115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_2-150x150116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1-150x150117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1-150x150118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/z-21_1_1_1_1_1-150x150119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_1-150x150120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2_1-150x150121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_1_1_2-150x150122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_1_1-150x150123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_1_1_1_2-150x150124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_1_1_1-150x150125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_1_1_1_1-150x150126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2-150x150127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2_1_1-150x150128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/o-06_2_1_1_1_2-150x150129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2_1_1_1-150x150130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2_1_1_1_1-150x150131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2_1_1_1_1_1_1_2-150x150132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2_1_1_1_1_1_1_1-150x150133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/o-06_2_2-150x150134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/o-06_3_1_1_1_2-150x150135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fst-50136.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1533525" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:ext cx="1295400" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1304925" cy="1666875"/>
+    <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="723900" cy="1666875"/>
+    <xdr:ext cx="1304925" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="723900" cy="1666875"/>
+    <xdr:ext cx="1304925" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="723900" cy="1666875"/>
+    <xdr:ext cx="1304925" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
@@ -15889,231 +16533,231 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1295400" cy="1666875"/>
+    <xdr:ext cx="723900" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1295400" cy="1666875"/>
+    <xdr:ext cx="723900" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1295400" cy="1666875"/>
+    <xdr:ext cx="723900" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1647825" cy="1666875"/>
+    <xdr:ext cx="1295400" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:ext cx="1295400" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:ext cx="1295400" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1304925" cy="1666875"/>
+    <xdr:ext cx="1647825" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
@@ -16489,51 +17133,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>31</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1304925" cy="1666875"/>
+    <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
@@ -17119,51 +17763,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>52</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:ext cx="1295400" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="52" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
@@ -17209,111 +17853,111 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>55</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1295400" cy="1666875"/>
+    <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="55" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>56</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1295400" cy="1666875"/>
+    <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="56" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>57</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1295400" cy="1666875"/>
+    <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="57" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
@@ -17329,81 +17973,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>59</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:ext cx="1295400" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="59" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>60</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:ext cx="1295400" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="60" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
@@ -17419,51 +18063,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>62</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1295400" cy="1666875"/>
+    <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="62" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
@@ -17509,81 +18153,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>65</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:ext cx="1295400" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="65" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>66</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="2533650" cy="1666875"/>
+    <xdr:ext cx="1295400" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="66" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
@@ -17629,51 +18273,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>69</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:ext cx="1533525" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="69" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
@@ -18559,51 +19203,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>100</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:ext cx="2533650" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="100" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
@@ -19429,60 +20073,270 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>129</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1095375" cy="1666875"/>
+    <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="129" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>130</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="130" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>131</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="131" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>132</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="132" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>133</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="133" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>134</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="134" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>135</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="135" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>136</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1095375" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="136" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -19749,54 +20603,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H130"/>
+  <dimension ref="A1:H137"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H130" sqref="H130"/>
+      <selection activeCell="H137" sqref="H137"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -19970,777 +20824,705 @@
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2"/>
       <c r="D3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба пакувальна Prebena типу B-18 (10 тис. шт.)</t>
+            <t xml:space="preserve">Цвях гвинтовий в стрічці Prebena типу RK 2,8/80 (3 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 18 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 80 мм  Діаметр: 2,8 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба</t>
+            <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">B</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Пакувальна</t>
+            <t xml:space="preserve">RK</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид цвяха: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Гвинтовий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">більше 20</t>
+            <t xml:space="preserve">80</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр цвяха, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2"/>
       <c r="D4" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях по бетону EZ-Fasten 30T25D (1,0 тис. шт.)</t>
+            <t xml:space="preserve">Цвях покрівельний рифлений Prebena (6,72 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 25 мм  Діаметр: 2,6-3,05 мм  Головка: 30 мм  Кількість в упаковці: 1,0 тис. шт. </t>
+            <t xml:space="preserve">Висота: 45 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 6,72 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">По бетону</t>
+            <t xml:space="preserve">З головкою</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид цвяха: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Гладкий</t>
+            <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25</t>
+            <t xml:space="preserve">45</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр цвяха, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-64 (1 тис. шт.)</t>
+            <t xml:space="preserve">Цвях по бетону EZ-Fasten 30T40D (0,5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 64 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 40 мм  Діаметр: 2,6-3,05 мм  Головка: 30 мм  Кількість в упаковці: 0,5 тис. шт. </t>
           </r>
         </is>
       </c>
       <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ST</t>
+            <t xml:space="preserve">По бетону</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид цвяха: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гладкий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">64</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">Сталь</t>
+            <t xml:space="preserve">40</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-50 (1 тис. шт.)</t>
+            <t xml:space="preserve">Цвях по бетону EZ-Fasten 30T30D (0,5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 50 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 30 мм  Діаметр: 2,6-3,05 мм  Головка: 30 мм  Кількість в упаковці: 0,5 тис. шт. </t>
           </r>
         </is>
       </c>
       <c r="F6" s="2"/>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ST</t>
+            <t xml:space="preserve">По бетону</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид цвяха: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гладкий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">50</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">Сталь</t>
+            <t xml:space="preserve">30</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-38 (1 тис. шт.)</t>
+            <t xml:space="preserve">Цвях по бетону EZ-Fasten 30T25D (1,0 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 38 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 25 мм  Діаметр: 2,6-3,05 мм  Головка: 30 мм  Кількість в упаковці: 1,0 тис. шт. </t>
           </r>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ST</t>
+            <t xml:space="preserve">По бетону</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид цвяха: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гладкий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">Сталь</t>
+            <t xml:space="preserve">25</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2"/>
       <c r="D8" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-32 (2 тис. шт.)</t>
+            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-64 (1 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 25 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 64 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F8" s="2"/>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -20770,128 +21552,128 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гладкий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32</t>
+            <t xml:space="preserve">64</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2"/>
       <c r="D9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-25 (2 тис. шт.)</t>
+            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-50 (1 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 25 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 50 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F9" s="2"/>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -20921,128 +21703,128 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гладкий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25</t>
+            <t xml:space="preserve">50</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="2"/>
       <c r="D10" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-18 (2 тис. шт.)</t>
+            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-38 (1 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 18 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 38 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -21072,128 +21854,128 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гладкий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18</t>
+            <t xml:space="preserve">38</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-15 (2 тис. шт.)</t>
+            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-32 (2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 15 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 25 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -21223,522 +22005,522 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гладкий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15</t>
+            <t xml:space="preserve">32</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="2"/>
       <c r="D12" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях гладкий в стрічці Prebena типу RK 4,6/145 (0,5 тис. шт.)</t>
+            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-25 (2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 145 мм  Діаметр: 4,6 мм  Кількість в упаковці: 0,5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 25 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">RK</t>
+            <t xml:space="preserve">ST</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид цвяха: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гладкий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">145</t>
+            <t xml:space="preserve">25</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4.6</t>
+            <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="150">
       <c r="A13" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="2"/>
       <c r="D13" s="2" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях гладкий в стрічці Prebena типу RK 3,8/130 (1,4 тис. шт.)</t>
+            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-18 (2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 130 мм  Діаметр: 3,8 мм  Кількість в упаковці: 1,4 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 18 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">RK</t>
+            <t xml:space="preserve">ST</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид цвяха: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гладкий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">130</t>
+            <t xml:space="preserve">18</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.8</t>
+            <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="2"/>
       <c r="D14" s="2" t="s">
         <v>47</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях гвинтовий в стрічці Prebena типу RK 3,1/100 (2,5 тис. шт.)</t>
+            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-15 (2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 100 мм  Діаметр: 3,1 мм  Кількість в упаковці: 2,5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 15 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">RK</t>
+            <t xml:space="preserve">ST</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид цвяха: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Гвинтовий</t>
+            <t xml:space="preserve">Гладкий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">100</t>
+            <t xml:space="preserve">15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.1</t>
+            <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H14" s="2">
@@ -21746,150 +22528,150 @@
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="150">
       <c r="A15" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="2"/>
       <c r="D15" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях гвинтовий в стрічці Prebena типу ANK 4,0/50 (2 тис. шт.)</t>
+            <t xml:space="preserve">Цвях гладкий в стрічці Prebena типу RK 4,6/145 (0,5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 50 мм  Діаметр: 4,0 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 145 мм  Діаметр: 4,6 мм  Кількість в упаковці: 0,5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ANK</t>
+            <t xml:space="preserve">RK</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид цвяха: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Гвинтовий</t>
+            <t xml:space="preserve">Гладкий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">50</t>
+            <t xml:space="preserve">145</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4.0</t>
+            <t xml:space="preserve">4.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H15" s="2">
@@ -21897,718 +22679,754 @@
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="150">
       <c r="A16" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="2"/>
       <c r="D16" s="2" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба пакувальна Prebena типу B-22 (9,4 тис. шт.)</t>
+            <t xml:space="preserve">Цвях гладкий в стрічці Prebena типу RK 3,8/130 (1,4 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 22 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 9,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 130 мм  Діаметр: 3,8 мм  Кількість в упаковці: 1,4 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F16" s="2"/>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба</t>
+            <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">B</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Пакувальна</t>
+            <t xml:space="preserve">RK</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид цвяха: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Гладкий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">більше 20</t>
+            <t xml:space="preserve">130</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр цвяха, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="150">
       <c r="A17" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="2"/>
       <c r="D17" s="2" t="s">
         <v>56</v>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба пакувальна Prebena типу B-16 (12 тис. шт.)</t>
+            <t xml:space="preserve">Цвях гвинтовий в стрічці Prebena типу RK 3,1/100 (2,5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 16 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 12 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 100 мм  Діаметр: 3,1 мм  Кількість в упаковці: 2,5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F17" s="2"/>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба</t>
+            <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">B</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Пакувальна</t>
+            <t xml:space="preserve">RK</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид цвяха: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Гвинтовий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">більше 20</t>
+            <t xml:space="preserve">100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр цвяха, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3.1</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="150">
       <c r="A18" s="2" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="2"/>
       <c r="D18" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях по бетону EZ-Fasten 30T40D (0,5 тис. шт.)</t>
+            <t xml:space="preserve">Цвях гвинтовий в стрічці Prebena типу ANK 4,0/50 (2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 40 мм  Діаметр: 2,6-3,05 мм  Головка: 30 мм  Кількість в упаковці: 0,5 тис. шт. </t>
+            <t xml:space="preserve">Висота: 50 мм  Діаметр: 4,0 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F18" s="2"/>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">По бетону</t>
+            <t xml:space="preserve">ANK</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид цвяха: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Гладкий</t>
+            <t xml:space="preserve">Гвинтовий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40</t>
+            <t xml:space="preserve">50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр цвяха, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">4.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="150">
       <c r="A19" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="2"/>
       <c r="D19" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу VZ-08 (5 тис. шт.)</t>
+            <t xml:space="preserve">Цвях покрівельний рифлений Prebena (7,2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 8 мм  Ширина: 10,5 мм  Дріт: 0,41x0,7 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 32 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F19" s="2"/>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба</t>
+            <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">VZ</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Оббивочна</t>
+            <t xml:space="preserve">З головкою</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид цвяха: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">10 - 15</t>
+            <t xml:space="preserve">32</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр цвяха, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:8" customHeight="1" ht="150">
       <c r="A20" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="2"/>
       <c r="D20" s="2" t="s">
         <v>65</v>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу VX-14 (1 тис. шт.)</t>
+            <t xml:space="preserve">Скоба пакувальна Prebena типу B-22 (9,4 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 14 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь  </t>
+            <t xml:space="preserve">Висота: 22 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 9,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F20" s="2"/>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">VX</t>
+            <t xml:space="preserve">B</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Оббивочна</t>
+            <t xml:space="preserve">Пакувальна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14</t>
+            <t xml:space="preserve">22</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 - 15</t>
+            <t xml:space="preserve">більше 20</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H20" s="2">
@@ -22616,150 +23434,150 @@
       </c>
     </row>
     <row r="21" spans="1:8" customHeight="1" ht="150">
       <c r="A21" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="2"/>
       <c r="D21" s="2" t="s">
         <v>68</v>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу VX-12 (1 тис. шт.)</t>
+            <t xml:space="preserve">Скоба пакувальна Prebena типу B-19 (10 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 12 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 19 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F21" s="2"/>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">VX</t>
+            <t xml:space="preserve">B</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Оббивочна</t>
+            <t xml:space="preserve">Пакувальна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12</t>
+            <t xml:space="preserve">19</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 - 15</t>
+            <t xml:space="preserve">більше 20</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H21" s="2">
@@ -22767,150 +23585,150 @@
       </c>
     </row>
     <row r="22" spans="1:8" customHeight="1" ht="150">
       <c r="A22" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="2"/>
       <c r="D22" s="2" t="s">
         <v>71</v>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу VX-10 (1 тис. шт.)</t>
+            <t xml:space="preserve">Скоба пакувальна Prebena типу B-18 (10 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 10 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 18 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F22" s="2"/>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">VX</t>
+            <t xml:space="preserve">B</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Оббивочна</t>
+            <t xml:space="preserve">Пакувальна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10</t>
+            <t xml:space="preserve">18</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 - 15</t>
+            <t xml:space="preserve">більше 20</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H22" s="2">
@@ -22918,150 +23736,150 @@
       </c>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="150">
       <c r="A23" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="2"/>
       <c r="D23" s="2" t="s">
         <v>74</v>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу VX-08 (1 тис. шт.)</t>
+            <t xml:space="preserve">Скоба пакувальна Prebena типу B-16 (12 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 8 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 16 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 12 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F23" s="2"/>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">VX</t>
+            <t xml:space="preserve">B</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Оббивочна</t>
+            <t xml:space="preserve">Пакувальна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8</t>
+            <t xml:space="preserve">16</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 - 15</t>
+            <t xml:space="preserve">більше 20</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H23" s="2">
@@ -23069,132 +23887,132 @@
       </c>
     </row>
     <row r="24" spans="1:8" customHeight="1" ht="150">
       <c r="A24" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="2"/>
       <c r="D24" s="2" t="s">
         <v>77</v>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу VX-06 (1 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу VZ-08 (5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 6 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 8 мм  Ширина: 10,5 мм  Дріт: 0,41x0,7 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F24" s="2"/>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">VX</t>
+            <t xml:space="preserve">VZ</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6</t>
+            <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -23220,150 +24038,150 @@
       </c>
     </row>
     <row r="25" spans="1:8" customHeight="1" ht="150">
       <c r="A25" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C25" s="2"/>
       <c r="D25" s="2" t="s">
         <v>80</v>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу V-16 (14,56 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу VX-14 (1 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 16 мм  Ширина: 9 мм  Дріт: 0,58х0,75 мм  Кількість в упаковці: 14,56 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 14 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь  </t>
           </r>
         </is>
       </c>
       <c r="F25" s="2"/>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">V</t>
+            <t xml:space="preserve">VX</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16</t>
+            <t xml:space="preserve">14</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">менше 10</t>
+            <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H25" s="2">
@@ -23371,132 +24189,132 @@
       </c>
     </row>
     <row r="26" spans="1:8" customHeight="1" ht="150">
       <c r="A26" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C26" s="2"/>
       <c r="D26" s="2" t="s">
         <v>83</v>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу PF-8 (0,6 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу VX-12 (1 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 8 мм  Ширина: 10,6 мм  Дріт: 0,5х1,27 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 12 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F26" s="2"/>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PF</t>
+            <t xml:space="preserve">VX</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8</t>
+            <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -23522,96 +24340,96 @@
       </c>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="150">
       <c r="A27" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C27" s="2"/>
       <c r="D27" s="2" t="s">
         <v>86</v>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу PF-10 (0,6 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу VX-10 (1 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 10 мм  Ширина: 10,6 мм  Дріт: 0,5х1,27 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 10 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F27" s="2"/>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PF</t>
+            <t xml:space="preserve">VX</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
@@ -23673,132 +24491,132 @@
       </c>
     </row>
     <row r="28" spans="1:8" customHeight="1" ht="150">
       <c r="A28" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="2"/>
       <c r="D28" s="2" t="s">
         <v>89</v>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу PF-06 (0,6 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу VX-08 (1 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 6 мм  Ширина: 10,6 мм  Дріт: 0,5х1,27 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 8 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F28" s="2"/>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PF</t>
+            <t xml:space="preserve">VX</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6</t>
+            <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -23824,132 +24642,132 @@
       </c>
     </row>
     <row r="29" spans="1:8" customHeight="1" ht="150">
       <c r="A29" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="2"/>
       <c r="D29" s="2" t="s">
         <v>92</v>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу PB-12 (0,6 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу VX-06 (1 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 12 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 6 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F29" s="2"/>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PB</t>
+            <t xml:space="preserve">VX</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12</t>
+            <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -23975,150 +24793,150 @@
       </c>
     </row>
     <row r="30" spans="1:8" customHeight="1" ht="150">
       <c r="A30" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C30" s="2"/>
       <c r="D30" s="2" t="s">
         <v>95</v>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу PB-10 (0,6 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу V-16 (14,56 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 10 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 16 мм  Ширина: 9 мм  Дріт: 0,58х0,75 мм  Кількість в упаковці: 14,56 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F30" s="2"/>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PB</t>
+            <t xml:space="preserve">V</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10</t>
+            <t xml:space="preserve">16</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 - 15</t>
+            <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H30" s="2">
@@ -24126,96 +24944,96 @@
       </c>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="150">
       <c r="A31" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C31" s="2"/>
       <c r="D31" s="2" t="s">
         <v>98</v>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу PB-08 (0,6 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу PF-8 (0,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 8 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 8 мм  Ширина: 10,6 мм  Дріт: 0,5х1,27 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F31" s="2"/>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PB</t>
+            <t xml:space="preserve">PF</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
@@ -24256,552 +25074,624 @@
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H31" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:8" customHeight="1" ht="150">
       <c r="A32" s="2" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C32" s="2"/>
       <c r="D32" s="2" t="s">
         <v>101</v>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях по бетону EZ-Fasten 30T30D (0,5 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу PF-06 (0,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 30 мм  Діаметр: 2,6-3,05 мм  Головка: 30 мм  Кількість в упаковці: 0,5 тис. шт. </t>
+            <t xml:space="preserve">Висота: 6 мм  Ширина: 10,6 мм  Дріт: 0,5х1,27 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F32" s="2"/>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях</t>
+            <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">По бетону</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Гладкий</t>
+            <t xml:space="preserve">PF</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30</t>
+            <t xml:space="preserve">6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:8" customHeight="1" ht="150">
       <c r="A33" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C33" s="2"/>
       <c r="D33" s="2" t="s">
         <v>104</v>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях покрівельний рифлений Prebena (6,72 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу PB-12 (0,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 45 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 6,72 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 12 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F33" s="2"/>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях</t>
+            <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">З головкою</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Рифлений</t>
+            <t xml:space="preserve">PB</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">3.0</t>
+            <t xml:space="preserve">12</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Сталь</t>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:8" customHeight="1" ht="150">
       <c r="A34" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C34" s="2"/>
       <c r="D34" s="2" t="s">
         <v>107</v>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу D-16 (3,19 тис. шт.)</t>
+            <t xml:space="preserve">Цвях покрівельний рифлений Prebena (7,2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 16 мм  Ширина: 12,5 мм  Дріт: 0,5х1,25 мм  Кількість в упаковці: 3,19 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 25 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F34" s="2"/>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба</t>
+            <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">D</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Оббивочна</t>
+            <t xml:space="preserve">З головкою</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид цвяха: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">10 - 15</t>
+            <t xml:space="preserve">25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр цвяха, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:8" customHeight="1" ht="150">
       <c r="A35" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="2"/>
       <c r="D35" s="2" t="s">
         <v>110</v>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штифт Prebena типу J-13 (10 тис. шт.)</t>
+            <t xml:space="preserve">Цвях покрівельний рифлений Prebena (7,68 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 13 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 38 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 7,68 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F35" s="2"/>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штифт</t>
+            <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">J</t>
+            <t xml:space="preserve">З головкою</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид цвяха: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13</t>
+            <t xml:space="preserve">38</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр цвяха, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H35" s="2">
@@ -24809,229 +25699,265 @@
       </c>
     </row>
     <row r="36" spans="1:8" customHeight="1" ht="150">
       <c r="A36" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="2"/>
       <c r="D36" s="2" t="s">
         <v>113</v>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штифт Prebena типу N-63 (2,5 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу PB-08 (0,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 63 мм  Дріт: 1,5х1,65 мм  Кількість в упаковці: 2,5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 8 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F36" s="2"/>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штифт</t>
+            <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">N</t>
+            <t xml:space="preserve">PB</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">63</t>
+            <t xml:space="preserve">8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Сталь</t>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:8" customHeight="1" ht="150">
       <c r="A37" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C37" s="2"/>
       <c r="D37" s="2" t="s">
         <v>116</v>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штифт Prebena типу N-50 (2,5 тис. шт.)</t>
+            <t xml:space="preserve">Штифт Prebena типу J-13 (10 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 50 мм  Дріт: 1,5х1,65 мм  Кількість в упаковці: 2,5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 13 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F37" s="2"/>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">N</t>
+            <t xml:space="preserve">J</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">50</t>
+            <t xml:space="preserve">13</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H37" s="2">
@@ -25039,58 +25965,58 @@
       </c>
     </row>
     <row r="38" spans="1:8" customHeight="1" ht="150">
       <c r="A38" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C38" s="2"/>
       <c r="D38" s="2" t="s">
         <v>119</v>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штифт Prebena типу N-35 (2,5 тис. шт.)</t>
+            <t xml:space="preserve">Штифт Prebena типу N-63 (2,5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 35 мм  Дріт: 1,5х1,65 мм  Кількість в упаковці: 2,5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 63 мм  Дріт: 1,5х1,65 мм  Кількість в упаковці: 2,5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F38" s="2"/>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -25102,51 +26028,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">N</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35</t>
+            <t xml:space="preserve">63</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H38" s="2">
@@ -25154,96 +26080,96 @@
       </c>
     </row>
     <row r="39" spans="1:8" customHeight="1" ht="150">
       <c r="A39" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C39" s="2"/>
       <c r="D39" s="2" t="s">
         <v>122</v>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штифт Prebena типу J-50 (4 тис. шт.)</t>
+            <t xml:space="preserve">Штифт Prebena типу N-50 (2,5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 50 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 4 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 50 мм  Дріт: 1,5х1,65 мм  Кількість в упаковці: 2,5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F39" s="2"/>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">J</t>
+            <t xml:space="preserve">N</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">50</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -25269,114 +26195,114 @@
       </c>
     </row>
     <row r="40" spans="1:8" customHeight="1" ht="150">
       <c r="A40" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C40" s="2"/>
       <c r="D40" s="2" t="s">
         <v>125</v>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штифт Prebena типу J-45 (4 тис. шт.)</t>
+            <t xml:space="preserve">Штифт Prebena типу N-40 (2,5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 45 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 4 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 40 мм  Дріт: 1,5х1,65 мм  Кількість в упаковці: 2,5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F40" s="2"/>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">J</t>
+            <t xml:space="preserve">N</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45</t>
+            <t xml:space="preserve">40</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H40" s="2">
@@ -25384,114 +26310,114 @@
       </c>
     </row>
     <row r="41" spans="1:8" customHeight="1" ht="150">
       <c r="A41" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C41" s="2"/>
       <c r="D41" s="2" t="s">
         <v>128</v>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штифт Prebena типу J-40 (5 тис. шт.)</t>
+            <t xml:space="preserve">Штифт Prebena типу N-35 (2,5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 40 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 35 мм  Дріт: 1,5х1,65 мм  Кількість в упаковці: 2,5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F41" s="2"/>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">J</t>
+            <t xml:space="preserve">N</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40</t>
+            <t xml:space="preserve">35</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H41" s="2">
@@ -25499,58 +26425,58 @@
       </c>
     </row>
     <row r="42" spans="1:8" customHeight="1" ht="150">
       <c r="A42" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C42" s="2"/>
       <c r="D42" s="2" t="s">
         <v>131</v>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штифт Prebena типу J-38 (5 тис. шт.)</t>
+            <t xml:space="preserve">Штифт Prebena типу J-50 (4 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 38 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 50 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 4 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F42" s="2"/>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -25562,51 +26488,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38</t>
+            <t xml:space="preserve">50</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H42" s="2">
@@ -25614,58 +26540,58 @@
       </c>
     </row>
     <row r="43" spans="1:8" customHeight="1" ht="150">
       <c r="A43" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C43" s="2"/>
       <c r="D43" s="2" t="s">
         <v>134</v>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штифт Prebena типу J-35 (5 тис. шт.)</t>
+            <t xml:space="preserve">Штифт Prebena типу J-45 (4 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 35 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 45 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 4 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F43" s="2"/>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -25677,51 +26603,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35</t>
+            <t xml:space="preserve">45</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H43" s="2">
@@ -25729,58 +26655,58 @@
       </c>
     </row>
     <row r="44" spans="1:8" customHeight="1" ht="150">
       <c r="A44" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C44" s="2"/>
       <c r="D44" s="2" t="s">
         <v>137</v>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штифт Prebena типу J-32 (5 тис. шт.)</t>
+            <t xml:space="preserve">Штифт Prebena типу J-40 (5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 32 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 40 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F44" s="2"/>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -25792,51 +26718,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32</t>
+            <t xml:space="preserve">40</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H44" s="2">
@@ -25844,58 +26770,58 @@
       </c>
     </row>
     <row r="45" spans="1:8" customHeight="1" ht="150">
       <c r="A45" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C45" s="2"/>
       <c r="D45" s="2" t="s">
         <v>140</v>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штифт Prebena типу J-30 (5 тис. шт.)</t>
+            <t xml:space="preserve">Штифт Prebena типу J-38 (5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 30 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 38 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F45" s="2"/>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -25907,51 +26833,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30</t>
+            <t xml:space="preserve">38</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H45" s="2">
@@ -25959,58 +26885,58 @@
       </c>
     </row>
     <row r="46" spans="1:8" customHeight="1" ht="150">
       <c r="A46" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C46" s="2"/>
       <c r="D46" s="2" t="s">
         <v>143</v>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штифт Prebena типу J-25 (5 тис. шт.)</t>
+            <t xml:space="preserve">Штифт Prebena типу J-35 (5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 25 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 35 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F46" s="2"/>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -26022,51 +26948,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25</t>
+            <t xml:space="preserve">35</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H46" s="2">
@@ -26074,58 +27000,58 @@
       </c>
     </row>
     <row r="47" spans="1:8" customHeight="1" ht="150">
       <c r="A47" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C47" s="2"/>
       <c r="D47" s="2" t="s">
         <v>146</v>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штифт Prebena типу J-19 (10 тис. шт.)</t>
+            <t xml:space="preserve">Штифт Prebena типу J-32 (5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 19 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 32 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F47" s="2"/>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -26137,51 +27063,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19</t>
+            <t xml:space="preserve">32</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H47" s="2">
@@ -26189,58 +27115,58 @@
       </c>
     </row>
     <row r="48" spans="1:8" customHeight="1" ht="150">
       <c r="A48" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C48" s="2"/>
       <c r="D48" s="2" t="s">
         <v>149</v>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штифт Prebena типу J-16 (10 тис. шт.)</t>
+            <t xml:space="preserve">Штифт Prebena типу J-30 (5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 16 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 30 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F48" s="2"/>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -26252,51 +27178,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16</t>
+            <t xml:space="preserve">30</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H48" s="2">
@@ -26304,58 +27230,58 @@
       </c>
     </row>
     <row r="49" spans="1:8" customHeight="1" ht="150">
       <c r="A49" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C49" s="2"/>
       <c r="D49" s="2" t="s">
         <v>152</v>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штифт Prebena типу J-10 (20 тис. шт.)</t>
+            <t xml:space="preserve">Штифт Prebena типу J-25 (5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 10 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 20 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 25 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F49" s="2"/>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -26367,51 +27293,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10</t>
+            <t xml:space="preserve">25</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H49" s="2">
@@ -26419,610 +27345,610 @@
       </c>
     </row>
     <row r="50" spans="1:8" customHeight="1" ht="150">
       <c r="A50" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C50" s="2"/>
       <c r="D50" s="2" t="s">
         <v>155</v>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях покрівельний рифлений Prebena (7,2 тис. шт.)</t>
+            <t xml:space="preserve">Штифт Prebena типу J-19 (10 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 25 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 19 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F50" s="2"/>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях</t>
+            <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">З головкою</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Рифлений</t>
+            <t xml:space="preserve">J</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">3.0</t>
+            <t xml:space="preserve">19</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H50" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:8" customHeight="1" ht="150">
       <c r="A51" s="2" t="s">
-        <v>158</v>
+        <v>8</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C51" s="2"/>
       <c r="D51" s="2" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штифт Novofast типа N-30 (2,88 тис. шт.)</t>
+            <t xml:space="preserve">Штифт Prebena типу J-16 (10 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Высота: 30 ммПроволока: 1,5х1,65 ммКоличество в упаковке: 2,88 тис. шт.Материал: сталь</t>
+            <t xml:space="preserve">Висота: 16 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F51" s="2"/>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">N</t>
+            <t xml:space="preserve">J</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30</t>
+            <t xml:space="preserve">16</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H51" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:8" customHeight="1" ht="150">
       <c r="A52" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C52" s="2"/>
       <c r="D52" s="2" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шпилька Prebena типу GA-30 (5 тис. шт.)</t>
+            <t xml:space="preserve">Штифт Prebena типу J-10 (20 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 30 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 10 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 20 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F52" s="2"/>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шпилька</t>
+            <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GA</t>
+            <t xml:space="preserve">J</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30</t>
+            <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H52" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:8" customHeight="1" ht="150">
       <c r="A53" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C53" s="2"/>
       <c r="D53" s="2" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шпилька Prebena типу GA-25 (5 тис. шт.)</t>
+            <t xml:space="preserve">Цвях рифлений в бобіні Prebena типу CNW 2,1/25 (23,100 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 25 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 25 мм  Діаметр: 2,1 мм  Кількість в упаковці: 23,100 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F53" s="2"/>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шпилька</t>
+            <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GA</t>
+            <t xml:space="preserve">CNW</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид цвяха: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр цвяха, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.1</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H53" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:8" customHeight="1" ht="150">
       <c r="A54" s="2" t="s">
-        <v>8</v>
+        <v>167</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C54" s="2"/>
       <c r="D54" s="2" t="s">
         <v>168</v>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шпилька Prebena типу GA-16 (10 тис. шт.)</t>
+            <t xml:space="preserve">Штифт Novofast типа N-30 (2,88 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 16 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Высота: 30 ммПроволока: 1,5х1,65 ммКоличество в упаковке: 2,88 тис. шт.Материал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F54" s="2"/>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шпилька</t>
+            <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GA</t>
+            <t xml:space="preserve">N</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16</t>
+            <t xml:space="preserve">30</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H54" s="2">
@@ -27030,150 +27956,114 @@
       </c>
     </row>
     <row r="55" spans="1:8" customHeight="1" ht="150">
       <c r="A55" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="2"/>
       <c r="D55" s="2" t="s">
         <v>171</v>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях рифлений нікельований в стрічці Prebena типу PR 2,8/50 (5 тис. шт.)</t>
+            <t xml:space="preserve">Шпилька Prebena типу GA-30 (5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 50 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 30 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F55" s="2"/>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях</t>
+            <t xml:space="preserve">Шпилька</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Рифлений</t>
+            <t xml:space="preserve">GA</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">50</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">2.8</t>
+            <t xml:space="preserve">30</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H55" s="2">
@@ -27181,150 +28071,114 @@
       </c>
     </row>
     <row r="56" spans="1:8" customHeight="1" ht="150">
       <c r="A56" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C56" s="2"/>
       <c r="D56" s="2" t="s">
         <v>174</v>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу RK 3,1/90 (3 тис. шт.)</t>
+            <t xml:space="preserve">Шпилька Prebena типу GA-25 (5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 90 мм  Діаметр: 3,1 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 25 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F56" s="2"/>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях</t>
+            <t xml:space="preserve">Шпилька</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">RK</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Рифлений</t>
+            <t xml:space="preserve">GA</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">90</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">3.1</t>
+            <t xml:space="preserve">25</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H56" s="2">
@@ -27332,150 +28186,114 @@
       </c>
     </row>
     <row r="57" spans="1:8" customHeight="1" ht="150">
       <c r="A57" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C57" s="2"/>
       <c r="D57" s="2" t="s">
         <v>177</v>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу RK 2,8/60 (4,2 тис. шт.)</t>
+            <t xml:space="preserve">Шпилька Prebena типу GA-16 (10 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 60 мм  Діаметр: 2,8 мм  Кількість в упаковці: 4,2 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 16 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F57" s="2"/>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях</t>
+            <t xml:space="preserve">Шпилька</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">RK</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Рифлений</t>
+            <t xml:space="preserve">GA</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">60</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">2.8</t>
+            <t xml:space="preserve">16</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H57" s="2">
@@ -27483,132 +28301,132 @@
       </c>
     </row>
     <row r="58" spans="1:8" customHeight="1" ht="150">
       <c r="A58" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C58" s="2"/>
       <c r="D58" s="2" t="s">
         <v>180</v>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу RK 2,8/55 (5 тис. шт.)</t>
+            <t xml:space="preserve">Цвях рифлений нікельований в стрічці Prebena типу PR 2,8/75 (4 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 55 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 75 мм  Діаметр: 2,8 мм  Кількість в упаковці: 4 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F58" s="2"/>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">RK</t>
+            <t xml:space="preserve">PR</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид цвяха: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">55</t>
+            <t xml:space="preserve">75</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -27634,58 +28452,58 @@
       </c>
     </row>
     <row r="59" spans="1:8" customHeight="1" ht="150">
       <c r="A59" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C59" s="2"/>
       <c r="D59" s="2" t="s">
         <v>183</v>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу PR 2,8/75 (4 тис. шт.)</t>
+            <t xml:space="preserve">Цвях рифлений нікельований в стрічці Prebena типу PR 2,8/50 (5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 75 мм  Діаметр: 2,8 мм  Кількість в упаковці: 4 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 50 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F59" s="2"/>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -27715,51 +28533,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">75</t>
+            <t xml:space="preserve">50</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -27785,150 +28603,150 @@
       </c>
     </row>
     <row r="60" spans="1:8" customHeight="1" ht="150">
       <c r="A60" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C60" s="2"/>
       <c r="D60" s="2" t="s">
         <v>186</v>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу PR 2,8/55 (5 тис. шт.)</t>
+            <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу RK 3,1/90 (3 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 55 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 90 мм  Діаметр: 3,1 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F60" s="2"/>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR</t>
+            <t xml:space="preserve">RK</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид цвяха: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">55</t>
+            <t xml:space="preserve">90</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.8</t>
+            <t xml:space="preserve">3.1</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H60" s="2">
@@ -27936,132 +28754,132 @@
       </c>
     </row>
     <row r="61" spans="1:8" customHeight="1" ht="150">
       <c r="A61" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C61" s="2"/>
       <c r="D61" s="2" t="s">
         <v>189</v>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу PR 2,8/50 (5 тис. шт.)</t>
+            <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу RK 2,8/60 (4,2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 50 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 60 мм  Діаметр: 2,8 мм  Кількість в упаковці: 4,2 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F61" s="2"/>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR</t>
+            <t xml:space="preserve">RK</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид цвяха: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">50</t>
+            <t xml:space="preserve">60</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -28073,146 +28891,146 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H61" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:8" customHeight="1" ht="150">
       <c r="A62" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C62" s="2"/>
       <c r="D62" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях рифлений в бобіні Prebena типу CNW 2,8/85 (4,5 тис. шт.)</t>
+            <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу RK 2,8/55 (5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 85 мм  Діаметр: 2,8 мм  Кількість в упаковці: 4,5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 55 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F62" s="2"/>
       <c r="G62" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CNW</t>
+            <t xml:space="preserve">RK</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид цвяха: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">85</t>
+            <t xml:space="preserve">55</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -28224,164 +29042,164 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H62" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:8" customHeight="1" ht="150">
       <c r="A63" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C63" s="2"/>
       <c r="D63" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях рифлений в бобіні Prebena типу CNW 2,5/60 BkSch (9 тис. шт.)</t>
+            <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу PR 2,8/75 (4 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 60 мм  Діаметр: 2,5 мм  Кількість в упаковці: 9 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 75 мм  Діаметр: 2,8 мм  Кількість в упаковці: 4 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F63" s="2"/>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CNW</t>
+            <t xml:space="preserve">PR</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид цвяха: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">60</t>
+            <t xml:space="preserve">75</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.5</t>
+            <t xml:space="preserve">2.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H63" s="2">
@@ -28389,150 +29207,150 @@
       </c>
     </row>
     <row r="64" spans="1:8" customHeight="1" ht="150">
       <c r="A64" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C64" s="2"/>
       <c r="D64" s="2" t="s">
         <v>197</v>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях покрівельний рифлений Prebena (7,68 тис. шт.)</t>
+            <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу PR 2,8/55 (5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 38 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 7,68 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 55 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F64" s="2"/>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">З головкою</t>
+            <t xml:space="preserve">PR</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид цвяха: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38</t>
+            <t xml:space="preserve">55</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.0</t>
+            <t xml:space="preserve">2.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H64" s="2">
@@ -28540,1117 +29358,1117 @@
       </c>
     </row>
     <row r="65" spans="1:8" customHeight="1" ht="150">
       <c r="A65" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C65" s="2"/>
       <c r="D65" s="2" t="s">
         <v>200</v>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу PB-06 (0,6 тис. шт.)</t>
+            <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу PR 2,8/50 (5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 6 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 50 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F65" s="2"/>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба</t>
+            <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PB</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Оббивочна</t>
+            <t xml:space="preserve">PR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид цвяха: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">10 - 15</t>
+            <t xml:space="preserve">50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр цвяха, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H65" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:8" customHeight="1" ht="150">
       <c r="A66" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C66" s="2"/>
       <c r="D66" s="2" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу D-10 (6,05 тис. шт.)</t>
+            <t xml:space="preserve">Цвях рифлений в бобіні Prebena типу CNW 2,8/85 (4,5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 10 мм  Ширина: 12,5 мм  Дріт: 0,5х1,25 мм  Кількість в упаковці: 6,05 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 85 мм  Діаметр: 2,8 мм  Кількість в упаковці: 4,5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F66" s="2"/>
       <c r="G66" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба</t>
+            <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">D</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Оббивочна</t>
+            <t xml:space="preserve">CNW</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид цвяха: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">10 - 15</t>
+            <t xml:space="preserve">85</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр цвяха, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H66" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:8" customHeight="1" ht="150">
       <c r="A67" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C67" s="2"/>
       <c r="D67" s="2" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Гофроскоба каркасна (столярна) Prebena типу WN-15 (1,65 тис. шт.)</t>
+            <t xml:space="preserve">Цвях рифлений в бобіні Prebena типу CNW 2,5/60 BkSch (9 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 15 мм  Ширина: 25 мм  Кількість в упаковці: 1,65 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 60 мм  Діаметр: 2,5 мм  Кількість в упаковці: 9 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F67" s="2"/>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба</t>
+            <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">WN</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Каркасна</t>
+            <t xml:space="preserve">CNW</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид цвяха: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">більше 20</t>
+            <t xml:space="preserve">60</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр цвяха, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H67" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:8" customHeight="1" ht="150">
       <c r="A68" s="2" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C68" s="2"/>
       <c r="D68" s="2" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/50 (9,6 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу PB-10 (0,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 50 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 10 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F68" s="2"/>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікроштифт</t>
+            <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">B 6</t>
+            <t xml:space="preserve">PB</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">50</t>
+            <t xml:space="preserve">10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Сталь</t>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H68" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:8" customHeight="1" ht="150">
       <c r="A69" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C69" s="2"/>
       <c r="D69" s="2" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу ES-30 (4,4 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу PB-06 (0,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 30 мм  Ширина: 5,95 мм  Дріт: 0,83х1,08 мм  Кількість в упаковці: 4,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 6 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F69" s="2"/>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ES</t>
+            <t xml:space="preserve">PB</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркасна</t>
+            <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30</t>
+            <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">менше 10</t>
+            <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H69" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:8" customHeight="1" ht="150">
       <c r="A70" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C70" s="2"/>
       <c r="D70" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу ES-25 (4,8 тис. шт.)</t>
+            <t xml:space="preserve">Гофроскоба каркасна (столярна) Prebena типу WN-12 (11,76 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 25 мм Ширина: 5,95 мм  Дріт: 0,83х1,08 мм  Кількість в упаковці: 4,8 тис. шт  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 12 мм  Ширина: 25 мм  Кількість в упаковці: 11,76 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F70" s="2"/>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ES</t>
+            <t xml:space="preserve">WN</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25</t>
+            <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">менше 10</t>
+            <t xml:space="preserve">більше 20</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H70" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:8" customHeight="1" ht="150">
       <c r="A71" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C71" s="2"/>
       <c r="D71" s="2" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-38 (2 тис. шт.)</t>
+            <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/45 (9,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 38 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 45 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F71" s="2"/>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба</t>
+            <t xml:space="preserve">Мікроштифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">E</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Каркасна</t>
+            <t xml:space="preserve">B 6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">менше 10</t>
+            <t xml:space="preserve">45</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H71" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:8" customHeight="1" ht="150">
       <c r="A72" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C72" s="2"/>
       <c r="D72" s="2" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-35 (2 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу ES-35 (3,8 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 35 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 35 мм Ширина: 5,95 мм  Дріт: 0,83х1,08 мм  Кількість в упаковці: 3,8 тис. шт  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F72" s="2"/>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">E</t>
+            <t xml:space="preserve">ES</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
@@ -29698,146 +30516,146 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H72" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:8" customHeight="1" ht="150">
       <c r="A73" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C73" s="2"/>
       <c r="D73" s="2" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-32 (2,2 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу ES-30 (4,4 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 32 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 30 мм  Ширина: 5,95 мм  Дріт: 0,83х1,08 мм  Кількість в упаковці: 4,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F73" s="2"/>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">E</t>
+            <t xml:space="preserve">ES</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32</t>
+            <t xml:space="preserve">30</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -29849,146 +30667,146 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H73" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:8" customHeight="1" ht="150">
       <c r="A74" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C74" s="2"/>
       <c r="D74" s="2" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-30 (2,4 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу ES-25 (4,8 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 30 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 25 мм Ширина: 5,95 мм  Дріт: 0,83х1,08 мм  Кількість в упаковці: 4,8 тис. шт  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F74" s="2"/>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">E</t>
+            <t xml:space="preserve">ES</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30</t>
+            <t xml:space="preserve">25</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -30000,72 +30818,72 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H74" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:8" customHeight="1" ht="150">
       <c r="A75" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C75" s="2"/>
       <c r="D75" s="2" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-25 (3 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-38 (2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 25 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 38 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F75" s="2"/>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -30095,51 +30913,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25</t>
+            <t xml:space="preserve">38</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -30151,72 +30969,72 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H75" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:8" customHeight="1" ht="150">
       <c r="A76" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C76" s="2"/>
       <c r="D76" s="2" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-21 (3,6 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-35 (2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 21 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 3,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 35 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F76" s="2"/>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -30246,51 +31064,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21</t>
+            <t xml:space="preserve">35</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -30302,72 +31120,72 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H76" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:8" customHeight="1" ht="150">
       <c r="A77" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C77" s="2"/>
       <c r="D77" s="2" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-18 (4,2 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-32 (2,2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 18 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 4,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 32 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F77" s="2"/>
       <c r="G77" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -30397,51 +31215,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18</t>
+            <t xml:space="preserve">32</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -30453,72 +31271,72 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H77" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:8" customHeight="1" ht="150">
       <c r="A78" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C78" s="2"/>
       <c r="D78" s="2" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-16 (4,8 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-30 (2,4 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 16 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 4,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 30 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F78" s="2"/>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -30548,51 +31366,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16</t>
+            <t xml:space="preserve">30</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -30604,72 +31422,72 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H78" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:8" customHeight="1" ht="150">
       <c r="A79" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C79" s="2"/>
       <c r="D79" s="2" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-14 (5,4 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-25 (3 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 14 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 5,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 25 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F79" s="2"/>
       <c r="G79" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -30699,51 +31517,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14</t>
+            <t xml:space="preserve">25</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -30755,72 +31573,72 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H79" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:8" customHeight="1" ht="150">
       <c r="A80" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C80" s="2"/>
       <c r="D80" s="2" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-12 (6,2 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-21 (3,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 12 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 6,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 21 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 3,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F80" s="2"/>
       <c r="G80" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -30850,51 +31668,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12</t>
+            <t xml:space="preserve">21</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -30906,72 +31724,72 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H80" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:8" customHeight="1" ht="150">
       <c r="A81" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C81" s="2"/>
       <c r="D81" s="2" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-10 (7,2 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-18 (4,2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 10 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 18 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 4,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F81" s="2"/>
       <c r="G81" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -31001,281 +31819,317 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10</t>
+            <t xml:space="preserve">18</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H81" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:8" customHeight="1" ht="150">
       <c r="A82" s="2" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C82" s="2"/>
       <c r="D82" s="2" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/45 (9,6 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-16 (4,8 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 45 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 16 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 4,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F82" s="2"/>
       <c r="G82" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікроштифт</t>
+            <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">B 6</t>
+            <t xml:space="preserve">E</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45</t>
+            <t xml:space="preserve">16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Сталь</t>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H82" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:8" customHeight="1" ht="150">
       <c r="A83" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C83" s="2"/>
       <c r="D83" s="2" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-14 (13,4 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-14 (5,4 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 14 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 13,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 14 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 5,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F83" s="2"/>
       <c r="G83" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">H</t>
+            <t xml:space="preserve">E</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
@@ -31316,194 +32170,230 @@
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H83" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:8" customHeight="1" ht="150">
       <c r="A84" s="2" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C84" s="2"/>
       <c r="D84" s="2" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/40 (9,6 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-10 (7,2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 40 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 10 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F84" s="2"/>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікроштифт</t>
+            <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">B 6</t>
+            <t xml:space="preserve">E</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40</t>
+            <t xml:space="preserve">10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Сталь</t>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H84" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:8" customHeight="1" ht="150">
       <c r="A85" s="2" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C85" s="2"/>
       <c r="D85" s="2" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/18 (9,6 тис. шт.)</t>
+            <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/50 (9,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 18 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 50 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F85" s="2"/>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Мікроштифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -31515,110 +32405,110 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B 6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18</t>
+            <t xml:space="preserve">50</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H85" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:8" customHeight="1" ht="150">
       <c r="A86" s="2" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C86" s="2"/>
       <c r="D86" s="2" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/15 (9,6 тис. шт.)</t>
+            <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/40 (9,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 15 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 40 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F86" s="2"/>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Мікроштифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -31630,793 +32520,721 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B 6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15</t>
+            <t xml:space="preserve">40</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H86" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:8" customHeight="1" ht="150">
       <c r="A87" s="2" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C87" s="2"/>
       <c r="D87" s="2" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/12 (9,6 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-16 (12 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 12 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 16 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 12 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F87" s="2"/>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікроштифт</t>
+            <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">B 6</t>
+            <t xml:space="preserve">H</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12</t>
+            <t xml:space="preserve">16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Сталь</t>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H87" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:8" customHeight="1" ht="150">
       <c r="A88" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C88" s="2"/>
       <c r="D88" s="2" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікрошпилька Prebena типу AL-30 (10 тис. шт.)</t>
+            <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/18 (9,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 30 мм  Дріт: 0,64х4,64 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 18 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F88" s="2"/>
       <c r="G88" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікрошпилька</t>
+            <t xml:space="preserve">Мікроштифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">AL</t>
+            <t xml:space="preserve">B 6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30</t>
+            <t xml:space="preserve">18</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H88" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:8" customHeight="1" ht="150">
       <c r="A89" s="2" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C89" s="2"/>
       <c r="D89" s="2" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF15 (7,5 тис. шт.)</t>
+            <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/15 (9,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 12 мм  Ширина: 12,5 мм  Кількість в упаковці: 7,5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 15 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F89" s="2"/>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба</t>
+            <t xml:space="preserve">Мікроштифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">MCF</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Каркасна</t>
+            <t xml:space="preserve">B 6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">15</t>
-          </r>
-[...16 lines deleted...]
-            <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H89" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:8" customHeight="1" ht="150">
       <c r="A90" s="2" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C90" s="2"/>
       <c r="D90" s="2" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF12 (10 тис. шт.)</t>
+            <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/12 (9,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 12 мм  Ширина: 12,5 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 12 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F90" s="2"/>
       <c r="G90" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба</t>
+            <t xml:space="preserve">Мікроштифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">MCF</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Каркасна</t>
+            <t xml:space="preserve">B 6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
-          </r>
-[...16 lines deleted...]
-            <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H90" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:8" customHeight="1" ht="150">
       <c r="A91" s="2" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C91" s="2"/>
       <c r="D91" s="2" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF09 (14 тис. шт.)</t>
+            <t xml:space="preserve">Мікрошпилька Prebena типу AL-30 (10 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 9 мм  Ширина: 12,5 мм  Кількість в упаковці: 14 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 30 мм  Дріт: 0,64х4,64 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F91" s="2"/>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба</t>
+            <t xml:space="preserve">Мікрошпилька</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">MCF</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Каркасна</t>
+            <t xml:space="preserve">AL</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">10 - 15</t>
+            <t xml:space="preserve">30</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H91" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:8" customHeight="1" ht="150">
       <c r="A92" s="2" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C92" s="2"/>
       <c r="D92" s="2" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF06 (20 тис. шт.)</t>
+            <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF15 (7,5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 6 мм  Ширина: 12,5 мм  Кількість в упаковці: 20 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 12 мм  Ширина: 12,5 мм  Кількість в упаковці: 7,5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F92" s="2"/>
       <c r="G92" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -32446,2353 +33264,2245 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6</t>
+            <t xml:space="preserve">15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H92" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:8" customHeight="1" ht="150">
       <c r="A93" s="2" t="s">
-        <v>158</v>
+        <v>19</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C93" s="2"/>
       <c r="D93" s="2" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Микроштифт Novofast тип  6/18 мм (14,5 тис. шт.)</t>
+            <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF12 (10 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Высота: 18 ммКоличество в упаковке: 14,5 тис. шт.Материал: сталь</t>
+            <t xml:space="preserve">Висота: 12 мм  Ширина: 12,5 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F93" s="2"/>
       <c r="G93" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікроштифт</t>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">MCF</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18</t>
+            <t xml:space="preserve">12</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H93" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:8" customHeight="1" ht="150">
       <c r="A94" s="2" t="s">
-        <v>158</v>
+        <v>19</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C94" s="2"/>
       <c r="D94" s="2" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Микрошпилька Novofast типа AL-17 (20 тис. шт.)</t>
+            <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF09 (14 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Высота: 17 ммПроволока: 0,64 ммКоличество в упаковке: 20 тис. шт.Материал: сталь</t>
+            <t xml:space="preserve">Висота: 9 мм  Ширина: 12,5 мм  Кількість в упаковці: 14 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F94" s="2"/>
       <c r="G94" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікрошпилька</t>
+            <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">AL</t>
+            <t xml:space="preserve">MCF</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17</t>
+            <t xml:space="preserve">9</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H94" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:8" customHeight="1" ht="150">
       <c r="A95" s="2" t="s">
-        <v>158</v>
+        <v>19</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C95" s="2"/>
       <c r="D95" s="2" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Микрошпилька Novofast типа AL-10 (20 тис. шт.)</t>
+            <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF06 (20 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Высота: 10 ммПроволока: 0,64 ммКоличество в упаковке: 20 тис. шт.Материал: сталь</t>
+            <t xml:space="preserve">Висота: 6 мм  Ширина: 12,5 мм  Кількість в упаковці: 20 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F95" s="2"/>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікрошпилька</t>
+            <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">AL</t>
+            <t xml:space="preserve">MCF</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10</t>
+            <t xml:space="preserve">6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H95" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:8" customHeight="1" ht="150">
       <c r="A96" s="2" t="s">
-        <v>293</v>
+        <v>167</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C96" s="2"/>
       <c r="D96" s="2" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Кліпса зв&amp;#8217;язувальна CLP-20L</t>
+            <t xml:space="preserve">Микроштифт Novofast тип  6/18 мм (14,5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">Высота: 18 ммКоличество в упаковке: 14,5 тис. шт.Материал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F96" s="2"/>
       <c r="G96" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Кліпса</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">M</t>
+            <t xml:space="preserve">Мікроштифт</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">18</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H96" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:8" customHeight="1" ht="150">
       <c r="A97" s="2" t="s">
-        <v>8</v>
+        <v>167</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C97" s="2"/>
       <c r="D97" s="2" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу ES-35 (3,8 тис. шт.)</t>
+            <t xml:space="preserve">Микрошпилька Novofast типа AL-17 (20 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 35 мм Ширина: 5,95 мм  Дріт: 0,83х1,08 мм  Кількість в упаковці: 3,8 тис. шт  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Высота: 17 ммПроволока: 0,64 ммКоличество в упаковке: 20 тис. шт.Материал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F97" s="2"/>
       <c r="G97" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба</t>
+            <t xml:space="preserve">Мікрошпилька</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ES</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Каркасна</t>
+            <t xml:space="preserve">AL</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">менше 10</t>
+            <t xml:space="preserve">17</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H97" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:8" customHeight="1" ht="150">
       <c r="A98" s="2" t="s">
-        <v>8</v>
+        <v>298</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C98" s="2"/>
       <c r="D98" s="2" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-16 (12 тис. шт.)</t>
+            <t xml:space="preserve">Кліпса зв&amp;#8217;язувальна CLP-20L</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 16 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 12 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F98" s="2"/>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба</t>
+            <t xml:space="preserve">Кліпса</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">H</t>
-[...71 lines deleted...]
-            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">M</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H98" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:8" customHeight="1" ht="150">
       <c r="A99" s="2" t="s">
-        <v>8</v>
+        <v>298</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C99" s="2"/>
       <c r="D99" s="2" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу A-16 (10,8 тис. шт.)</t>
+            <t xml:space="preserve">Кліпса зв&amp;#8217;язувальна CL39</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 16 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 10,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F99" s="2"/>
       <c r="G99" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба</t>
+            <t xml:space="preserve">Кліпса</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">A</t>
-[...71 lines deleted...]
-            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">M</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H99" s="2">
-        <v>0</v>
+        <v>421</v>
       </c>
     </row>
     <row r="100" spans="1:8" customHeight="1" ht="150">
       <c r="A100" s="2" t="s">
-        <v>8</v>
+        <v>298</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C100" s="2"/>
       <c r="D100" s="2" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу O-19 (11 тис. шт.)</t>
+            <t xml:space="preserve">Кліпса зв&amp;#8217;язувальна CL33</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 19 мм  Ширина: 4,5 мм  Дріт: 0,66x0,95 мм  Кількість в упаковці: 11 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F100" s="2"/>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба</t>
+            <t xml:space="preserve">Кліпса</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">O</t>
-[...71 lines deleted...]
-            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">M</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H100" s="2">
-        <v>0</v>
+        <v>349</v>
       </c>
     </row>
     <row r="101" spans="1:8" customHeight="1" ht="150">
       <c r="A101" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C101" s="2"/>
       <c r="D101" s="2" t="s">
+        <v>306</v>
+      </c>
+      <c r="E101" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Гофроскоба каркасна (столярна) Prebena типу WN-15 (1,65 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 15 мм  Ширина: 25 мм  Кількість в упаковці: 1,65 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F101" s="2"/>
+      <c r="G101" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">WN</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">більше 20</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H101" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8" customHeight="1" ht="150">
+      <c r="A102" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B102" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" s="2"/>
+      <c r="D102" s="2" t="s">
         <v>309</v>
       </c>
-      <c r="E101" s="2" t="inlineStr">
+      <c r="E102" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-14 (13,4 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 14 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 13,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F102" s="2"/>
+      <c r="G102" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">H</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">14</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">менше 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H102" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8" customHeight="1" ht="150">
+      <c r="A103" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B103" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" s="2"/>
+      <c r="D103" s="2" t="s">
+        <v>312</v>
+      </c>
+      <c r="E103" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-18 (3 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 18 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F103" s="2"/>
+      <c r="G103" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">H</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">18</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">менше 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H103" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8" customHeight="1" ht="150">
+      <c r="A104" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B104" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" s="2"/>
+      <c r="D104" s="2" t="s">
+        <v>315</v>
+      </c>
+      <c r="E104" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу D-16 (3,19 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 16 мм  Ширина: 12,5 мм  Дріт: 0,5х1,25 мм  Кількість в упаковці: 3,19 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F104" s="2"/>
+      <c r="G104" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">D</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Оббивочна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H104" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8" customHeight="1" ht="150">
+      <c r="A105" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B105" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" s="2"/>
+      <c r="D105" s="2" t="s">
+        <v>318</v>
+      </c>
+      <c r="E105" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба каркасна (столярна) С-подібна EZ-Fasten (10 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F105" s="2"/>
+      <c r="G105" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">C</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H105" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8" customHeight="1" ht="150">
+      <c r="A106" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B106" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" s="2"/>
+      <c r="D106" s="2" t="s">
+        <v>321</v>
+      </c>
+      <c r="E106" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу D-10 (6,05 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 10 мм  Ширина: 12,5 мм  Дріт: 0,5х1,25 мм  Кількість в упаковці: 6,05 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F106" s="2"/>
+      <c r="G106" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">D</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Оббивочна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H106" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8" customHeight="1" ht="150">
+      <c r="A107" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B107" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" s="2"/>
+      <c r="D107" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="E107" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу AD-10 (6 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 10 мм  Ширина: 12,8 мм  Дріт: 0,55х2,6 мм  Кількість в упаковці: 6 тис. шт.  Матеріал: нержавіюча сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F107" s="2"/>
+      <c r="G107" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">AD</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Оббивочна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10-20 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12,8 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Нержавіюча сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H107" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8" customHeight="1" ht="150">
+      <c r="A108" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B108" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" s="2"/>
+      <c r="D108" s="2" t="s">
+        <v>327</v>
+      </c>
+      <c r="E108" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу A-16 (10,8 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 16 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 10,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F108" s="2"/>
+      <c r="G108" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">A</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Оббивочна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H108" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8" customHeight="1" ht="150">
+      <c r="A109" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B109" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" s="2"/>
+      <c r="D109" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="E109" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба оббивочна Prebena типу A-14 (68,166 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: 14 мм
 Ширина: 12,9 мм
 Дріт: 0,65х0,95 мм
 Кількість в упаковці: м тис. шт.
 Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
-      <c r="F101" s="2"/>
-[...1206 lines deleted...]
-      </c>
       <c r="F109" s="2"/>
       <c r="G109" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
@@ -34819,128 +35529,128 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6</t>
+            <t xml:space="preserve">14</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Нержавіюча сталь</t>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H109" s="2">
-        <v>0</v>
+        <v>9</v>
       </c>
     </row>
     <row r="110" spans="1:8" customHeight="1" ht="150">
       <c r="A110" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C110" s="2"/>
       <c r="D110" s="2" t="s">
         <v>333</v>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу A-06 (28,8 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу A-14 (3 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 6 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 28,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 14 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F110" s="2"/>
       <c r="G110" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -34970,51 +35680,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6</t>
+            <t xml:space="preserve">14</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -35026,72 +35736,72 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H110" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:8" customHeight="1" ht="150">
       <c r="A111" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C111" s="2"/>
       <c r="D111" s="2" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу A-04 (39,6 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу A-14 (12,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 4 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 39,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 14 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 12,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F111" s="2"/>
       <c r="G111" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -35121,51 +35831,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4</t>
+            <t xml:space="preserve">14</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -35177,196 +35887,1289 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H111" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:8" customHeight="1" ht="150">
       <c r="A112" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C112" s="2"/>
       <c r="D112" s="2" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) С-подібна EZ-Fasten (10 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу A-14 (12,25 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 14 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 12,25 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F112" s="2"/>
       <c r="G112" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">C</t>
+            <t xml:space="preserve">A</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркасна</t>
+            <t xml:space="preserve">Оббивочна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">14</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Сталь</t>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H112" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:8" customHeight="1" ht="150">
       <c r="A113" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C113" s="2"/>
       <c r="D113" s="2" t="s">
+        <v>339</v>
+      </c>
+      <c r="E113" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу A-12 (14,4 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 12 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 14,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F113" s="2"/>
+      <c r="G113" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">A</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Оббивочна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H113" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8" customHeight="1" ht="150">
+      <c r="A114" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B114" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" s="2"/>
+      <c r="D114" s="2" t="s">
         <v>342</v>
       </c>
-      <c r="E113" s="2" t="inlineStr">
+      <c r="E114" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу A-10 (4 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 10 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 4 тис. шт.  Матеріал: нержавіюча сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F114" s="2"/>
+      <c r="G114" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">A</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Оббивочна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Нержавіюча сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H114" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8" customHeight="1" ht="150">
+      <c r="A115" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B115" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" s="2"/>
+      <c r="D115" s="2" t="s">
+        <v>345</v>
+      </c>
+      <c r="E115" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу A-08 (5 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 8 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F115" s="2"/>
+      <c r="G115" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">A</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Оббивочна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Нержавіюча сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H115" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8" customHeight="1" ht="150">
+      <c r="A116" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B116" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" s="2"/>
+      <c r="D116" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="E116" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу A-08 (21,6 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 8 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 21,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F116" s="2"/>
+      <c r="G116" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">A</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Оббивочна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H116" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8" customHeight="1" ht="150">
+      <c r="A117" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B117" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" s="2"/>
+      <c r="D117" s="2" t="s">
+        <v>351</v>
+      </c>
+      <c r="E117" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу A-06 (7 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 6 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 7 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F117" s="2"/>
+      <c r="G117" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">A</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Оббивочна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Нержавіюча сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H117" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8" customHeight="1" ht="150">
+      <c r="A118" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B118" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" s="2"/>
+      <c r="D118" s="2" t="s">
+        <v>354</v>
+      </c>
+      <c r="E118" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу A-06 (28,8 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 6 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 28,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F118" s="2"/>
+      <c r="G118" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">A</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Оббивочна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H118" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8" customHeight="1" ht="150">
+      <c r="A119" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B119" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" s="2"/>
+      <c r="D119" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="E119" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу A-04 (39,6 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 4 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 39,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F119" s="2"/>
+      <c r="G119" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">A</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Оббивочна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">4</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H119" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8" customHeight="1" ht="150">
+      <c r="A120" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B120" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" s="2"/>
+      <c r="D120" s="2" t="s">
+        <v>360</v>
+      </c>
+      <c r="E120" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу Z-40 (2,4 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: 40 мм
 Ширина: 11,2 мм
 Дріт: 1,4х1,6 мм
 Кількість в упаковці: 2,4 тис. шт.
 Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
-      <c r="F113" s="2"/>
-      <c r="G113" s="2" t="inlineStr">
+      <c r="F120" s="2"/>
+      <c r="G120" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
@@ -35434,94 +37237,2363 @@
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H113" s="2">
+      <c r="H120" s="2">
         <v>113</v>
       </c>
     </row>
-    <row r="114" spans="1:8" customHeight="1" ht="150">
-      <c r="A114" s="2" t="s">
+    <row r="121" spans="1:8" customHeight="1" ht="150">
+      <c r="A121" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="B114" s="2" t="s">
+      <c r="B121" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C114" s="2"/>
-[...3 lines deleted...]
-      <c r="E114" s="2" t="inlineStr">
+      <c r="C121" s="2"/>
+      <c r="D121" s="2" t="s">
+        <v>363</v>
+      </c>
+      <c r="E121" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-21 (8,8 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 21 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 8,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F121" s="2"/>
+      <c r="G121" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">H</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">21</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">менше 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H121" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8" customHeight="1" ht="150">
+      <c r="A122" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B122" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" s="2"/>
+      <c r="D122" s="2" t="s">
+        <v>366</v>
+      </c>
+      <c r="E122" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-25 (4,05 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 25 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 4,05 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F122" s="2"/>
+      <c r="G122" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">LM</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H122" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8" customHeight="1" ht="150">
+      <c r="A123" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B123" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" s="2"/>
+      <c r="D123" s="2" t="s">
+        <v>369</v>
+      </c>
+      <c r="E123" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-25 (2 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 25 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F123" s="2"/>
+      <c r="G123" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">H</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">менше 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H123" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8" customHeight="1" ht="150">
+      <c r="A124" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B124" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" s="2"/>
+      <c r="D124" s="2" t="s">
+        <v>372</v>
+      </c>
+      <c r="E124" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-25 (7,2 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 25 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F124" s="2"/>
+      <c r="G124" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">H</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">менше 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H124" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8" customHeight="1" ht="150">
+      <c r="A125" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B125" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" s="2"/>
+      <c r="D125" s="2" t="s">
+        <v>374</v>
+      </c>
+      <c r="E125" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-30 (6 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 30 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F125" s="2"/>
+      <c r="G125" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">H</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">30</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">менше 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H125" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8" customHeight="1" ht="150">
+      <c r="A126" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B126" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" s="2"/>
+      <c r="D126" s="2" t="s">
+        <v>377</v>
+      </c>
+      <c r="E126" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-35 (5,2 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 35 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 5,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F126" s="2"/>
+      <c r="G126" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">H</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">35</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">менше 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H126" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8" customHeight="1" ht="150">
+      <c r="A127" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B127" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" s="2"/>
+      <c r="D127" s="2" t="s">
+        <v>380</v>
+      </c>
+      <c r="E127" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-40 (4,8 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 40 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 4,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F127" s="2"/>
+      <c r="G127" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">H</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">40</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">менше 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H127" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8" customHeight="1" ht="150">
+      <c r="A128" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B128" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" s="2"/>
+      <c r="D128" s="2" t="s">
+        <v>383</v>
+      </c>
+      <c r="E128" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-21 (5,1 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 21 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 5,1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F128" s="2"/>
+      <c r="G128" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">LM</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">21</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H128" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8" customHeight="1" ht="150">
+      <c r="A129" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B129" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" s="2"/>
+      <c r="D129" s="2" t="s">
+        <v>386</v>
+      </c>
+      <c r="E129" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-30 (3,6 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 30 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 3,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F129" s="2"/>
+      <c r="G129" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">LM</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">30</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H129" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8" customHeight="1" ht="150">
+      <c r="A130" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B130" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" s="2"/>
+      <c r="D130" s="2" t="s">
+        <v>389</v>
+      </c>
+      <c r="E130" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу O-19 (11 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 19 мм  Ширина: 4,5 мм  Дріт: 0,66x0,95 мм  Кількість в упаковці: 11 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F130" s="2"/>
+      <c r="G130" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">O</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">19</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">менше 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H130" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8" customHeight="1" ht="150">
+      <c r="A131" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B131" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" s="2"/>
+      <c r="D131" s="2" t="s">
+        <v>392</v>
+      </c>
+      <c r="E131" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-35 (3 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 35 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F131" s="2"/>
+      <c r="G131" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">LM</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">35</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H131" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8" customHeight="1" ht="150">
+      <c r="A132" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B132" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" s="2"/>
+      <c r="D132" s="2" t="s">
+        <v>395</v>
+      </c>
+      <c r="E132" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-38 (3 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 38 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F132" s="2"/>
+      <c r="G132" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">LM</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">38</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H132" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8" customHeight="1" ht="150">
+      <c r="A133" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B133" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" s="2"/>
+      <c r="D133" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="E133" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-44 (2,4 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 44 мм
+Ширина: 10,7 мм
+Дріт: 1,4х1,6 мм
+Кількість в упаковці: 2,4 тис. шт.
+Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F133" s="2"/>
+      <c r="G133" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">LM</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">44</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H133" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8" customHeight="1" ht="150">
+      <c r="A134" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B134" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" s="2"/>
+      <c r="D134" s="2" t="s">
+        <v>401</v>
+      </c>
+      <c r="E134" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-50 (2,4 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 50 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 2,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F134" s="2"/>
+      <c r="G134" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">LM</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H134" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8" customHeight="1" ht="150">
+      <c r="A135" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B135" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" s="2"/>
+      <c r="D135" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="E135" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу O-10 (33 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 10 мм  Ширина: 4,5 мм  Дріт: 0,66x0,95 мм  Кількість в упаковці: 33 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F135" s="2"/>
+      <c r="G135" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">O</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">менше 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H135" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8" customHeight="1" ht="150">
+      <c r="A136" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B136" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" s="2"/>
+      <c r="D136" s="2" t="s">
+        <v>407</v>
+      </c>
+      <c r="E136" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу O-14 (14,75 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: 14 мм
 Ширина: 4,5 мм
 Дріт: 0,66x0,95 мм
 Кількість в упаковці: 14,75 тис. шт.
 Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
-      <c r="F114" s="2"/>
-      <c r="G114" s="2" t="inlineStr">
+      <c r="F136" s="2"/>
+      <c r="G136" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
@@ -35589,2435 +39661,166 @@
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H114" s="2">
+      <c r="H136" s="2">
         <v>66</v>
       </c>
     </row>
-    <row r="115" spans="1:8" customHeight="1" ht="150">
-[...3 lines deleted...]
-      <c r="B115" s="2" t="s">
+    <row r="137" spans="1:8" customHeight="1" ht="150">
+      <c r="A137" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B137" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C115" s="2"/>
-[...3 lines deleted...]
-      <c r="E115" s="2" t="inlineStr">
+      <c r="C137" s="2"/>
+      <c r="D137" s="2" t="s">
+        <v>410</v>
+      </c>
+      <c r="E137" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-18 (3 тис. шт.)</t>
+            <t xml:space="preserve">Штифт калений EZ-Fasten типу FST-50 (1,5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 18 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 50 мм  Дріт: 1,6х1,4 мм  Кількість в упаковці: 1,5 тис. шт  Матеріал: сталь</t>
           </r>
         </is>
       </c>
-      <c r="F115" s="2"/>
-      <c r="G115" s="2" t="inlineStr">
+      <c r="F137" s="2"/>
+      <c r="G137" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба</t>
+            <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">H</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Каркасна</t>
+            <t xml:space="preserve">FST</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">менше 10</t>
+            <t xml:space="preserve">50</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H115" s="2">
-[...2232 lines deleted...]
-      <c r="H130" s="2">
+      <c r="H137" s="2">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>