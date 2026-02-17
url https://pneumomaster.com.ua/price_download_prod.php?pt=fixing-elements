--- v1 (2026-01-03)
+++ v2 (2026-02-17)
@@ -15,74 +15,74 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="webp" ContentType="image/webp"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="413">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="416">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 03.01.2026р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 17.02.2026р.</t>
   </si>
   <si>
     <t>Prebena</t>
   </si>
   <si>
     <t>Елементи кріплення</t>
   </si>
   <si>
     <t>WN-09 BK х13,440</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гофроскоба каркасна (столярна) Prebena типу WN-09 (13,440 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -184,342 +184,306 @@
       <t xml:space="preserve">більше 20</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>RK 28/80 BkSch*3,0</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях гвинтовий в стрічці Prebena типу RK 2,8/80 (3 тис. шт.)</t>
+    <t>ANK 40/50 NKRI</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях гвинтовий в стрічці Prebena типу ANK 4,0/50 (2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 80 мм  Діаметр: 2,8 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 50 мм  Діаметр: 4,0 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">RK</t>
+      <t xml:space="preserve">ANK</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид цвяха: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гвинтовий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">80</t>
+      <t xml:space="preserve">50</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2.8</t>
+      <t xml:space="preserve">4.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>кров PAP 30/45 NKRI 6.720</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях покрівельний рифлений Prebena (6,72 тис. шт.)</t>
+    <t>EZ-Fasten</t>
+  </si>
+  <si>
+    <t>30T40D</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях по бетону EZ-Fasten 30T40D (0,5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 45 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 6,72 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 40 мм  Діаметр: 2,6-3,05 мм  Головка: 30 мм  Кількість в упаковці: 0,5 тис. шт. </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">З головкою</t>
+      <t xml:space="preserve">По бетону</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид цвяха: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Рифлений</t>
+      <t xml:space="preserve">Гладкий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45</t>
-[...58 lines deleted...]
-      <t xml:space="preserve">Цвях по бетону EZ-Fasten 30T40D (0,5 тис. шт.)</t>
+      <t xml:space="preserve">40</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>30T30D</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях по бетону EZ-Fasten 30T30D (0,5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 40 мм  Діаметр: 2,6-3,05 мм  Головка: 30 мм  Кількість в упаковці: 0,5 тис. шт. </t>
+      <t xml:space="preserve">Висота: 30 мм  Діаметр: 2,6-3,05 мм  Головка: 30 мм  Кількість в упаковці: 0,5 тис. шт. </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -546,78 +510,78 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гладкий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Цвях по бетону EZ-Fasten 30T30D (0,5 тис. шт.)</t>
+      <t xml:space="preserve">30</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>30T25D</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях по бетону EZ-Fasten 30T25D (1,0 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 30 мм  Діаметр: 2,6-3,05 мм  Головка: 30 мм  Кількість в упаковці: 0,5 тис. шт. </t>
+      <t xml:space="preserve">Висота: 25 мм  Діаметр: 2,6-3,05 мм  Головка: 30 мм  Кількість в упаковці: 1,0 тис. шт. </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -644,176 +608,212 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гладкий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Цвях по бетону EZ-Fasten 30T25D (1,0 тис. шт.)</t>
+      <t xml:space="preserve">25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>ST-64 х 1</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-64 (1 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 25 мм  Діаметр: 2,6-3,05 мм  Головка: 30 мм  Кількість в упаковці: 1,0 тис. шт. </t>
+      <t xml:space="preserve">Висота: 64 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">По бетону</t>
+      <t xml:space="preserve">ST</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид цвяха: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гладкий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-64 (1 тис. шт.)</t>
+      <t xml:space="preserve">64</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр цвяха, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>ST-50 х 1</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-50 (1 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 64 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 50 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -840,114 +840,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гладкий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">64</t>
+      <t xml:space="preserve">50</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2.5</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>ST-50 х 1</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-50 (1 тис. шт.)</t>
+    <t>ST-38 x 1</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-38 (1 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 50 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 38 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -974,114 +974,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гладкий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">50</t>
+      <t xml:space="preserve">38</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2.5</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>ST-38 x 1</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-38 (1 тис. шт.)</t>
+    <t>ST-32 x 2</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-32 (2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 38 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 25 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -1108,107 +1108,107 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гладкий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">38</t>
+      <t xml:space="preserve">32</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2.5</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>ST-32 x 2</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-32 (2 тис. шт.)</t>
+    <t>ST-25 х 2</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-25 (2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Висота: 25 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
@@ -1242,114 +1242,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гладкий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32</t>
+      <t xml:space="preserve">25</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2.5</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>ST-25 х 2</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-25 (2 тис. шт.)</t>
+    <t>ST-18 x 2</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-18 (2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 25 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 18 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -1376,114 +1376,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гладкий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25</t>
+      <t xml:space="preserve">18</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2.5</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>ST-18 x 2</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-18 (2 тис. шт.)</t>
+    <t>ST-15 х 2</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-15 (2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 18 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 15 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -1510,248 +1510,248 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гладкий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18</t>
+      <t xml:space="preserve">15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2.5</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>ST-15 х 2</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-15 (2 тис. шт.)</t>
+    <t>RK 4.6 /145 BK 0,5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях гладкий в стрічці Prebena типу RK 4,6/145 (0,5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 15 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 145 мм  Діаметр: 4,6 мм  Кількість в упаковці: 0,5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ST</t>
+      <t xml:space="preserve">RK</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид цвяха: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гладкий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15</t>
+      <t xml:space="preserve">145</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2.5</t>
+      <t xml:space="preserve">4.6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>RK 4.6 /145 BK 0,5</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях гладкий в стрічці Prebena типу RK 4,6/145 (0,5 тис. шт.)</t>
+    <t>RK 3,8/130 BK 1.4</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях гладкий в стрічці Prebena типу RK 3,8/130 (1,4 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 145 мм  Діаметр: 4,6 мм  Кількість в упаковці: 0,5 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 130 мм  Діаметр: 3,8 мм  Кількість в упаковці: 1,4 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -1778,114 +1778,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гладкий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">145</t>
+      <t xml:space="preserve">130</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4.6</t>
+      <t xml:space="preserve">3.8</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>RK 3,8/130 BK 1.4</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях гладкий в стрічці Prebena типу RK 3,8/130 (1,4 тис. шт.)</t>
+    <t>RK 31/100 BkSch x 2.5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях гвинтовий в стрічці Prebena типу RK 3,1/100 (2,5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 130 мм  Діаметр: 3,8 мм  Кількість в упаковці: 1,4 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 100 мм  Діаметр: 3,1 мм  Кількість в упаковці: 2,5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -1894,132 +1894,132 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RK</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид цвяха: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Гладкий</t>
+      <t xml:space="preserve">Гвинтовий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">130</t>
+      <t xml:space="preserve">100</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.8</t>
+      <t xml:space="preserve">3.1</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>RK 31/100 BkSch x 2.5</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях гвинтовий в стрічці Prebena типу RK 3,1/100 (2,5 тис. шт.)</t>
+    <t>RK 28/80 BkSch*3,0</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях гвинтовий в стрічці Prebena типу RK 2,8/80 (3 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 100 мм  Діаметр: 3,1 мм  Кількість в упаковці: 2,5 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 80 мм  Діаметр: 2,8 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -2046,248 +2046,248 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гвинтовий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">100</t>
+      <t xml:space="preserve">80</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.1</t>
+      <t xml:space="preserve">2.8</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>ANK 40/50 NKRI</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях гвинтовий в стрічці Prebena типу ANK 4,0/50 (2 тис. шт.)</t>
+    <t>B-22 x 9,4</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба пакувальна Prebena типу B-22 (9,4 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 50 мм  Діаметр: 4,0 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 22 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 9,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Цвях</t>
+      <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ANK</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Гвинтовий</t>
+      <t xml:space="preserve">B</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пакувальна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">50</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">4.0</t>
+      <t xml:space="preserve">22</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">більше 20</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Сталь</t>
-[...6 lines deleted...]
-    <t>кровел 3,0/32 NKRI 7.200</t>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>кровел 3,0/25 NKRI 7.200</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях покрівельний рифлений Prebena (7,2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 32 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 25 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -2314,114 +2314,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Рифлений</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32</t>
+      <t xml:space="preserve">25</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>B-22 x 9,4</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба пакувальна Prebena типу B-22 (9,4 тис. шт.)</t>
+    <t>B-19 х 10</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба пакувальна Prebena типу B-19 (10 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 22 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 9,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 19 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -2448,114 +2448,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пакувальна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22</t>
+      <t xml:space="preserve">19</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">більше 20</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>B-19 х 10</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба пакувальна Prebena типу B-19 (10 тис. шт.)</t>
+    <t>B-18 x 10</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба пакувальна Prebena типу B-18 (10 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 19 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 18 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -2582,114 +2582,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пакувальна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19</t>
+      <t xml:space="preserve">18</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">більше 20</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>B-18 x 10</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба пакувальна Prebena типу B-18 (10 тис. шт.)</t>
+    <t>B-16 x 12 в</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба пакувальна Prebena типу B-16 (12 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 18 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 16 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 12 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -2716,382 +2716,382 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пакувальна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18</t>
+      <t xml:space="preserve">16</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">більше 20</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>B-16 x 12 в</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба пакувальна Prebena типу B-16 (12 тис. шт.)</t>
+    <t>VZ-08 х 5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу VZ-08 (5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 16 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 12 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 8 мм  Ширина: 10,5 мм  Дріт: 0,41x0,7 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">B</t>
+      <t xml:space="preserve">VZ</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Пакувальна</t>
+      <t xml:space="preserve">Оббивочна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16</t>
+      <t xml:space="preserve">8</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">більше 20</t>
+      <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>VZ-08 х 5</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу VZ-08 (5 тис. шт.)</t>
+    <t>VX-14х1</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу VX-14 (1 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 8 мм  Ширина: 10,5 мм  Дріт: 0,41x0,7 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 14 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь  </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">VZ</t>
+      <t xml:space="preserve">VX</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Оббивочна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8</t>
+      <t xml:space="preserve">14</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>VX-14х1</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу VX-14 (1 тис. шт.)</t>
+    <t>VX-12х1</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу VX-12 (1 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 14 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь  </t>
+      <t xml:space="preserve">Висота: 12 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -3118,114 +3118,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Оббивочна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14</t>
+      <t xml:space="preserve">12</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>VX-12х1</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу VX-12 (1 тис. шт.)</t>
+    <t>VX-10х1</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу VX-10 (1 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 12 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 10 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -3252,114 +3252,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Оббивочна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12</t>
+      <t xml:space="preserve">10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>VX-10х1</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу VX-10 (1 тис. шт.)</t>
+    <t>VX-08х1</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу VX-08 (1 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 10 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 8 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -3386,114 +3386,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Оббивочна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10</t>
+      <t xml:space="preserve">8</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>VX-08х1</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу VX-08 (1 тис. шт.)</t>
+    <t>VX-06х1</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу VX-06 (1 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 8 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 6 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -3520,382 +3520,382 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Оббивочна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8</t>
+      <t xml:space="preserve">6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>VX-06х1</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу VX-06 (1 тис. шт.)</t>
+    <t>V-16 x 14,56</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу V-16 (14,56 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 6 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 16 мм  Ширина: 9 мм  Дріт: 0,58х0,75 мм  Кількість в упаковці: 14,56 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">VX</t>
+      <t xml:space="preserve">V</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Оббивочна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6</t>
+      <t xml:space="preserve">16</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10 - 15</t>
+      <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>V-16 x 14,56</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу V-16 (14,56 тис. шт.)</t>
+    <t>PF-08 x 0.6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу PF-8 (0,6 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 16 мм  Ширина: 9 мм  Дріт: 0,58х0,75 мм  Кількість в упаковці: 14,56 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 8 мм  Ширина: 10,6 мм  Дріт: 0,5х1,27 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">V</t>
+      <t xml:space="preserve">PF</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Оббивочна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16</t>
+      <t xml:space="preserve">8</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">менше 10</t>
+      <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>PF-08 x 0.6</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу PF-8 (0,6 тис. шт.)</t>
+    <t>PF-06 x 0.6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу PF-06 (0,6 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 8 мм  Ширина: 10,6 мм  Дріт: 0,5х1,27 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 6 мм  Ширина: 10,6 мм  Дріт: 0,5х1,27 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -3922,248 +3922,248 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Оббивочна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8</t>
+      <t xml:space="preserve">6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>PF-06 x 0.6</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу PF-06 (0,6 тис. шт.)</t>
+    <t>PB-12 x 0.6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу PB-12 (0,6 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 6 мм  Ширина: 10,6 мм  Дріт: 0,5х1,27 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 12 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PF</t>
+      <t xml:space="preserve">PB</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Оббивочна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6</t>
+      <t xml:space="preserve">12</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>PB-12 x 0.6</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу PB-12 (0,6 тис. шт.)</t>
+    <t>PB-10 x 0.6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу PB-10 (0,6 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 12 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 10 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -4190,114 +4190,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Оббивочна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12</t>
+      <t xml:space="preserve">10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>кровел 3,0/25 NKRI 7.200</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях покрівельний рифлений Prebena (7,2 тис. шт.)</t>
+    <t>кров PAP 30/45 NKRI 6.720</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях покрівельний рифлений Prebena (6,72 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 25 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 45 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 6,72 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -4324,114 +4324,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Рифлений</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25</t>
+      <t xml:space="preserve">45</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>кров 3,0/38 NK RI 7.680</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях покрівельний рифлений Prebena (7,68 тис. шт.)</t>
+    <t>кровел 3,0/32 NKRI 7.200</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях покрівельний рифлений Prebena (7,2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 38 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 7,68 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 32 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -4458,114 +4458,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Рифлений</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">38</t>
+      <t xml:space="preserve">32</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>PB-08 x 0.6</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу PB-08 (0,6 тис. шт.)</t>
+    <t>PB-06 x 0.6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу PB-06 (0,6 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 8 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 6 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -4592,51 +4592,51 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Оббивочна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8</t>
+      <t xml:space="preserve">6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
@@ -6203,600 +6203,741 @@
       <t xml:space="preserve">10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>CNW 2,1/25 BkRi х 23,100</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях рифлений в бобіні Prebena типу CNW 2,1/25 (23,100 тис. шт.)</t>
+    <t>кров 3,0/38 NK RI 7.680</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях покрівельний рифлений Prebena (7,68 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 25 мм  Діаметр: 2,1 мм  Кількість в упаковці: 23,100 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 38 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 7,68 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">CNW</t>
+      <t xml:space="preserve">З головкою</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид цвяха: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Рифлений</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25</t>
+      <t xml:space="preserve">38</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2.1</t>
+      <t xml:space="preserve">3.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>Novofast</t>
-[...15 lines deleted...]
-      <t xml:space="preserve">Штифт Novofast типа N-30 (2,88 тис. шт.)</t>
+    <t>RK 28/55 BkRi x 5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу RK 2,8/55 (5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Высота: 30 ммПроволока: 1,5х1,65 ммКоличество в упаковке: 2,88 тис. шт.Материал: сталь</t>
+      <t xml:space="preserve">Висота: 55 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Штифт</t>
+      <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">N</t>
+      <t xml:space="preserve">RK</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид цвяха: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Рифлений</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30</t>
+      <t xml:space="preserve">55</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр цвяха, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.8</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>GA-30 х 5</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Шпилька Prebena типу GA-30 (5 тис. шт.)</t>
+    <t>CNW 2,1/25 BkRi х 23,100</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях рифлений в бобіні Prebena типу CNW 2,1/25 (23,100 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 30 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 25 мм  Діаметр: 2,1 мм  Кількість в упаковці: 23,100 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Шпилька</t>
+      <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GA</t>
+      <t xml:space="preserve">CNW</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид цвяха: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Рифлений</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30</t>
+      <t xml:space="preserve">25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр цвяха, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.1</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>GA-25 х 5</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Шпилька Prebena типу GA-25 (5 тис. шт.)</t>
+    <t>CNW 2,5/60 BkSch x 9</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях рифлений в бобіні Prebena типу CNW 2,5/60 BkSch (9 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 25 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 60 мм  Діаметр: 2,5 мм  Кількість в упаковці: 9 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Шпилька</t>
+      <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GA</t>
+      <t xml:space="preserve">CNW</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид цвяха: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Рифлений</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25</t>
+      <t xml:space="preserve">60</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр цвяха, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.5</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>GA-16 х 10</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Шпилька Prebena типу GA-16 (10 тис. шт.)</t>
+    <t>CNW 2,8/85 BkRl х 4,5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях рифлений в бобіні Prebena типу CNW 2,8/85 (4,5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 16 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 85 мм  Діаметр: 2,8 мм  Кількість в упаковці: 4,5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Шпилька</t>
+      <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GA</t>
+      <t xml:space="preserve">CNW</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид цвяха: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Рифлений</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16</t>
+      <t xml:space="preserve">85</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр цвяха, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.8</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>PR 28/75 NKRI * 4000</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях рифлений нікельований в стрічці Prebena типу PR 2,8/75 (4 тис. шт.)</t>
+    <t>PR 28/50 BKRI * 5000</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу PR 2,8/50 (5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 75 мм  Діаметр: 2,8 мм  Кількість в упаковці: 4 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 50 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -6823,114 +6964,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Рифлений</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">75</t>
+      <t xml:space="preserve">50</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2.8</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>PR 28/50 NKRI * 5000</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях рифлений нікельований в стрічці Prebena типу PR 2,8/50 (5 тис. шт.)</t>
+    <t>PR 28/55 BkRi * 5000</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу PR 2,8/55 (5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 50 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 55 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -6957,203 +7098,203 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Рифлений</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">50</t>
+      <t xml:space="preserve">55</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2.8</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>RK 31/90 ВkRi x 3</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу RK 3,1/90 (3 тис. шт.)</t>
+    <t>PR 28/75 BKRI * 4000</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу PR 2,8/75 (4 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 90 мм  Діаметр: 3,1 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 75 мм  Діаметр: 2,8 мм  Кількість в упаковці: 4 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">RK</t>
+      <t xml:space="preserve">PR</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид цвяха: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Рифлений</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">90</t>
+      <t xml:space="preserve">75</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр цвяха, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.1</t>
+      <t xml:space="preserve">2.8</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>RK 28/60 ВkRi 4,2</t>
@@ -7268,789 +7409,648 @@
       <t xml:space="preserve">2.8</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>RK 28/55 BkRi x 5</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу RK 2,8/55 (5 тис. шт.)</t>
+    <t>Novofast</t>
+  </si>
+  <si>
+    <t>N-30mm</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Штифт Novofast типа N-30 (2,88 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 55 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Высота: 30 ммПроволока: 1,5х1,65 ммКоличество в упаковке: 2,88 тис. шт.Материал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Цвях</t>
+      <t xml:space="preserve">Штифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">RK</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Рифлений</t>
+      <t xml:space="preserve">N</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">55</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">2.8</t>
+      <t xml:space="preserve">30</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>PR 28/75 BKRI * 4000</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу PR 2,8/75 (4 тис. шт.)</t>
+    <t>RK 31/90 ВkRi x 3</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу RK 3,1/90 (3 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 75 мм  Діаметр: 2,8 мм  Кількість в упаковці: 4 тис. шт.  Матеріал: сталь</t>
-[...16 lines deleted...]
-      <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу PR 2,8/55 (5 тис. шт.)</t>
+      <t xml:space="preserve">Висота: 90 мм  Діаметр: 3,1 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">RK</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид цвяха: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Рифлений</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">90</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр цвяха, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3.1</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>PR 28/50 NKRI * 5000</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях рифлений нікельований в стрічці Prebena типу PR 2,8/50 (5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 55 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
-[...126 lines deleted...]
-      <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу PR 2,8/50 (5 тис. шт.)</t>
+      <t xml:space="preserve">Висота: 50 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+    </r>
+  </si>
+  <si>
+    <t>PR 28/75 NKRI * 4000</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях рифлений нікельований в стрічці Prebena типу PR 2,8/75 (4 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 50 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
-[...16 lines deleted...]
-      <t xml:space="preserve">Цвях рифлений в бобіні Prebena типу CNW 2,8/85 (4,5 тис. шт.)</t>
+      <t xml:space="preserve">Висота: 75 мм  Діаметр: 2,8 мм  Кількість в упаковці: 4 тис. шт.  Матеріал: сталь</t>
+    </r>
+  </si>
+  <si>
+    <t>GA-16 х 10</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шпилька Prebena типу GA-16 (10 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 85 мм  Діаметр: 2,8 мм  Кількість в упаковці: 4,5 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 16 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Цвях</t>
+      <t xml:space="preserve">Шпилька</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">CNW</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Рифлений</t>
+      <t xml:space="preserve">GA</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">85</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">2.8</t>
+      <t xml:space="preserve">16</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>CNW 2,5/60 BkSch x 9</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Цвях рифлений в бобіні Prebena типу CNW 2,5/60 BkSch (9 тис. шт.)</t>
+    <t>GA-25 х 5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шпилька Prebena типу GA-25 (5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 60 мм  Діаметр: 2,5 мм  Кількість в упаковці: 9 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 25 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Цвях</t>
+      <t xml:space="preserve">Шпилька</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">CNW</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Рифлений</t>
+      <t xml:space="preserve">GA</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">60</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">2.5</t>
+      <t xml:space="preserve">25</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>PB-10 x 0.6</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу PB-10 (0,6 тис. шт.)</t>
+    <t>GA-30 х 5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шпилька Prebena типу GA-30 (5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 10 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 30 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Скоба</t>
+      <t xml:space="preserve">Шпилька</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PB</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Оббивочна</t>
+      <t xml:space="preserve">GA</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">10 - 15</t>
+      <t xml:space="preserve">30</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу PB-06 (0,6 тис. шт.)</t>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>PB-08 x 0.6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу PB-08 (0,6 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 6 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 8 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -8077,480 +8077,480 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Оббивочна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6</t>
+      <t xml:space="preserve">8</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>WN-12 х 11,760</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Гофроскоба каркасна (столярна) Prebena типу WN-12 (11,76 тис. шт.)</t>
+    <t>D-10 х 6,05</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу D-10 (6,05 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 12 мм  Ширина: 25 мм  Кількість в упаковці: 11,76 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 10 мм  Ширина: 12,5 мм  Дріт: 0,5х1,25 мм  Кількість в упаковці: 6,05 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">WN</t>
+      <t xml:space="preserve">D</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Каркасна</t>
+      <t xml:space="preserve">Оббивочна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12</t>
+      <t xml:space="preserve">10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">більше 20</t>
+      <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>B 6/45 x 9,6</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/45 (9,6 тис. шт.)</t>
+    <t>WN-12 х 11,760</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Гофроскоба каркасна (столярна) Prebena типу WN-12 (11,76 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 45 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 12 мм  Ширина: 25 мм  Кількість в упаковці: 11,76 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Мікроштифт</t>
+      <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">B 6</t>
+      <t xml:space="preserve">WN</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45</t>
+      <t xml:space="preserve">12</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">більше 20</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Сталь</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу ES-35 (3,8 тис. шт.)</t>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>B 6/30 х 9,6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/30 (9,6 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 35 мм Ширина: 5,95 мм  Дріт: 0,83х1,08 мм  Кількість в упаковці: 3,8 тис. шт  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 30 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Скоба</t>
+      <t xml:space="preserve">Мікроштифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ES</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Каркасна</t>
+      <t xml:space="preserve">B 6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">менше 10</t>
+      <t xml:space="preserve">30</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу ES-30 (4,4 тис. шт.)</t>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>ES-25 х 4,8</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу ES-25 (4,8 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 30 мм  Ширина: 5,95 мм  Дріт: 0,83х1,08 мм  Кількість в упаковці: 4,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 25 мм Ширина: 5,95 мм  Дріт: 0,83х1,08 мм  Кількість в упаковці: 4,8 тис. шт  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -8577,248 +8577,248 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30</t>
+      <t xml:space="preserve">25</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>ES-25 х 4,8</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу ES-25 (4,8 тис. шт.)</t>
+    <t>E-38 x 2</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-38 (2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 25 мм Ширина: 5,95 мм  Дріт: 0,83х1,08 мм  Кількість в упаковці: 4,8 тис. шт  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 38 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ES</t>
+      <t xml:space="preserve">E</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25</t>
+      <t xml:space="preserve">38</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>E-38 x 2</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-38 (2 тис. шт.)</t>
+    <t>E-35 x 2</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-35 (2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 38 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 35 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -8845,114 +8845,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">38</t>
+      <t xml:space="preserve">35</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>E-35 x 2</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-35 (2 тис. шт.)</t>
+    <t>E-32 x 2,2</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-32 (2,2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 35 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 32 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -8979,114 +8979,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35</t>
+      <t xml:space="preserve">32</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>E-32 x 2,2</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-32 (2,2 тис. шт.)</t>
+    <t>E-30 x 2,4</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-30 (2,4 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 32 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 30 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -9113,114 +9113,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32</t>
+      <t xml:space="preserve">30</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>E-30 x 2,4</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-30 (2,4 тис. шт.)</t>
+    <t>E-25 х 3</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-25 (3 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 30 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 25 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -9247,114 +9247,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30</t>
+      <t xml:space="preserve">25</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>E-25 х 3</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-25 (3 тис. шт.)</t>
+    <t>E-21 х 3,6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-21 (3,6 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 25 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 21 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 3,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -9381,114 +9381,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25</t>
+      <t xml:space="preserve">21</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>E-21 х 3,6</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-21 (3,6 тис. шт.)</t>
+    <t>E-18 x 4,2</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-18 (4,2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 21 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 3,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 18 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 4,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -9515,114 +9515,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21</t>
+      <t xml:space="preserve">18</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>E-18 x 4,2</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-18 (4,2 тис. шт.)</t>
+    <t>E-16 х 4,8</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-16 (4,8 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 18 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 4,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 16 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 4,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -9649,114 +9649,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18</t>
+      <t xml:space="preserve">16</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>E-16 х 4,8</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-16 (4,8 тис. шт.)</t>
+    <t>E-14 х 5,4</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-14 (5,4 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 16 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 4,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 14 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 5,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -9783,114 +9783,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16</t>
+      <t xml:space="preserve">14</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>E-14 х 5,4</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-14 (5,4 тис. шт.)</t>
+    <t>E-10 х 7,2</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-10 (7,2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 14 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 5,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 10 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -9917,248 +9917,212 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14</t>
+      <t xml:space="preserve">10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>E-10 х 7,2</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-10 (7,2 тис. шт.)</t>
+    <t>B 6/50 x 9,6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/50 (9,6 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 10 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 50 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Скоба</t>
+      <t xml:space="preserve">Мікроштифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">E</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Каркасна</t>
+      <t xml:space="preserve">B 6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">менше 10</t>
+      <t xml:space="preserve">50</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/50 (9,6 тис. шт.)</t>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>B 6/45 x 9,6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/45 (9,6 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 50 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 45 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Мікроштифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -10167,51 +10131,51 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B 6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">50</t>
+      <t xml:space="preserve">45</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>B 6/40 х 9,6</t>
@@ -10290,276 +10254,276 @@
       <t xml:space="preserve">40</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>H-16 х 12</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-16 (12 тис. шт.)</t>
+    <t>B 6/18 х 9,6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/18 (9,6 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 16 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 12 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 18 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Скоба</t>
+      <t xml:space="preserve">Мікроштифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">H</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Каркасна</t>
+      <t xml:space="preserve">B 6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">менше 10</t>
+      <t xml:space="preserve">18</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/18 (9,6 тис. шт.)</t>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>ES-35 x 3,8</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу ES-35 (3,8 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 18 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 35 мм Ширина: 5,95 мм  Дріт: 0,83х1,08 мм  Кількість в упаковці: 3,8 тис. шт  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Мікроштифт</t>
+      <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">B 6</t>
+      <t xml:space="preserve">ES</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18</t>
+      <t xml:space="preserve">35</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Сталь</t>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>B 6/15 x 9,6</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/15 (9,6 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
@@ -10816,205 +10780,169 @@
       <t xml:space="preserve">30</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>MCF15 х 7,5</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF15 (7,5 тис. шт.)</t>
+    <t>AL-10 х 30</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Мікрошпилька Prebena типу AL-10 (30 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 12 мм  Ширина: 12,5 мм  Кількість в упаковці: 7,5 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 10 мм  Дріт: 0,64х4,64 мм  Кількість в упаковці: 30 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Скоба</t>
+      <t xml:space="preserve">Мікрошпилька</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">MCF</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">Каркасна</t>
+      <t xml:space="preserve">AL</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">10 - 15</t>
+      <t xml:space="preserve">10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>MCF12 х 10</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF12 (10 тис. шт.)</t>
+    <t>MCF15 х 7,5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF15 (7,5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 12 мм  Ширина: 12,5 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 12 мм  Ширина: 12,5 мм  Кількість в упаковці: 7,5 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -11041,114 +10969,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12</t>
+      <t xml:space="preserve">15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>MCF09 х 14</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF09 (14 тис. шт.)</t>
+    <t>MCF12 х 10</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF12 (10 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 9 мм  Ширина: 12,5 мм  Кількість в упаковці: 14 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 12 мм  Ширина: 12,5 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -11175,114 +11103,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9</t>
+      <t xml:space="preserve">12</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>MCF06 х 20</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF06 (20 тис. шт.)</t>
+    <t>MCF09 х 14</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF09 (14 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 6 мм  Ширина: 12,5 мм  Кількість в упаковці: 20 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 9 мм  Ширина: 12,5 мм  Кількість в упаковці: 14 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -11309,1316 +11237,1218 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6</t>
+      <t xml:space="preserve">9</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>18 6 TYPE 18 x 14,5</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Микроштифт Novofast тип  6/18 мм (14,5 тис. шт.)</t>
+    <t>MCF06 х 20</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF06 (20 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Высота: 18 ммКоличество в упаковке: 14,5 тис. шт.Материал: сталь</t>
+      <t xml:space="preserve">Висота: 6 мм  Ширина: 12,5 мм  Кількість в упаковці: 20 тис. шт.  Матеріал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Мікроштифт</t>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">MCF</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18</t>
+      <t xml:space="preserve">6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>AL 17 x 20</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Микрошпилька Novofast типа AL-17 (20 тис. шт.)</t>
+    <t>18 6 TYPE 18 x 14,5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Микроштифт Novofast тип  6/18 мм (14,5 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Высота: 17 ммПроволока: 0,64 ммКоличество в упаковке: 20 тис. шт.Материал: сталь</t>
+      <t xml:space="preserve">Высота: 18 ммКоличество в упаковке: 14,5 тис. шт.Материал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Мікрошпилька</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">AL</t>
+      <t xml:space="preserve">Мікроштифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17</t>
+      <t xml:space="preserve">18</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>Пневмомастер</t>
-[...15 lines deleted...]
-      <t xml:space="preserve">Кліпса зв&amp;#8217;язувальна CLP-20L</t>
+    <t>AL 17 x 20</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Микрошпилька Novofast типа AL-17 (20 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve"/>
+      <t xml:space="preserve">Высота: 17 ммПроволока: 0,64 ммКоличество в упаковке: 20 тис. шт.Материал: сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Кліпса</t>
+      <t xml:space="preserve">Мікрошпилька</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">M</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Кліпса зв&amp;#8217;язувальна CL39</t>
+      <t xml:space="preserve">AL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">17</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>Пневмомастер</t>
+  </si>
+  <si>
+    <t>CLP-20L x 5.4</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Кліпса зв&amp;#8217;язувальна CLP-20L</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve"/>
     </r>
   </si>
   <si>
-    <t>CL33/32mm</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Кліпса зв&amp;#8217;язувальна CL33</t>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Кліпса</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">M</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>CL39/42mm</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Кліпса зв&amp;#8217;язувальна CL39</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve"/>
     </r>
   </si>
   <si>
-    <t>WN-15 х 1,65</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Гофроскоба каркасна (столярна) Prebena типу WN-15 (1,65 тис. шт.)</t>
+    <t>CL33/32mm</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Кліпса зв&amp;#8217;язувальна CL33</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 15 мм  Ширина: 25 мм  Кількість в упаковці: 1,65 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
-[...126 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-14 (13,4 тис. шт.)</t>
+      <t xml:space="preserve"/>
+    </r>
+  </si>
+  <si>
+    <t>WN-15 х 1,65</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Гофроскоба каркасна (столярна) Prebena типу WN-15 (1,65 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 14 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 13,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 15 мм  Ширина: 25 мм  Кількість в упаковці: 1,65 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">H</t>
+      <t xml:space="preserve">WN</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14</t>
+      <t xml:space="preserve">15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">менше 10</t>
+      <t xml:space="preserve">більше 20</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>H-18 х 3</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-18 (3 тис. шт.)</t>
+    <t>ES-30 х 4,4</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу ES-30 (4,4 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 18 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 30 мм  Ширина: 5,95 мм  Дріт: 0,83х1,08 мм  Кількість в упаковці: 4,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">H</t>
+      <t xml:space="preserve">ES</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18</t>
+      <t xml:space="preserve">30</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>D-16 x 3,19</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу D-16 (3,19 тис. шт.)</t>
+    <t>H-14 х 13,4</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-14 (13,4 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 16 мм  Ширина: 12,5 мм  Дріт: 0,5х1,25 мм  Кількість в упаковці: 3,19 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 14 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 13,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">D</t>
+      <t xml:space="preserve">H</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Оббивочна</t>
+      <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16</t>
+      <t xml:space="preserve">14</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10 - 15</t>
+      <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>516-G-100</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) С-подібна EZ-Fasten (10 тис. шт.)</t>
+    <t>AD-10 x 6 CNK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба оббивочна Prebena типу AD-10 (6 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
+      <t xml:space="preserve">Висота: 10 мм  Ширина: 12,8 мм  Дріт: 0,55х2,6 мм  Кількість в упаковці: 6 тис. шт.  Матеріал: нержавіюча сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">C</t>
+      <t xml:space="preserve">AD</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Каркасна</t>
+      <t xml:space="preserve">Оббивочна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10-20 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 - 15</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">12,8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Сталь</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Скоба оббивочна Prebena типу D-10 (6,05 тис. шт.)</t>
+      <t xml:space="preserve">Нержавіюча сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>O-19 х 11</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу O-19 (11 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 10 мм  Ширина: 12,5 мм  Дріт: 0,5х1,25 мм  Кількість в упаковці: 6,05 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 19 мм  Ширина: 4,5 мм  Дріт: 0,66x0,95 мм  Кількість в упаковці: 11 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">D</t>
+      <t xml:space="preserve">O</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Оббивочна</t>
+      <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10</t>
+      <t xml:space="preserve">19</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10 - 15</t>
+      <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
-    </r>
-[...168 lines deleted...]
-      <t xml:space="preserve">Нержавіюча сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>A-16 x 10,8 CNK</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба оббивочна Prebena типу A-16 (10,8 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
@@ -13863,50 +13693,148 @@
       <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
+    <t>516-G-100</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) С-подібна EZ-Fasten (10 тис. шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">C</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
     <t>Z-40 х 2,4</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу Z-40 (2,4 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Висота: 40 мм
 Ширина: 11,2 мм
 Дріт: 1,4х1,6 мм
 Кількість в упаковці: 2,4 тис. шт.
 Матеріал: низьковуглецева оцинкована сталь</t>
@@ -14001,339 +13929,343 @@
       <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>H-21 х 8,8</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-21 (8,8 тис. шт.)</t>
+    <t>O-14 х 14,75</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу O-14 (14,75 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 21 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 8,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 14 мм
+Ширина: 4,5 мм
+Дріт: 0,66x0,95 мм
+Кількість в упаковці: 14,75 тис. шт.
+Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">H</t>
+      <t xml:space="preserve">O</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21</t>
+      <t xml:space="preserve">14</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>LM-25 х 4,05</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-25 (4,05 тис. шт.)</t>
+    <t>H-16 х 12</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-16 (12 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 25 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 4,05 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 16 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 12 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">LM</t>
+      <t xml:space="preserve">H</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25</t>
+      <t xml:space="preserve">16</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10 - 15</t>
+      <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>H-25 х 2,0</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-25 (2 тис. шт.)</t>
+    <t>H-40 х 4,8</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-40 (4,8 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 25 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 40 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 4,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -14360,138 +14292,248 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25</t>
+      <t xml:space="preserve">40</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>H-25 х 7,2</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-25 (7,2 тис. шт.)</t>
+    <t>H-18 х 3</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-18 (3 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 25 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
-[...16 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-30 (6 тис. шт.)</t>
+      <t xml:space="preserve">Висота: 18 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">H</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">18</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">менше 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>H-21 х 8,8</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-21 (8,8 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 30 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 21 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 8,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -14518,114 +14560,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30</t>
+      <t xml:space="preserve">21</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>H-35 х 5,2</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-35 (5,2 тис. шт.)</t>
+    <t>H-25 х 2,0</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-25 (2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 35 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 5,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 25 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
@@ -14652,605 +14694,897 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35</t>
+      <t xml:space="preserve">25</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>H-40 х 4,8</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-40 (4,8 тис. шт.)</t>
+    <t>H-25 х 7,2</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-25 (7,2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 40 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 4,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
-[...126 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-21 (5,1 тис. шт.)</t>
+      <t xml:space="preserve">Висота: 25 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+    </r>
+  </si>
+  <si>
+    <t>H-30 х 6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-30 (6 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 21 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 5,1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 30 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">LM</t>
+      <t xml:space="preserve">H</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21</t>
+      <t xml:space="preserve">30</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10 - 15</t>
+      <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>LM-30 х 3,6</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-30 (3,6 тис. шт.)</t>
+    <t>H-35 х 5,2</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-35 (5,2 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 30 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 3,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 35 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 5,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">LM</t>
+      <t xml:space="preserve">H</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30</t>
+      <t xml:space="preserve">35</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10 - 15</t>
+      <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>O-19 х 11</t>
-[...12 lines deleted...]
-      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу O-19 (11 тис. шт.)</t>
+    <t>LM-21 х 5,1</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-21 (5,1 тис. шт.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Висота: 19 мм  Ширина: 4,5 мм  Дріт: 0,66x0,95 мм  Кількість в упаковці: 11 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+      <t xml:space="preserve">Висота: 21 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 5,1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
+      <t xml:space="preserve">LM</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">21</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 - 15</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>O-10 x 33.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу O-10 (33 тис. шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: 10 мм  Ширина: 4,5 мм  Дріт: 0,66x0,95 мм  Кількість в упаковці: 33 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
       <t xml:space="preserve">O</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид скоби: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Каркасна</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота кріплення, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19</t>
+      <t xml:space="preserve">10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">менше 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>LM-25 х 4,05</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-25 (4,05 тис. шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: 25 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 4,05 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">LM</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 - 15</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>LM-30 х 3,6</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-30 (3,6 тис. шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: 30 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 3,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">LM</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид скоби: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Каркасна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота кріплення, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">30</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина скоби, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 - 15</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>LM-35 х 3</t>
@@ -15747,322 +16081,50 @@
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">50</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина скоби, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10 - 15</t>
-    </r>
-[...270 lines deleted...]
-      <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Матеріал кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>FST-50 х 1,5</t>
@@ -16221,123 +16283,123 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/wn-09_41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rk-gvozd_62.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ez-fasten_krovelnui_1_1_1_1_1_1_1_1_1_1-150x1503.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30t15d_new0_44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30t15d_new0_25.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30t15d_new0_36.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-25_1_1_1_17.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-25_1_1_18.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-25_1_19.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-25_110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-2511.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-25_212.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-25_2_113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rk-gvozd_11_114.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rk-gvozd_11_215.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rk-gvozd_916.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/nail_type_ank17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ez-fasten_krovelnui_1_1_1_1_1_1_1_1-150x15018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-16_3_1_2-150x15019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-16_3_1-150x15020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-16_3-150x15021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-16-150x15022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vz-08-150x15023.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vx-06_1_1_1_1-150x15024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vx-06_1_1_1-150x15025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vx-06_1_1-150x15026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vx-06_1-150x15027.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vx-06-150x15028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/v-06_2_1_1-150x15029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pf-06_2_1_2_2-150x15030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pf-06_4-150x15031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/skoba-pb_1_1_1-150x15032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ez-fasten_krovelnui_1_1_1_1_1_1-150x15033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ez-fasten_krovelnui_1_1_1_2-150x15034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/skoba-pb_1-150x15035.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13-150x15036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/n-19_1_1_1_1_1_1_2-150x15037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/n-19_1_1_1_1_1_1-150x15038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/n-19_1_1_1_1-150x15039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/n-19_1_1_2-150x15040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1_1_1_1_1_1_1-150x15041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1_1_1_1_1_1-150x15042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1_1_1_1_1-150x15043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1_1_1_1-150x15044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1_1_1-150x15045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1_1-150x15046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1-150x15047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1-150x15048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1-150x15049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1-150x15050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_2-150x15051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cnw-gvozd52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/n-19_1_2_1-150x15053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ga-16_1_1_1-150x15054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ga-16_1_1-150x15055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ga-16-150x15056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pr_3-1_90_1_1_1-150x15057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pr_3-1_90_1_2-150x15058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rk-gvozd_7_159.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rk-gvozd_160.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rk-gvozd_1261.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pr_3-1_90_1_1_2_2_1-150x15062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pr_3-1_90_1_1_2-150x15063.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pr_3-1_90_1_1_2_2-150x15064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cnw-gvozd_12_165.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cnw-gvozd_6_166.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/skoba-pb_1_1-150x15067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/skoba-pb-150x15068.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/wn-09_3_1_2_169.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12_1_1_1_1_1_1_1-150x15070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/es-18_1_1-150x15071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/es-18_1_1_1_2_1-150x15072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/es-18_1-150x15073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_2_1-150x15074.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_1_1_1_1_2-150x15075.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_1_1_1_2_1-150x15076.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_1_1_1_2-150x15077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_1_1_2-150x15078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_1_2-150x15079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_3-150x15080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_2-150x15081.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_2-150x15082.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_3-150x15083.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12_1_1_1_1_1_1_1_1-150x15084.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12_1_1_1_1_1_1-150x15085.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1-150x15086.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12_1_1-150x15087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12_1-150x15088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12-150x15089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/al-12_1_1_1_3-150x15090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mcf06_1_1_1-150x15091.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mcf06_1_1-150x15092.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mcf06_1-150x15093.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mcf06-150x15094.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12_1_1_2-150x15095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/al-12_1_2_1_1-150x15096.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_kliper_clp_20l_clipper_tool_03-150x15097.webp"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_klipsa_cl39_01-150x15098.webp"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_klipsa_cl33_01-150x15099.webp"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/wn-09_1_1_1100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_2-150x150101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_2-150x150102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d-10_2_1-150x150103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/516-g-100_1-150x150104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d-10-150x150105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prebena_staples_type_AD_-150x150106.webp"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_2_1_2-150x150107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_2_1_3-150x150108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_2_1_1_1-150x150109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_2_1-150x150110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_2_1_1-150x150111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_2-150x150112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_1_1_1-150x150113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_1_1-150x150114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1-150x150115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_2-150x150116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1-150x150117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1-150x150118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/z-21_1_1_1_1_1-150x150119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_1-150x150120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2_1-150x150121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_1_1_2-150x150122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_1_1-150x150123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_1_1_1_2-150x150124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_1_1_1-150x150125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_1_1_1_1-150x150126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2-150x150127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2_1_1-150x150128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/o-06_2_1_1_1_2-150x150129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2_1_1_1-150x150130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2_1_1_1_1-150x150131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2_1_1_1_1_1_1_2-150x150132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2_1_1_1_1_1_1_1-150x150133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/o-06_2_2-150x150134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/o-06_3_1_1_1_2-150x150135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fst-50136.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/wn-09_41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/nail_type_ank2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30t15d_new0_43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30t15d_new0_24.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30t15d_new0_35.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-25_1_1_1_16.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-25_1_1_17.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-25_1_18.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-25_19.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-2510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-25_211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/st-25_2_112.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rk-gvozd_11_113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rk-gvozd_11_214.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rk-gvozd_915.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rk-gvozd_616.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-16_3_1_2-150x15017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ez-fasten_krovelnui_1_1_1_1_1_1-150x15018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-16_3_1-150x15019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-16_3-150x15020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-16-150x15021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vz-08-150x15022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vx-06_1_1_1_1-150x15023.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vx-06_1_1_1-150x15024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vx-06_1_1-150x15025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vx-06_1-150x15026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vx-06-150x15027.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/v-06_2_1_1-150x15028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pf-06_2_1_2_2-150x15029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pf-06_4-150x15030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/skoba-pb_1_1_1-150x15031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/skoba-pb_1_1-150x15032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ez-fasten_krovelnui_1_1_1_1_1_1_1_1_1_1-150x15033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ez-fasten_krovelnui_1_1_1_1_1_1_1_1-150x15034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/skoba-pb-150x15035.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13-150x15036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/n-19_1_1_1_1_1_1_2-150x15037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/n-19_1_1_1_1_1_1-150x15038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/n-19_1_1_1_1-150x15039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/n-19_1_1_2-150x15040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1_1_1_1_1_1_1-150x15041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1_1_1_1_1_1-150x15042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1_1_1_1_1-150x15043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1_1_1_1-150x15044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1_1_1-150x15045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1_1-150x15046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1_1-150x15047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_1-150x15048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1-150x15049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1-150x15050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j-13_1_1_2-150x15051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ez-fasten_krovelnui_1_1_1_2-150x15052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rk-gvozd_1253.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cnw-gvozd54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cnw-gvozd_6_155.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cnw-gvozd_12_156.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pr_3-1_90_1_1_2_2-150x15057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pr_3-1_90_1_1_2-150x15058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pr_3-1_90_1_1_2_2_1-150x15059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rk-gvozd_160.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/n-19_1_2_1-150x15061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rk-gvozd_7_162.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pr_3-1_90_1_2-150x15063.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pr_3-1_90_1_1_1-150x15064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ga-16-150x15065.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ga-16_1_1-150x15066.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ga-16_1_1_1-150x15067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/skoba-pb_1-150x15068.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d-10-150x15069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/wn-09_3_1_2_170.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12_1_1_1_1-150x15071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/es-18_1-150x15072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_2_1-150x15073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_1_1_1_1_2-150x15074.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_1_1_1_2_1-150x15075.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_1_1_1_2-150x15076.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_1_1_2-150x15077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_1_2-150x15078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_1_3-150x15079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_1_2-150x15080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_2_2-150x15081.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e-10_3-150x15082.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12_1_1_1_1_1_1_1_1-150x15083.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12_1_1_1_1_1_1_1-150x15084.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12_1_1_1_1_1_1-150x15085.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12_1_1-150x15086.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/es-18_1_1-150x15087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12_1-150x15088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12-150x15089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/al-12_1_1_1_3-150x15090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/al-12_1_1_2_1-150x15091.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mcf06_1_1_1-150x15092.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mcf06_1_1-150x15093.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mcf06_1-150x15094.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mcf06-150x15095.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b-6_12_1_1_2-150x15096.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/al-12_1_2_1_1-150x15097.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_kliper_clp_20l_clipper_tool_03-150x15098.webp"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_klipsa_cl39_01-150x15099.webp"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_klipsa_cl33_01-150x150100.webp"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/wn-09_1_1_1101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/es-18_1_1_1_2_1-150x150102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_2-150x150103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prebena_staples_type_AD_-150x150104.webp"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/o-06_2_1_1_1_2-150x150105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_2_1_2-150x150106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_2_1_3-150x150107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_2_1_1_1-150x150108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_2_1-150x150109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_2_1_1-150x150110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_2-150x150111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_2_1_1_1-150x150112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1_1_1-150x150113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1_1-150x150114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_2-150x150115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1_1_1-150x150116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a-04_cnk_1-150x150117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/516-g-100_1-150x150118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/z-21_1_1_1_1_1-150x150119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/o-06_3_1_1_1_2-150x150120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1-150x150121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_1_1_1_1-150x150122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_2-150x150123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_1-150x150124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_1_1_2-150x150125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_1_1-150x150126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_1_1_1_2-150x150127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h-12_2_1_1_1_1_1-150x150128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2-150x150129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/o-06_2_2-150x150130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2_1-150x150131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2_1_1-150x150132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2_1_1_1-150x150133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2_1_1_1_1-150x150134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2_1_1_1_1_1_1_2-150x150135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l-35_1_1_1_2_1_1_1_1_1_1_1-150x150136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fst-50137.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1533525" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1295400" cy="1666875"/>
+    <xdr:ext cx="1647825" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:ext cx="1304925" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
@@ -16383,51 +16445,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1304925" cy="1666875"/>
+    <xdr:ext cx="723900" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
@@ -16593,51 +16655,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="723900" cy="1666875"/>
+    <xdr:ext cx="1295400" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
@@ -16713,51 +16775,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1647825" cy="1666875"/>
+    <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
@@ -17763,171 +17825,171 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>52</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1295400" cy="1666875"/>
+    <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="52" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>53</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:ext cx="1295400" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="53" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>54</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:ext cx="1295400" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="54" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>55</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:ext cx="1295400" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="55" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>56</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:ext cx="1295400" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="56" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
@@ -17973,51 +18035,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>59</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1295400" cy="1666875"/>
+    <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="59" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
@@ -18033,81 +18095,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>61</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1295400" cy="1666875"/>
+    <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="61" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>62</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:ext cx="1295400" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="62" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
@@ -18153,81 +18215,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>65</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1295400" cy="1666875"/>
+    <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="65" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>66</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1295400" cy="1666875"/>
+    <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="66" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
@@ -18273,81 +18335,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>69</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1533525" cy="1666875"/>
+    <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="69" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>70</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:ext cx="1533525" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="70" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
@@ -19203,81 +19265,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>100</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="2533650" cy="1666875"/>
+    <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="100" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>101</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:ext cx="2533650" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="101" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
@@ -20283,60 +20345,90 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>136</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1095375" cy="1666875"/>
+    <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="136" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>137</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1095375" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="137" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -20603,54 +20695,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H137"/>
+  <dimension ref="A1:H138"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H137" sqref="H137"/>
+      <selection activeCell="H138" sqref="H138"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -20824,360 +20916,324 @@
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2"/>
       <c r="D3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях гвинтовий в стрічці Prebena типу RK 2,8/80 (3 тис. шт.)</t>
+            <t xml:space="preserve">Цвях гвинтовий в стрічці Prebena типу ANK 4,0/50 (2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 80 мм  Діаметр: 2,8 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 50 мм  Діаметр: 4,0 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">RK</t>
+            <t xml:space="preserve">ANK</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид цвяха: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гвинтовий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">80</t>
+            <t xml:space="preserve">50</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.8</t>
+            <t xml:space="preserve">4.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2"/>
       <c r="D4" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях покрівельний рифлений Prebena (6,72 тис. шт.)</t>
+            <t xml:space="preserve">Цвях по бетону EZ-Fasten 30T40D (0,5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 45 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 6,72 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 40 мм  Діаметр: 2,6-3,05 мм  Головка: 30 мм  Кількість в упаковці: 0,5 тис. шт. </t>
           </r>
         </is>
       </c>
       <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">З головкою</t>
+            <t xml:space="preserve">По бетону</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид цвяха: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Рифлений</t>
+            <t xml:space="preserve">Гладкий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">Сталь</t>
+            <t xml:space="preserve">40</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях по бетону EZ-Fasten 30T40D (0,5 тис. шт.)</t>
+            <t xml:space="preserve">Цвях по бетону EZ-Fasten 30T30D (0,5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 40 мм  Діаметр: 2,6-3,05 мм  Головка: 30 мм  Кількість в упаковці: 0,5 тис. шт. </t>
+            <t xml:space="preserve">Висота: 30 мм  Діаметр: 2,6-3,05 мм  Головка: 30 мм  Кількість в упаковці: 0,5 тис. шт. </t>
           </r>
         </is>
       </c>
       <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -21207,92 +21263,92 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гладкий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40</t>
+            <t xml:space="preserve">30</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях по бетону EZ-Fasten 30T30D (0,5 тис. шт.)</t>
+            <t xml:space="preserve">Цвях по бетону EZ-Fasten 30T25D (1,0 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 30 мм  Діаметр: 2,6-3,05 мм  Головка: 30 мм  Кількість в упаковці: 0,5 тис. шт. </t>
+            <t xml:space="preserve">Висота: 25 мм  Діаметр: 2,6-3,05 мм  Головка: 30 мм  Кількість в упаковці: 1,0 тис. шт. </t>
           </r>
         </is>
       </c>
       <c r="F6" s="2"/>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -21322,207 +21378,243 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гладкий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30</t>
+            <t xml:space="preserve">25</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях по бетону EZ-Fasten 30T25D (1,0 тис. шт.)</t>
+            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-64 (1 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 25 мм  Діаметр: 2,6-3,05 мм  Головка: 30 мм  Кількість в упаковці: 1,0 тис. шт. </t>
+            <t xml:space="preserve">Висота: 64 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">По бетону</t>
+            <t xml:space="preserve">ST</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид цвяха: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гладкий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25</t>
+            <t xml:space="preserve">64</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр цвяха, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2"/>
       <c r="D8" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-64 (1 тис. шт.)</t>
+            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-50 (1 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 64 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 50 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F8" s="2"/>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -21552,128 +21644,128 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гладкий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">64</t>
+            <t xml:space="preserve">50</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2"/>
       <c r="D9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-50 (1 тис. шт.)</t>
+            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-38 (1 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 50 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 38 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F9" s="2"/>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -21703,128 +21795,128 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гладкий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">50</t>
+            <t xml:space="preserve">38</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="2"/>
       <c r="D10" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-38 (1 тис. шт.)</t>
+            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-32 (2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 38 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 25 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -21854,121 +21946,121 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гладкий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38</t>
+            <t xml:space="preserve">32</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-32 (2 тис. шт.)</t>
+            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-25 (2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: 25 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -22005,128 +22097,128 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гладкий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32</t>
+            <t xml:space="preserve">25</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="2"/>
       <c r="D12" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-25 (2 тис. шт.)</t>
+            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-18 (2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 25 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 18 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -22156,128 +22248,128 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гладкий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25</t>
+            <t xml:space="preserve">18</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="150">
       <c r="A13" s="2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="2"/>
       <c r="D13" s="2" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-18 (2 тис. шт.)</t>
+            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-15 (2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 18 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 15 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -22307,220 +22399,220 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гладкий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18</t>
+            <t xml:space="preserve">15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="2"/>
       <c r="D14" s="2" t="s">
         <v>47</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях калений EZ-Fasten типу ST-15 (2 тис. шт.)</t>
+            <t xml:space="preserve">Цвях гладкий в стрічці Prebena типу RK 4,6/145 (0,5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 15 мм  Дріт: 2,2х2,5 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 145 мм  Діаметр: 4,6 мм  Кількість в упаковці: 0,5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ST</t>
+            <t xml:space="preserve">RK</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид цвяха: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гладкий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15</t>
+            <t xml:space="preserve">145</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.5</t>
+            <t xml:space="preserve">4.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H14" s="2">
@@ -22528,58 +22620,58 @@
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="150">
       <c r="A15" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="2"/>
       <c r="D15" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях гладкий в стрічці Prebena типу RK 4,6/145 (0,5 тис. шт.)</t>
+            <t xml:space="preserve">Цвях гладкий в стрічці Prebena типу RK 3,8/130 (1,4 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 145 мм  Діаметр: 4,6 мм  Кількість в упаковці: 0,5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 130 мм  Діаметр: 3,8 мм  Кількість в упаковці: 1,4 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -22609,69 +22701,69 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гладкий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">145</t>
+            <t xml:space="preserve">130</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4.6</t>
+            <t xml:space="preserve">3.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H15" s="2">
@@ -22679,58 +22771,58 @@
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="150">
       <c r="A16" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="2"/>
       <c r="D16" s="2" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях гладкий в стрічці Prebena типу RK 3,8/130 (1,4 тис. шт.)</t>
+            <t xml:space="preserve">Цвях гвинтовий в стрічці Prebena типу RK 3,1/100 (2,5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 130 мм  Діаметр: 3,8 мм  Кількість в упаковці: 1,4 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 100 мм  Діаметр: 3,1 мм  Кількість в упаковці: 2,5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F16" s="2"/>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -22742,87 +22834,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RK</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид цвяха: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Гладкий</t>
+            <t xml:space="preserve">Гвинтовий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">130</t>
+            <t xml:space="preserve">100</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.8</t>
+            <t xml:space="preserve">3.1</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H16" s="2">
@@ -22830,58 +22922,58 @@
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="150">
       <c r="A17" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="2"/>
       <c r="D17" s="2" t="s">
         <v>56</v>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях гвинтовий в стрічці Prebena типу RK 3,1/100 (2,5 тис. шт.)</t>
+            <t xml:space="preserve">Цвях гвинтовий в стрічці Prebena типу RK 2,8/80 (3 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 100 мм  Діаметр: 3,1 мм  Кількість в упаковці: 2,5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 80 мм  Діаметр: 2,8 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F17" s="2"/>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -22911,69 +23003,69 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гвинтовий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">100</t>
+            <t xml:space="preserve">80</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.1</t>
+            <t xml:space="preserve">2.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H17" s="2">
@@ -22981,209 +23073,209 @@
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="150">
       <c r="A18" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="2"/>
       <c r="D18" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях гвинтовий в стрічці Prebena типу ANK 4,0/50 (2 тис. шт.)</t>
+            <t xml:space="preserve">Скоба пакувальна Prebena типу B-22 (9,4 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 50 мм  Діаметр: 4,0 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 22 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 9,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F18" s="2"/>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях</t>
+            <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ANK</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Гвинтовий</t>
+            <t xml:space="preserve">B</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Пакувальна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">50</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">4.0</t>
+            <t xml:space="preserve">22</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">більше 20</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Сталь</t>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="150">
       <c r="A19" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="2"/>
       <c r="D19" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях покрівельний рифлений Prebena (7,2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 32 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 25 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F19" s="2"/>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -23213,51 +23305,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32</t>
+            <t xml:space="preserve">25</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -23283,58 +23375,58 @@
       </c>
     </row>
     <row r="20" spans="1:8" customHeight="1" ht="150">
       <c r="A20" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="2"/>
       <c r="D20" s="2" t="s">
         <v>65</v>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба пакувальна Prebena типу B-22 (9,4 тис. шт.)</t>
+            <t xml:space="preserve">Скоба пакувальна Prebena типу B-19 (10 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 22 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 9,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 19 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F20" s="2"/>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -23364,51 +23456,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Пакувальна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22</t>
+            <t xml:space="preserve">19</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">більше 20</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -23434,58 +23526,58 @@
       </c>
     </row>
     <row r="21" spans="1:8" customHeight="1" ht="150">
       <c r="A21" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="2"/>
       <c r="D21" s="2" t="s">
         <v>68</v>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба пакувальна Prebena типу B-19 (10 тис. шт.)</t>
+            <t xml:space="preserve">Скоба пакувальна Prebena типу B-18 (10 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 19 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 18 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F21" s="2"/>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -23515,51 +23607,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Пакувальна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19</t>
+            <t xml:space="preserve">18</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">більше 20</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -23585,58 +23677,58 @@
       </c>
     </row>
     <row r="22" spans="1:8" customHeight="1" ht="150">
       <c r="A22" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="2"/>
       <c r="D22" s="2" t="s">
         <v>71</v>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба пакувальна Prebena типу B-18 (10 тис. шт.)</t>
+            <t xml:space="preserve">Скоба пакувальна Prebena типу B-16 (12 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 18 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 16 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 12 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F22" s="2"/>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -23666,51 +23758,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Пакувальна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18</t>
+            <t xml:space="preserve">16</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">більше 20</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -23736,150 +23828,150 @@
       </c>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="150">
       <c r="A23" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="2"/>
       <c r="D23" s="2" t="s">
         <v>74</v>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба пакувальна Prebena типу B-16 (12 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу VZ-08 (5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 16 мм  Ширина: 34,75 мм  Дріт: 0,92x2,30 мм  Кількість в упаковці: 12 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 8 мм  Ширина: 10,5 мм  Дріт: 0,41x0,7 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F23" s="2"/>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">B</t>
+            <t xml:space="preserve">VZ</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пакувальна</t>
+            <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16</t>
+            <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">більше 20</t>
+            <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H23" s="2">
@@ -23887,132 +23979,132 @@
       </c>
     </row>
     <row r="24" spans="1:8" customHeight="1" ht="150">
       <c r="A24" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="2"/>
       <c r="D24" s="2" t="s">
         <v>77</v>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу VZ-08 (5 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу VX-14 (1 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 8 мм  Ширина: 10,5 мм  Дріт: 0,41x0,7 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 14 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь  </t>
           </r>
         </is>
       </c>
       <c r="F24" s="2"/>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">VZ</t>
+            <t xml:space="preserve">VX</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8</t>
+            <t xml:space="preserve">14</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -24038,58 +24130,58 @@
       </c>
     </row>
     <row r="25" spans="1:8" customHeight="1" ht="150">
       <c r="A25" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C25" s="2"/>
       <c r="D25" s="2" t="s">
         <v>80</v>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу VX-14 (1 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу VX-12 (1 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 14 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь  </t>
+            <t xml:space="preserve">Висота: 12 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F25" s="2"/>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -24119,51 +24211,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14</t>
+            <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -24189,58 +24281,58 @@
       </c>
     </row>
     <row r="26" spans="1:8" customHeight="1" ht="150">
       <c r="A26" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C26" s="2"/>
       <c r="D26" s="2" t="s">
         <v>83</v>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу VX-12 (1 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу VX-10 (1 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 12 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 10 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F26" s="2"/>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -24270,51 +24362,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12</t>
+            <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -24340,58 +24432,58 @@
       </c>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="150">
       <c r="A27" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C27" s="2"/>
       <c r="D27" s="2" t="s">
         <v>86</v>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу VX-10 (1 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу VX-08 (1 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 10 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 8 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F27" s="2"/>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -24421,51 +24513,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10</t>
+            <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -24491,58 +24583,58 @@
       </c>
     </row>
     <row r="28" spans="1:8" customHeight="1" ht="150">
       <c r="A28" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="2"/>
       <c r="D28" s="2" t="s">
         <v>89</v>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу VX-08 (1 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу VX-06 (1 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 8 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 6 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F28" s="2"/>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -24572,51 +24664,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8</t>
+            <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -24642,150 +24734,150 @@
       </c>
     </row>
     <row r="29" spans="1:8" customHeight="1" ht="150">
       <c r="A29" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="2"/>
       <c r="D29" s="2" t="s">
         <v>92</v>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу VX-06 (1 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу V-16 (14,56 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 6 мм  Ширина: 11,35 мм  Дріт: 0,58x0,75 мм  Кількість в упаковці: 1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 16 мм  Ширина: 9 мм  Дріт: 0,58х0,75 мм  Кількість в упаковці: 14,56 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F29" s="2"/>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">VX</t>
+            <t xml:space="preserve">V</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6</t>
+            <t xml:space="preserve">16</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 - 15</t>
+            <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H29" s="2">
@@ -24793,150 +24885,150 @@
       </c>
     </row>
     <row r="30" spans="1:8" customHeight="1" ht="150">
       <c r="A30" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C30" s="2"/>
       <c r="D30" s="2" t="s">
         <v>95</v>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу V-16 (14,56 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу PF-8 (0,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 16 мм  Ширина: 9 мм  Дріт: 0,58х0,75 мм  Кількість в упаковці: 14,56 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 8 мм  Ширина: 10,6 мм  Дріт: 0,5х1,27 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F30" s="2"/>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">V</t>
+            <t xml:space="preserve">PF</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16</t>
+            <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">менше 10</t>
+            <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H30" s="2">
@@ -24944,58 +25036,58 @@
       </c>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="150">
       <c r="A31" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C31" s="2"/>
       <c r="D31" s="2" t="s">
         <v>98</v>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу PF-8 (0,6 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу PF-06 (0,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 8 мм  Ширина: 10,6 мм  Дріт: 0,5х1,27 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 6 мм  Ширина: 10,6 мм  Дріт: 0,5х1,27 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F31" s="2"/>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -25025,51 +25117,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8</t>
+            <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -25095,132 +25187,132 @@
       </c>
     </row>
     <row r="32" spans="1:8" customHeight="1" ht="150">
       <c r="A32" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C32" s="2"/>
       <c r="D32" s="2" t="s">
         <v>101</v>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу PF-06 (0,6 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу PB-12 (0,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 6 мм  Ширина: 10,6 мм  Дріт: 0,5х1,27 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 12 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F32" s="2"/>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PF</t>
+            <t xml:space="preserve">PB</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6</t>
+            <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -25246,58 +25338,58 @@
       </c>
     </row>
     <row r="33" spans="1:8" customHeight="1" ht="150">
       <c r="A33" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C33" s="2"/>
       <c r="D33" s="2" t="s">
         <v>104</v>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу PB-12 (0,6 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу PB-10 (0,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 12 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 10 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F33" s="2"/>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -25327,51 +25419,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12</t>
+            <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -25397,58 +25489,58 @@
       </c>
     </row>
     <row r="34" spans="1:8" customHeight="1" ht="150">
       <c r="A34" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C34" s="2"/>
       <c r="D34" s="2" t="s">
         <v>107</v>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях покрівельний рифлений Prebena (7,2 тис. шт.)</t>
+            <t xml:space="preserve">Цвях покрівельний рифлений Prebena (6,72 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 25 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 45 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 6,72 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F34" s="2"/>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -25478,51 +25570,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25</t>
+            <t xml:space="preserve">45</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -25548,58 +25640,58 @@
       </c>
     </row>
     <row r="35" spans="1:8" customHeight="1" ht="150">
       <c r="A35" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="2"/>
       <c r="D35" s="2" t="s">
         <v>110</v>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях покрівельний рифлений Prebena (7,68 тис. шт.)</t>
+            <t xml:space="preserve">Цвях покрівельний рифлений Prebena (7,2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 38 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 7,68 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 32 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F35" s="2"/>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -25629,51 +25721,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38</t>
+            <t xml:space="preserve">32</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -25699,58 +25791,58 @@
       </c>
     </row>
     <row r="36" spans="1:8" customHeight="1" ht="150">
       <c r="A36" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="2"/>
       <c r="D36" s="2" t="s">
         <v>113</v>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу PB-08 (0,6 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу PB-06 (0,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 8 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 6 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F36" s="2"/>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -25780,51 +25872,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8</t>
+            <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -27690,669 +27782,813 @@
       </c>
     </row>
     <row r="53" spans="1:8" customHeight="1" ht="150">
       <c r="A53" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C53" s="2"/>
       <c r="D53" s="2" t="s">
         <v>164</v>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях рифлений в бобіні Prebena типу CNW 2,1/25 (23,100 тис. шт.)</t>
+            <t xml:space="preserve">Цвях покрівельний рифлений Prebena (7,68 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 25 мм  Діаметр: 2,1 мм  Кількість в упаковці: 23,100 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 38 мм  Діаметр: 3,0 мм  Головка: 10 мм  Кількість в упаковці: 7,68 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F53" s="2"/>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CNW</t>
+            <t xml:space="preserve">З головкою</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид цвяха: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25</t>
+            <t xml:space="preserve">38</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.1</t>
+            <t xml:space="preserve">3.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H53" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:8" customHeight="1" ht="150">
       <c r="A54" s="2" t="s">
-        <v>167</v>
+        <v>8</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C54" s="2"/>
       <c r="D54" s="2" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штифт Novofast типа N-30 (2,88 тис. шт.)</t>
+            <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу RK 2,8/55 (5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Высота: 30 ммПроволока: 1,5х1,65 ммКоличество в упаковке: 2,88 тис. шт.Материал: сталь</t>
+            <t xml:space="preserve">Висота: 55 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F54" s="2"/>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штифт</t>
+            <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">N</t>
+            <t xml:space="preserve">RK</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид цвяха: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30</t>
+            <t xml:space="preserve">55</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр цвяха, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H54" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:8" customHeight="1" ht="150">
       <c r="A55" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="2"/>
       <c r="D55" s="2" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шпилька Prebena типу GA-30 (5 тис. шт.)</t>
+            <t xml:space="preserve">Цвях рифлений в бобіні Prebena типу CNW 2,1/25 (23,100 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 30 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 25 мм  Діаметр: 2,1 мм  Кількість в упаковці: 23,100 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F55" s="2"/>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шпилька</t>
+            <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GA</t>
+            <t xml:space="preserve">CNW</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид цвяха: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30</t>
+            <t xml:space="preserve">25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр цвяха, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.1</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H55" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:8" customHeight="1" ht="150">
       <c r="A56" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C56" s="2"/>
       <c r="D56" s="2" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шпилька Prebena типу GA-25 (5 тис. шт.)</t>
+            <t xml:space="preserve">Цвях рифлений в бобіні Prebena типу CNW 2,5/60 BkSch (9 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 25 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 60 мм  Діаметр: 2,5 мм  Кількість в упаковці: 9 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F56" s="2"/>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шпилька</t>
+            <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GA</t>
+            <t xml:space="preserve">CNW</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид цвяха: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25</t>
+            <t xml:space="preserve">60</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр цвяха, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H56" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:8" customHeight="1" ht="150">
       <c r="A57" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C57" s="2"/>
       <c r="D57" s="2" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шпилька Prebena типу GA-16 (10 тис. шт.)</t>
+            <t xml:space="preserve">Цвях рифлений в бобіні Prebena типу CNW 2,8/85 (4,5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 16 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 85 мм  Діаметр: 2,8 мм  Кількість в упаковці: 4,5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F57" s="2"/>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шпилька</t>
+            <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GA</t>
+            <t xml:space="preserve">CNW</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид цвяха: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16</t>
+            <t xml:space="preserve">85</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр цвяха, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H57" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:8" customHeight="1" ht="150">
       <c r="A58" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C58" s="2"/>
       <c r="D58" s="2" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях рифлений нікельований в стрічці Prebena типу PR 2,8/75 (4 тис. шт.)</t>
+            <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу PR 2,8/50 (5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 75 мм  Діаметр: 2,8 мм  Кількість в упаковці: 4 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 50 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F58" s="2"/>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -28382,51 +28618,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">75</t>
+            <t xml:space="preserve">50</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -28438,72 +28674,72 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H58" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:8" customHeight="1" ht="150">
       <c r="A59" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C59" s="2"/>
       <c r="D59" s="2" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях рифлений нікельований в стрічці Prebena типу PR 2,8/50 (5 тис. шт.)</t>
+            <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу PR 2,8/55 (5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 50 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 55 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F59" s="2"/>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -28533,51 +28769,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">50</t>
+            <t xml:space="preserve">55</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -28589,202 +28825,202 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H59" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:8" customHeight="1" ht="150">
       <c r="A60" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C60" s="2"/>
       <c r="D60" s="2" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу RK 3,1/90 (3 тис. шт.)</t>
+            <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу PR 2,8/75 (4 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 90 мм  Діаметр: 3,1 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 75 мм  Діаметр: 2,8 мм  Кількість в упаковці: 4 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F60" s="2"/>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">RK</t>
+            <t xml:space="preserve">PR</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид цвяха: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">90</t>
+            <t xml:space="preserve">75</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.1</t>
+            <t xml:space="preserve">2.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H60" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:8" customHeight="1" ht="150">
       <c r="A61" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C61" s="2"/>
       <c r="D61" s="2" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу RK 2,8/60 (4,2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: 60 мм  Діаметр: 2,8 мм  Кількість в упаковці: 4,2 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F61" s="2"/>
@@ -28884,171 +29120,135 @@
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H61" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:8" customHeight="1" ht="150">
       <c r="A62" s="2" t="s">
-        <v>8</v>
+        <v>191</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C62" s="2"/>
       <c r="D62" s="2" t="s">
         <v>192</v>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу RK 2,8/55 (5 тис. шт.)</t>
+            <t xml:space="preserve">Штифт Novofast типа N-30 (2,88 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 55 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Высота: 30 ммПроволока: 1,5х1,65 ммКоличество в упаковке: 2,88 тис. шт.Материал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F62" s="2"/>
       <c r="G62" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях</t>
+            <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">RK</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Рифлений</t>
+            <t xml:space="preserve">N</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">55</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">2.8</t>
+            <t xml:space="preserve">30</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H62" s="2">
@@ -29056,209 +29256,209 @@
       </c>
     </row>
     <row r="63" spans="1:8" customHeight="1" ht="150">
       <c r="A63" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C63" s="2"/>
       <c r="D63" s="2" t="s">
         <v>195</v>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу PR 2,8/75 (4 тис. шт.)</t>
+            <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу RK 3,1/90 (3 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 75 мм  Діаметр: 2,8 мм  Кількість в упаковці: 4 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 90 мм  Діаметр: 3,1 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F63" s="2"/>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR</t>
+            <t xml:space="preserve">RK</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид цвяха: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">75</t>
+            <t xml:space="preserve">90</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.8</t>
+            <t xml:space="preserve">3.1</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H63" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:8" customHeight="1" ht="150">
       <c r="A64" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C64" s="2"/>
       <c r="D64" s="2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу PR 2,8/55 (5 тис. шт.)</t>
+            <t xml:space="preserve">Цвях рифлений нікельований в стрічці Prebena типу PR 2,8/50 (5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 55 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 50 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F64" s="2"/>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -29288,51 +29488,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">55</t>
+            <t xml:space="preserve">50</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -29358,58 +29558,58 @@
       </c>
     </row>
     <row r="65" spans="1:8" customHeight="1" ht="150">
       <c r="A65" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C65" s="2"/>
       <c r="D65" s="2" t="s">
         <v>200</v>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях рифлений в стрічці Prebena типу PR 2,8/50 (5 тис. шт.)</t>
+            <t xml:space="preserve">Цвях рифлений нікельований в стрічці Prebena типу PR 2,8/75 (4 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 50 мм  Діаметр: 2,8 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 75 мм  Діаметр: 2,8 мм  Кількість в упаковці: 4 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F65" s="2"/>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -29439,51 +29639,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Рифлений</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">50</t>
+            <t xml:space="preserve">75</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр цвяха, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -29509,150 +29709,114 @@
       </c>
     </row>
     <row r="66" spans="1:8" customHeight="1" ht="150">
       <c r="A66" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C66" s="2"/>
       <c r="D66" s="2" t="s">
         <v>202</v>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях рифлений в бобіні Prebena типу CNW 2,8/85 (4,5 тис. шт.)</t>
+            <t xml:space="preserve">Шпилька Prebena типу GA-16 (10 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 85 мм  Діаметр: 2,8 мм  Кількість в упаковці: 4,5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 16 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F66" s="2"/>
       <c r="G66" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях</t>
+            <t xml:space="preserve">Шпилька</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CNW</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Рифлений</t>
+            <t xml:space="preserve">GA</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">85</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">2.8</t>
+            <t xml:space="preserve">16</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H66" s="2">
@@ -29660,150 +29824,114 @@
       </c>
     </row>
     <row r="67" spans="1:8" customHeight="1" ht="150">
       <c r="A67" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C67" s="2"/>
       <c r="D67" s="2" t="s">
         <v>205</v>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях рифлений в бобіні Prebena типу CNW 2,5/60 BkSch (9 тис. шт.)</t>
+            <t xml:space="preserve">Шпилька Prebena типу GA-25 (5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 60 мм  Діаметр: 2,5 мм  Кількість в упаковці: 9 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 25 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F67" s="2"/>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях</t>
+            <t xml:space="preserve">Шпилька</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CNW</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Рифлений</t>
+            <t xml:space="preserve">GA</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">60</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">2.5</t>
+            <t xml:space="preserve">25</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H67" s="2">
@@ -29811,209 +29939,173 @@
       </c>
     </row>
     <row r="68" spans="1:8" customHeight="1" ht="150">
       <c r="A68" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C68" s="2"/>
       <c r="D68" s="2" t="s">
         <v>208</v>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу PB-10 (0,6 тис. шт.)</t>
+            <t xml:space="preserve">Шпилька Prebena типу GA-30 (5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 10 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 30 мм  Дріт: 1,0x1,25 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F68" s="2"/>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба</t>
+            <t xml:space="preserve">Шпилька</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PB</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Оббивочна</t>
+            <t xml:space="preserve">GA</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">10 - 15</t>
+            <t xml:space="preserve">30</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H68" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:8" customHeight="1" ht="150">
       <c r="A69" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C69" s="2"/>
       <c r="D69" s="2" t="s">
         <v>211</v>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу PB-06 (0,6 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу PB-08 (0,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 6 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 8 мм  Ширина: 11,2 мм  Дріт: 1,25х0,5 мм  Кількість в упаковці: 0,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F69" s="2"/>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -30043,51 +30135,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6</t>
+            <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -30113,475 +30205,475 @@
       </c>
     </row>
     <row r="70" spans="1:8" customHeight="1" ht="150">
       <c r="A70" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C70" s="2"/>
       <c r="D70" s="2" t="s">
         <v>214</v>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Гофроскоба каркасна (столярна) Prebena типу WN-12 (11,76 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу D-10 (6,05 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 12 мм  Ширина: 25 мм  Кількість в упаковці: 11,76 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 10 мм  Ширина: 12,5 мм  Дріт: 0,5х1,25 мм  Кількість в упаковці: 6,05 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F70" s="2"/>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">WN</t>
+            <t xml:space="preserve">D</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркасна</t>
+            <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12</t>
+            <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">більше 20</t>
+            <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H70" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:8" customHeight="1" ht="150">
       <c r="A71" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C71" s="2"/>
       <c r="D71" s="2" t="s">
         <v>217</v>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/45 (9,6 тис. шт.)</t>
+            <t xml:space="preserve">Гофроскоба каркасна (столярна) Prebena типу WN-12 (11,76 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 45 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 12 мм  Ширина: 25 мм  Кількість в упаковці: 11,76 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F71" s="2"/>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікроштифт</t>
+            <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">B 6</t>
+            <t xml:space="preserve">WN</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45</t>
+            <t xml:space="preserve">12</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">більше 20</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Сталь</t>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H71" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:8" customHeight="1" ht="150">
       <c r="A72" s="2" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C72" s="2"/>
       <c r="D72" s="2" t="s">
         <v>220</v>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу ES-35 (3,8 тис. шт.)</t>
+            <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/30 (9,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 35 мм Ширина: 5,95 мм  Дріт: 0,83х1,08 мм  Кількість в упаковці: 3,8 тис. шт  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 30 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F72" s="2"/>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба</t>
+            <t xml:space="preserve">Мікроштифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ES</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Каркасна</t>
+            <t xml:space="preserve">B 6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">менше 10</t>
+            <t xml:space="preserve">30</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H72" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:8" customHeight="1" ht="150">
       <c r="A73" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C73" s="2"/>
       <c r="D73" s="2" t="s">
         <v>223</v>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу ES-30 (4,4 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу ES-25 (4,8 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 30 мм  Ширина: 5,95 мм  Дріт: 0,83х1,08 мм  Кількість в упаковці: 4,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 25 мм Ширина: 5,95 мм  Дріт: 0,83х1,08 мм  Кількість в упаковці: 4,8 тис. шт  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F73" s="2"/>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -30611,51 +30703,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30</t>
+            <t xml:space="preserve">25</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -30681,132 +30773,132 @@
       </c>
     </row>
     <row r="74" spans="1:8" customHeight="1" ht="150">
       <c r="A74" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C74" s="2"/>
       <c r="D74" s="2" t="s">
         <v>226</v>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу ES-25 (4,8 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-38 (2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 25 мм Ширина: 5,95 мм  Дріт: 0,83х1,08 мм  Кількість в упаковці: 4,8 тис. шт  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 38 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F74" s="2"/>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ES</t>
+            <t xml:space="preserve">E</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25</t>
+            <t xml:space="preserve">38</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -30832,58 +30924,58 @@
       </c>
     </row>
     <row r="75" spans="1:8" customHeight="1" ht="150">
       <c r="A75" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C75" s="2"/>
       <c r="D75" s="2" t="s">
         <v>229</v>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-38 (2 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-35 (2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 38 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 35 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F75" s="2"/>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -30913,51 +31005,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38</t>
+            <t xml:space="preserve">35</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -30983,58 +31075,58 @@
       </c>
     </row>
     <row r="76" spans="1:8" customHeight="1" ht="150">
       <c r="A76" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C76" s="2"/>
       <c r="D76" s="2" t="s">
         <v>232</v>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-35 (2 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-32 (2,2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 35 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 32 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F76" s="2"/>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -31064,51 +31156,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35</t>
+            <t xml:space="preserve">32</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -31134,58 +31226,58 @@
       </c>
     </row>
     <row r="77" spans="1:8" customHeight="1" ht="150">
       <c r="A77" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C77" s="2"/>
       <c r="D77" s="2" t="s">
         <v>235</v>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-32 (2,2 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-30 (2,4 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 32 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 30 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F77" s="2"/>
       <c r="G77" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -31215,51 +31307,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32</t>
+            <t xml:space="preserve">30</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -31285,58 +31377,58 @@
       </c>
     </row>
     <row r="78" spans="1:8" customHeight="1" ht="150">
       <c r="A78" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C78" s="2"/>
       <c r="D78" s="2" t="s">
         <v>238</v>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-30 (2,4 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-25 (3 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 30 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 25 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F78" s="2"/>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -31366,51 +31458,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30</t>
+            <t xml:space="preserve">25</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -31436,58 +31528,58 @@
       </c>
     </row>
     <row r="79" spans="1:8" customHeight="1" ht="150">
       <c r="A79" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C79" s="2"/>
       <c r="D79" s="2" t="s">
         <v>241</v>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-25 (3 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-21 (3,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 25 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 21 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 3,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F79" s="2"/>
       <c r="G79" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -31517,51 +31609,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25</t>
+            <t xml:space="preserve">21</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -31587,58 +31679,58 @@
       </c>
     </row>
     <row r="80" spans="1:8" customHeight="1" ht="150">
       <c r="A80" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C80" s="2"/>
       <c r="D80" s="2" t="s">
         <v>244</v>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-21 (3,6 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-18 (4,2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 21 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 3,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 18 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 4,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F80" s="2"/>
       <c r="G80" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -31668,51 +31760,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21</t>
+            <t xml:space="preserve">18</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -31738,58 +31830,58 @@
       </c>
     </row>
     <row r="81" spans="1:8" customHeight="1" ht="150">
       <c r="A81" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C81" s="2"/>
       <c r="D81" s="2" t="s">
         <v>247</v>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-18 (4,2 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-16 (4,8 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 18 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 4,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 16 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 4,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F81" s="2"/>
       <c r="G81" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -31819,51 +31911,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18</t>
+            <t xml:space="preserve">16</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -31889,58 +31981,58 @@
       </c>
     </row>
     <row r="82" spans="1:8" customHeight="1" ht="150">
       <c r="A82" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C82" s="2"/>
       <c r="D82" s="2" t="s">
         <v>250</v>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-16 (4,8 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-14 (5,4 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 16 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 4,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 14 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 5,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F82" s="2"/>
       <c r="G82" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -31970,51 +32062,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16</t>
+            <t xml:space="preserve">14</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -32040,58 +32132,58 @@
       </c>
     </row>
     <row r="83" spans="1:8" customHeight="1" ht="150">
       <c r="A83" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C83" s="2"/>
       <c r="D83" s="2" t="s">
         <v>253</v>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-14 (5,4 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-10 (7,2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 14 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 5,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 10 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F83" s="2"/>
       <c r="G83" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -32121,279 +32213,243 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14</t>
+            <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H83" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:8" customHeight="1" ht="150">
       <c r="A84" s="2" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C84" s="2"/>
       <c r="D84" s="2" t="s">
         <v>256</v>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу E-10 (7,2 тис. шт.)</t>
+            <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/50 (9,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 10 мм  Ширина: 5,7 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 50 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F84" s="2"/>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба</t>
+            <t xml:space="preserve">Мікроштифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">E</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Каркасна</t>
+            <t xml:space="preserve">B 6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">менше 10</t>
+            <t xml:space="preserve">50</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H84" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:8" customHeight="1" ht="150">
       <c r="A85" s="2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C85" s="2"/>
       <c r="D85" s="2" t="s">
         <v>259</v>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/50 (9,6 тис. шт.)</t>
+            <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/45 (9,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 50 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 45 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F85" s="2"/>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Мікроштифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -32405,82 +32461,82 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B 6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">50</t>
+            <t xml:space="preserve">45</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H85" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:8" customHeight="1" ht="150">
       <c r="A86" s="2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C86" s="2"/>
       <c r="D86" s="2" t="s">
         <v>262</v>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/40 (9,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
@@ -32551,317 +32607,317 @@
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H86" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:8" customHeight="1" ht="150">
       <c r="A87" s="2" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C87" s="2"/>
       <c r="D87" s="2" t="s">
         <v>265</v>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-16 (12 тис. шт.)</t>
+            <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/18 (9,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 16 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 12 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 18 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F87" s="2"/>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба</t>
+            <t xml:space="preserve">Мікроштифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">H</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Каркасна</t>
+            <t xml:space="preserve">B 6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">менше 10</t>
+            <t xml:space="preserve">18</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H87" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:8" customHeight="1" ht="150">
       <c r="A88" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C88" s="2"/>
       <c r="D88" s="2" t="s">
         <v>268</v>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/18 (9,6 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу ES-35 (3,8 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 18 мм  Дріт: 0,64 мм  Кількість в упаковці: 9,6 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 35 мм Ширина: 5,95 мм  Дріт: 0,83х1,08 мм  Кількість в упаковці: 3,8 тис. шт  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F88" s="2"/>
       <c r="G88" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікроштифт</t>
+            <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">B 6</t>
+            <t xml:space="preserve">ES</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18</t>
+            <t xml:space="preserve">35</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Сталь</t>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H88" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:8" customHeight="1" ht="150">
       <c r="A89" s="2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C89" s="2"/>
       <c r="D89" s="2" t="s">
         <v>271</v>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/15 (9,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
@@ -32932,51 +32988,51 @@
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H89" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:8" customHeight="1" ht="150">
       <c r="A90" s="2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C90" s="2"/>
       <c r="D90" s="2" t="s">
         <v>274</v>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Мікроштифт EZ-Fasten типу B 6/12 (9,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
@@ -33162,230 +33218,194 @@
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H91" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:8" customHeight="1" ht="150">
       <c r="A92" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C92" s="2"/>
       <c r="D92" s="2" t="s">
         <v>280</v>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF15 (7,5 тис. шт.)</t>
+            <t xml:space="preserve">Мікрошпилька Prebena типу AL-10 (30 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 12 мм  Ширина: 12,5 мм  Кількість в упаковці: 7,5 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 10 мм  Дріт: 0,64х4,64 мм  Кількість в упаковці: 30 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F92" s="2"/>
       <c r="G92" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба</t>
+            <t xml:space="preserve">Мікрошпилька</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">MCF</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Каркасна</t>
+            <t xml:space="preserve">AL</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">10 - 15</t>
+            <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H92" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:8" customHeight="1" ht="150">
       <c r="A93" s="2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C93" s="2"/>
       <c r="D93" s="2" t="s">
         <v>283</v>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF12 (10 тис. шт.)</t>
+            <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF15 (7,5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 12 мм  Ширина: 12,5 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 12 мм  Ширина: 12,5 мм  Кількість в упаковці: 7,5 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F93" s="2"/>
       <c r="G93" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -33415,128 +33435,128 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12</t>
+            <t xml:space="preserve">15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H93" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:8" customHeight="1" ht="150">
       <c r="A94" s="2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C94" s="2"/>
       <c r="D94" s="2" t="s">
         <v>286</v>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF09 (14 тис. шт.)</t>
+            <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF12 (10 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 9 мм  Ширина: 12,5 мм  Кількість в упаковці: 14 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 12 мм  Ширина: 12,5 мм  Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F94" s="2"/>
       <c r="G94" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -33566,128 +33586,128 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9</t>
+            <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H94" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:8" customHeight="1" ht="150">
       <c r="A95" s="2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C95" s="2"/>
       <c r="D95" s="2" t="s">
         <v>289</v>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF06 (20 тис. шт.)</t>
+            <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF09 (14 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 6 мм  Ширина: 12,5 мм  Кількість в упаковці: 20 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 9 мм  Ширина: 12,5 мм  Кількість в упаковці: 14 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F95" s="2"/>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -33717,412 +33737,484 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6</t>
+            <t xml:space="preserve">9</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H95" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:8" customHeight="1" ht="150">
       <c r="A96" s="2" t="s">
-        <v>167</v>
+        <v>16</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C96" s="2"/>
       <c r="D96" s="2" t="s">
         <v>292</v>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Микроштифт Novofast тип  6/18 мм (14,5 тис. шт.)</t>
+            <t xml:space="preserve">Мікрогофроскоба каркасна (столярна) EZ-Fasten типу MCF06 (20 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Высота: 18 ммКоличество в упаковке: 14,5 тис. шт.Материал: сталь</t>
+            <t xml:space="preserve">Висота: 6 мм  Ширина: 12,5 мм  Кількість в упаковці: 20 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F96" s="2"/>
       <c r="G96" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікроштифт</t>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">MCF</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18</t>
+            <t xml:space="preserve">6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H96" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:8" customHeight="1" ht="150">
       <c r="A97" s="2" t="s">
-        <v>167</v>
+        <v>191</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C97" s="2"/>
       <c r="D97" s="2" t="s">
         <v>295</v>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Микрошпилька Novofast типа AL-17 (20 тис. шт.)</t>
+            <t xml:space="preserve">Микроштифт Novofast тип  6/18 мм (14,5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Высота: 17 ммПроволока: 0,64 ммКоличество в упаковке: 20 тис. шт.Материал: сталь</t>
+            <t xml:space="preserve">Высота: 18 ммКоличество в упаковке: 14,5 тис. шт.Материал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F97" s="2"/>
       <c r="G97" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікрошпилька</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">AL</t>
+            <t xml:space="preserve">Мікроштифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17</t>
+            <t xml:space="preserve">18</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H97" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:8" customHeight="1" ht="150">
       <c r="A98" s="2" t="s">
-        <v>298</v>
+        <v>191</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C98" s="2"/>
       <c r="D98" s="2" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Кліпса зв&amp;#8217;язувальна CLP-20L</t>
+            <t xml:space="preserve">Микрошпилька Novofast типа AL-17 (20 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve"/>
+            <t xml:space="preserve">Высота: 17 ммПроволока: 0,64 ммКоличество в упаковке: 20 тис. шт.Материал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F98" s="2"/>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Кліпса</t>
+            <t xml:space="preserve">Мікрошпилька</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">M</t>
+            <t xml:space="preserve">AL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">17</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H98" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:8" customHeight="1" ht="150">
       <c r="A99" s="2" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C99" s="2"/>
       <c r="D99" s="2" t="s">
         <v>302</v>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Кліпса зв&amp;#8217;язувальна CL39</t>
+            <t xml:space="preserve">Кліпса зв&amp;#8217;язувальна CLP-20L</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F99" s="2"/>
       <c r="G99" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -34131,77 +34223,77 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">M</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H99" s="2">
-        <v>421</v>
+        <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:8" customHeight="1" ht="150">
       <c r="A100" s="2" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C100" s="2"/>
       <c r="D100" s="2" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Кліпса зв&amp;#8217;язувальна CL33</t>
+            <t xml:space="preserve">Кліпса зв&amp;#8217;язувальна CL39</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F100" s="2"/>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -34210,327 +34302,255 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">M</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H100" s="2">
-        <v>349</v>
+        <v>432</v>
       </c>
     </row>
     <row r="101" spans="1:8" customHeight="1" ht="150">
       <c r="A101" s="2" t="s">
-        <v>8</v>
+        <v>301</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C101" s="2"/>
       <c r="D101" s="2" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Гофроскоба каркасна (столярна) Prebena типу WN-15 (1,65 тис. шт.)</t>
+            <t xml:space="preserve">Кліпса зв&amp;#8217;язувальна CL33</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 15 мм  Ширина: 25 мм  Кількість в упаковці: 1,65 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve"/>
           </r>
         </is>
       </c>
       <c r="F101" s="2"/>
       <c r="G101" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба</t>
+            <t xml:space="preserve">Кліпса</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">WN</t>
-[...71 lines deleted...]
-            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">M</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H101" s="2">
-        <v>0</v>
+        <v>358</v>
       </c>
     </row>
     <row r="102" spans="1:8" customHeight="1" ht="150">
       <c r="A102" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C102" s="2"/>
       <c r="D102" s="2" t="s">
         <v>309</v>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-14 (13,4 тис. шт.)</t>
+            <t xml:space="preserve">Гофроскоба каркасна (столярна) Prebena типу WN-15 (1,65 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 14 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 13,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 15 мм  Ширина: 25 мм  Кількість в упаковці: 1,65 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F102" s="2"/>
       <c r="G102" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">H</t>
+            <t xml:space="preserve">WN</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14</t>
+            <t xml:space="preserve">15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">менше 10</t>
+            <t xml:space="preserve">більше 20</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H102" s="2">
@@ -34538,132 +34558,132 @@
       </c>
     </row>
     <row r="103" spans="1:8" customHeight="1" ht="150">
       <c r="A103" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C103" s="2"/>
       <c r="D103" s="2" t="s">
         <v>312</v>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-18 (3 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу ES-30 (4,4 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 18 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 30 мм  Ширина: 5,95 мм  Дріт: 0,83х1,08 мм  Кількість в упаковці: 4,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F103" s="2"/>
       <c r="G103" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">H</t>
+            <t xml:space="preserve">ES</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18</t>
+            <t xml:space="preserve">30</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -34689,150 +34709,150 @@
       </c>
     </row>
     <row r="104" spans="1:8" customHeight="1" ht="150">
       <c r="A104" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C104" s="2"/>
       <c r="D104" s="2" t="s">
         <v>315</v>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу D-16 (3,19 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-14 (13,4 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 16 мм  Ширина: 12,5 мм  Дріт: 0,5х1,25 мм  Кількість в упаковці: 3,19 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 14 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 13,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F104" s="2"/>
       <c r="G104" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">D</t>
+            <t xml:space="preserve">H</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Оббивочна</t>
+            <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16</t>
+            <t xml:space="preserve">14</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 - 15</t>
+            <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H104" s="2">
@@ -34840,265 +34860,337 @@
       </c>
     </row>
     <row r="105" spans="1:8" customHeight="1" ht="150">
       <c r="A105" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C105" s="2"/>
       <c r="D105" s="2" t="s">
         <v>318</v>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) С-подібна EZ-Fasten (10 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу AD-10 (6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 10 мм  Ширина: 12,8 мм  Дріт: 0,55х2,6 мм  Кількість в упаковці: 6 тис. шт.  Матеріал: нержавіюча сталь</t>
           </r>
         </is>
       </c>
       <c r="F105" s="2"/>
       <c r="G105" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">C</t>
+            <t xml:space="preserve">AD</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Каркасна</t>
+            <t xml:space="preserve">Оббивочна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10-20 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Сталь</t>
+            <t xml:space="preserve">Нержавіюча сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H105" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:8" customHeight="1" ht="150">
       <c r="A106" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C106" s="2"/>
       <c r="D106" s="2" t="s">
         <v>321</v>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу D-10 (6,05 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу O-19 (11 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 10 мм  Ширина: 12,5 мм  Дріт: 0,5х1,25 мм  Кількість в упаковці: 6,05 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 19 мм  Ширина: 4,5 мм  Дріт: 0,66x0,95 мм  Кількість в упаковці: 11 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F106" s="2"/>
       <c r="G106" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">D</t>
+            <t xml:space="preserve">O</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Оббивочна</t>
+            <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10</t>
+            <t xml:space="preserve">19</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 - 15</t>
+            <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H106" s="2">
@@ -35106,403 +35198,367 @@
       </c>
     </row>
     <row r="107" spans="1:8" customHeight="1" ht="150">
       <c r="A107" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C107" s="2"/>
       <c r="D107" s="2" t="s">
         <v>324</v>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу AD-10 (6 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу A-16 (10,8 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 10 мм  Ширина: 12,8 мм  Дріт: 0,55х2,6 мм  Кількість в упаковці: 6 тис. шт.  Матеріал: нержавіюча сталь</t>
+            <t xml:space="preserve">Висота: 16 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 10,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F107" s="2"/>
       <c r="G107" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">AD</t>
+            <t xml:space="preserve">A</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">10-20 мм</t>
+            <t xml:space="preserve">16</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Ширина: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Нержавіюча сталь</t>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H107" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:8" customHeight="1" ht="150">
       <c r="A108" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C108" s="2"/>
       <c r="D108" s="2" t="s">
         <v>327</v>
       </c>
       <c r="E108" s="2" t="inlineStr">
-        <is>
-[...149 lines deleted...]
-      <c r="E109" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба оббивочна Prebena типу A-14 (68,166 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: 14 мм
 Ширина: 12,9 мм
 Дріт: 0,65х0,95 мм
 Кількість в упаковці: м тис. шт.
 Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
+      <c r="F108" s="2"/>
+      <c r="G108" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">A</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Оббивочна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">14</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H108" s="2">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8" customHeight="1" ht="150">
+      <c r="A109" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B109" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" s="2"/>
+      <c r="D109" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="E109" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу A-14 (3 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 14 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
       <c r="F109" s="2"/>
       <c r="G109" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
@@ -35573,84 +35629,84 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H109" s="2">
-        <v>9</v>
+        <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:8" customHeight="1" ht="150">
       <c r="A110" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C110" s="2"/>
       <c r="D110" s="2" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу A-14 (3 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу A-14 (12,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 14 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 14 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 12,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F110" s="2"/>
       <c r="G110" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -35736,72 +35792,72 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H110" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:8" customHeight="1" ht="150">
       <c r="A111" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C111" s="2"/>
       <c r="D111" s="2" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу A-14 (12,6 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу A-14 (12,25 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 14 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 12,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 14 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 12,25 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F111" s="2"/>
       <c r="G111" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -35887,72 +35943,72 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H111" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:8" customHeight="1" ht="150">
       <c r="A112" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C112" s="2"/>
       <c r="D112" s="2" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу A-14 (12,25 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу A-12 (14,4 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 14 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 12,25 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 12 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 14,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F112" s="2"/>
       <c r="G112" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -35982,51 +36038,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14</t>
+            <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -36052,58 +36108,58 @@
       </c>
     </row>
     <row r="113" spans="1:8" customHeight="1" ht="150">
       <c r="A113" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C113" s="2"/>
       <c r="D113" s="2" t="s">
         <v>339</v>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу A-12 (14,4 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу A-10 (4 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 12 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 14,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 10 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 4 тис. шт.  Матеріал: нержавіюча сталь</t>
           </r>
         </is>
       </c>
       <c r="F113" s="2"/>
       <c r="G113" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -36133,128 +36189,128 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12</t>
+            <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Нержавіюча сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H113" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:8" customHeight="1" ht="150">
       <c r="A114" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C114" s="2"/>
       <c r="D114" s="2" t="s">
         <v>342</v>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу A-10 (4 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу A-08 (5 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 10 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 4 тис. шт.  Матеріал: нержавіюча сталь</t>
+            <t xml:space="preserve">Висота: 8 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F114" s="2"/>
       <c r="G114" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -36284,51 +36340,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10</t>
+            <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -36354,58 +36410,58 @@
       </c>
     </row>
     <row r="115" spans="1:8" customHeight="1" ht="150">
       <c r="A115" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C115" s="2"/>
       <c r="D115" s="2" t="s">
         <v>345</v>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу A-08 (5 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу A-08 (21,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 8 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 5 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 8 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 21,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F115" s="2"/>
       <c r="G115" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -36471,92 +36527,92 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Нержавіюча сталь</t>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H115" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:8" customHeight="1" ht="150">
       <c r="A116" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C116" s="2"/>
       <c r="D116" s="2" t="s">
         <v>348</v>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу A-08 (21,6 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу A-06 (7 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 8 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 21,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 6 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 7 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F116" s="2"/>
       <c r="G116" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -36586,128 +36642,128 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8</t>
+            <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Нержавіюча сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H116" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:8" customHeight="1" ht="150">
       <c r="A117" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C117" s="2"/>
       <c r="D117" s="2" t="s">
         <v>351</v>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу A-06 (7 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу A-06 (28,8 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 6 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 7 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 6 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 28,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F117" s="2"/>
       <c r="G117" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -36773,92 +36829,92 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Нержавіюча сталь</t>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H117" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:8" customHeight="1" ht="150">
       <c r="A118" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C118" s="2"/>
       <c r="D118" s="2" t="s">
         <v>354</v>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу A-06 (28,8 тис. шт.)</t>
+            <t xml:space="preserve">Скоба оббивочна Prebena типу A-04 (39,6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 6 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 28,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 4 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 39,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F118" s="2"/>
       <c r="G118" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -36888,51 +36944,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Оббивочна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6</t>
+            <t xml:space="preserve">4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -36958,168 +37014,132 @@
       </c>
     </row>
     <row r="119" spans="1:8" customHeight="1" ht="150">
       <c r="A119" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C119" s="2"/>
       <c r="D119" s="2" t="s">
         <v>357</v>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба оббивочна Prebena типу A-04 (39,6 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) С-подібна EZ-Fasten (10 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 4 мм  Ширина: 12,9 мм  Дріт: 0,65х0,95 мм  Кількість в упаковці: 39,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Кількість в упаковці: 10 тис. шт.  Матеріал: сталь</t>
           </r>
         </is>
       </c>
       <c r="F119" s="2"/>
       <c r="G119" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">A</t>
+            <t xml:space="preserve">C</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Оббивочна</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">10 - 15</t>
+            <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H119" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:8" customHeight="1" ht="150">
       <c r="A120" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C120" s="2"/>
       <c r="D120" s="2" t="s">
         <v>360</v>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -37238,327 +37258,331 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H120" s="2">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="121" spans="1:8" customHeight="1" ht="150">
       <c r="A121" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C121" s="2"/>
       <c r="D121" s="2" t="s">
         <v>363</v>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-21 (8,8 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу O-14 (14,75 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 21 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 8,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 14 мм
+Ширина: 4,5 мм
+Дріт: 0,66x0,95 мм
+Кількість в упаковці: 14,75 тис. шт.
+Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F121" s="2"/>
       <c r="G121" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">H</t>
+            <t xml:space="preserve">O</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21</t>
+            <t xml:space="preserve">14</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H121" s="2">
-        <v>0</v>
+        <v>69</v>
       </c>
     </row>
     <row r="122" spans="1:8" customHeight="1" ht="150">
       <c r="A122" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C122" s="2"/>
       <c r="D122" s="2" t="s">
         <v>366</v>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-25 (4,05 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-16 (12 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 25 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 4,05 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 16 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 12 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F122" s="2"/>
       <c r="G122" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LM</t>
+            <t xml:space="preserve">H</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25</t>
+            <t xml:space="preserve">16</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 - 15</t>
+            <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H122" s="2">
@@ -37566,58 +37590,58 @@
       </c>
     </row>
     <row r="123" spans="1:8" customHeight="1" ht="150">
       <c r="A123" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C123" s="2"/>
       <c r="D123" s="2" t="s">
         <v>369</v>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-25 (2 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-40 (4,8 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 25 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 40 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 4,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F123" s="2"/>
       <c r="G123" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -37647,51 +37671,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25</t>
+            <t xml:space="preserve">40</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -37717,58 +37741,58 @@
       </c>
     </row>
     <row r="124" spans="1:8" customHeight="1" ht="150">
       <c r="A124" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C124" s="2"/>
       <c r="D124" s="2" t="s">
         <v>372</v>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-25 (7,2 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-18 (3 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 25 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 18 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F124" s="2"/>
       <c r="G124" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -37798,51 +37822,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25</t>
+            <t xml:space="preserve">18</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -37854,72 +37878,72 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H124" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:8" customHeight="1" ht="150">
       <c r="A125" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C125" s="2"/>
       <c r="D125" s="2" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-30 (6 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-21 (8,8 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 30 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 21 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 8,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F125" s="2"/>
       <c r="G125" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -37949,51 +37973,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30</t>
+            <t xml:space="preserve">21</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -38005,72 +38029,72 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H125" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:8" customHeight="1" ht="150">
       <c r="A126" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C126" s="2"/>
       <c r="D126" s="2" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-35 (5,2 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-25 (2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 35 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 5,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 25 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F126" s="2"/>
       <c r="G126" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -38100,51 +38124,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35</t>
+            <t xml:space="preserve">25</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -38156,72 +38180,72 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H126" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:8" customHeight="1" ht="150">
       <c r="A127" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C127" s="2"/>
       <c r="D127" s="2" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-40 (4,8 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-25 (7,2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 40 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 4,8 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 25 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 7,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F127" s="2"/>
       <c r="G127" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -38251,51 +38275,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40</t>
+            <t xml:space="preserve">25</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -38321,150 +38345,150 @@
       </c>
     </row>
     <row r="128" spans="1:8" customHeight="1" ht="150">
       <c r="A128" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C128" s="2"/>
       <c r="D128" s="2" t="s">
         <v>383</v>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-21 (5,1 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-30 (6 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 21 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 5,1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 30 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F128" s="2"/>
       <c r="G128" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LM</t>
+            <t xml:space="preserve">H</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21</t>
+            <t xml:space="preserve">30</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 - 15</t>
+            <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H128" s="2">
@@ -38472,150 +38496,150 @@
       </c>
     </row>
     <row r="129" spans="1:8" customHeight="1" ht="150">
       <c r="A129" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C129" s="2"/>
       <c r="D129" s="2" t="s">
         <v>386</v>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-30 (3,6 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу H-35 (5,2 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 30 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 3,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 35 мм  Ширина: 8,6 мм  Дріт: 1,0х1,25 мм  Кількість в упаковці: 5,2 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F129" s="2"/>
       <c r="G129" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LM</t>
+            <t xml:space="preserve">H</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30</t>
+            <t xml:space="preserve">35</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 - 15</t>
+            <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H129" s="2">
@@ -38623,150 +38647,150 @@
       </c>
     </row>
     <row r="130" spans="1:8" customHeight="1" ht="150">
       <c r="A130" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C130" s="2"/>
       <c r="D130" s="2" t="s">
         <v>389</v>
       </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу O-19 (11 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-21 (5,1 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 19 мм  Ширина: 4,5 мм  Дріт: 0,66x0,95 мм  Кількість в упаковці: 11 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 21 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 5,1 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F130" s="2"/>
       <c r="G130" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">O</t>
+            <t xml:space="preserve">LM</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19</t>
+            <t xml:space="preserve">21</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">менше 10</t>
+            <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H130" s="2">
@@ -38774,150 +38798,150 @@
       </c>
     </row>
     <row r="131" spans="1:8" customHeight="1" ht="150">
       <c r="A131" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C131" s="2"/>
       <c r="D131" s="2" t="s">
         <v>392</v>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-35 (3 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу O-10 (33 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 35 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 10 мм  Ширина: 4,5 мм  Дріт: 0,66x0,95 мм  Кількість в упаковці: 33 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F131" s="2"/>
       <c r="G131" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LM</t>
+            <t xml:space="preserve">O</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35</t>
+            <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 - 15</t>
+            <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H131" s="2">
@@ -38925,58 +38949,58 @@
       </c>
     </row>
     <row r="132" spans="1:8" customHeight="1" ht="150">
       <c r="A132" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C132" s="2"/>
       <c r="D132" s="2" t="s">
         <v>395</v>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-38 (3 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-25 (4,05 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 38 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+            <t xml:space="preserve">Висота: 25 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 4,05 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F132" s="2"/>
       <c r="G132" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -39006,51 +39030,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38</t>
+            <t xml:space="preserve">25</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
@@ -39065,700 +39089,847 @@
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H132" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:8" customHeight="1" ht="150">
       <c r="A133" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C133" s="2"/>
       <c r="D133" s="2" t="s">
         <v>398</v>
       </c>
       <c r="E133" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-30 (3,6 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 30 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 3,6 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F133" s="2"/>
+      <c r="G133" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">LM</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">30</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H133" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8" customHeight="1" ht="150">
+      <c r="A134" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B134" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" s="2"/>
+      <c r="D134" s="2" t="s">
+        <v>401</v>
+      </c>
+      <c r="E134" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-35 (3 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 35 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F134" s="2"/>
+      <c r="G134" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">LM</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">35</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H134" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8" customHeight="1" ht="150">
+      <c r="A135" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B135" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" s="2"/>
+      <c r="D135" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="E135" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-38 (3 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 38 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 3 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F135" s="2"/>
+      <c r="G135" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">LM</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">38</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H135" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8" customHeight="1" ht="150">
+      <c r="A136" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B136" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" s="2"/>
+      <c r="D136" s="2" t="s">
+        <v>407</v>
+      </c>
+      <c r="E136" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-44 (2,4 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: 44 мм
 Ширина: 10,7 мм
 Дріт: 1,4х1,6 мм
 Кількість в упаковці: 2,4 тис. шт.
 Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
-      <c r="F133" s="2"/>
-[...455 lines deleted...]
-      </c>
       <c r="F136" s="2"/>
       <c r="G136" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">O</t>
+            <t xml:space="preserve">LM</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид скоби: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Каркасна</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14</t>
+            <t xml:space="preserve">44</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина скоби, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">менше 10</t>
+            <t xml:space="preserve">10 - 15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H136" s="2">
-        <v>66</v>
+        <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:8" customHeight="1" ht="150">
       <c r="A137" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C137" s="2"/>
       <c r="D137" s="2" t="s">
         <v>410</v>
       </c>
       <c r="E137" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штифт калений EZ-Fasten типу FST-50 (1,5 тис. шт.)</t>
+            <t xml:space="preserve">Скоба каркасна (столярна) Prebena типу LM-50 (2,4 тис. шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Висота: 50 мм  Дріт: 1,6х1,4 мм  Кількість в упаковці: 1,5 тис. шт  Матеріал: сталь</t>
+            <t xml:space="preserve">Висота: 50 мм  Ширина: 10,7 мм  Дріт: 1,4х1,6 мм  Кількість в упаковці: 2,4 тис. шт.  Матеріал: низьковуглецева оцинкована сталь</t>
           </r>
         </is>
       </c>
       <c r="F137" s="2"/>
       <c r="G137" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">Скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">LM</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид скоби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Каркасна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота кріплення, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина скоби, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Низьковуглецева оцинкована сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H137" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8" customHeight="1" ht="150">
+      <c r="A138" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B138" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" s="2"/>
+      <c r="D138" s="2" t="s">
+        <v>413</v>
+      </c>
+      <c r="E138" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Штифт калений EZ-Fasten типу FST-50 (1,5 тис. шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: 50 мм  Дріт: 1,6х1,4 мм  Кількість в упаковці: 1,5 тис. шт  Матеріал: сталь</t>
+          </r>
+        </is>
+      </c>
+      <c r="F138" s="2"/>
+      <c r="G138" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FST</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота кріплення, мм: </t>
@@ -39776,51 +39947,51 @@
             <t xml:space="preserve">50</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H137" s="2">
+      <c r="H138" s="2">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>