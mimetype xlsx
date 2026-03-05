--- v0 (2026-01-07)
+++ v1 (2026-03-05)
@@ -15,74 +15,74 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="webp" ContentType="image/webp"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 07.01.2026р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 05.03.2026р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Пневмошліфмашинки</t>
   </si>
   <si>
     <t>Торцеві</t>
   </si>
   <si>
     <t>SA5586</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Шліфмашина торцева пневматична Air Pro SA5586</t>
@@ -2161,51 +2161,2681 @@
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">262 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
+    <t>SA5546</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шліфмашина кутова пневматична (болгарка) Air Pro SA5546</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: швидка промислова шліфмашина, призначена для робіт в різних галузях промисловості та використовується для обробки, різки, зачистки та шліфування. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Металообробка, Обробка поверхні</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Обробка металевих поверхонь, Різання, Шліфування</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">650 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">12 000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Призначення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">125 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">125</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,67 кВт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність, кВт: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Рівень шуму: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">86/94 Дб (тиск/потужність)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0 - 2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">272 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Угловые (болгарки), Пневматические</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Применение: Промышленное
+Уровень шума: 86/94 Дб (давление/мощность)
+Присоединительная резьба (воздух): 1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
     <t>Гріндери</t>
+  </si>
+  <si>
+    <t>SA-3R2-25A</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Гріндер прямий пневматичний міні Air Pro SA-3R2-25A</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: прямий міні гріндер з змінною цангою 3 та 6 мм, призначений для робіт на виробництвах, що займаються металообробкою і металопластиковими конструкціями. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Цанга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3 + 6 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Цанга, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3+6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">165 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">25 000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,2 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Призначення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,32 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">134 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA55022M</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Міні гріндер прямий пневматичний Air Pro SA55022M</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: прямий міні гріндер SA55022M з цангою 6 мм та швидкістю обертання 25 000 об/хв призначений для робіт з металообробки, а також для виробництв, що займаються металопластиковими конструкціями.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Авіабудівна, Автомобільна, Виробництво металів, Обслуговування транспорту</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Зачистка швів, Обрізка та формування</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Цанга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Цанга, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">113 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">22 000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,45 HP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,2 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Призначення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,6 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">170 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA55021M</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Міні гріндер прямий пневматичний Air Pro SA55021M</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: прямий міні гріндер SA55021M з цангою 6 мм та швидкістю обертання 25 000 об/хв призначений для робіт з металообробки, а також для виробництв, що займаються металопластиковими конструкціями.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Авіабудівна, Автомобільна, Виробництво металів, Обслуговування транспорту</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Зачистка швів, Обрізка та формування</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Цанга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Цанга, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">99 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">25 000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,35 HP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,2 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Призначення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,36 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">150 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA5348MAK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Міні гріндер прямий пневматичний Air Pro SA5348MAK</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: прямий міні гріндер SA5348MAK зі змінними цангами 3 та 6 мм, має швидкість обертання 22 000 об/хв призначений для робіт з металообробки, а також для виробництв, що займаються металопластиковими конструкціями.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Авіабудівна, Автомобільна, Виробництво металів, Обслуговування транспорту</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Зачистка швів, Обрізка та формування</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Цанга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3 + 6 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Цанга, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3+6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">22 000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,2 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Призначення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA55022LM</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Гріндер прямий пневматичний подовжений Air Pro SA55022LM</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: прямий подовжений гріндер SA55022LM з цангою 6 мм та швидкістю обертання 20 000 об/хв призначений для робіт з металообробки, а також для виробництв, що займаються металопластиковими конструкціями.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Авіабудівна, Автомобільна, Виробництво металів, Обслуговування транспорту</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Зачистка швів, Обрізка та формування</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Цанга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Цанга, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">108 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">20 000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,45 HP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,2 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Призначення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,9 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">250 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA55021LM</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Гріндер прямий пневматичний подовжений Air Pro SA55021LM</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: прямий подовжений гріндер SA55021LM з цангою 6 мм та швидкістю обертання 22 000 об/хв призначений для робіт з металообробки, а також для виробництв, що займаються металопластиковими конструкціями.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Авіабудівна, Автомобільна, Виробництво металів, Обслуговування транспорту</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Зачистка швів, Обрізка та формування</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Цанга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Цанга, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">99 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">22 000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,35 HP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,2 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Призначення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,63 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">235 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA5370M</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Гріндер прямий пневматичний подовжений Air Pro SA5370M</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: прямий гріндер з цангою 6 мм, потужний, для роботи з глибинним шліфуванням. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Обробка поверхні</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Обробка металевих поверхонь, Очищення поверхонь, Шліфування</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Цанга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Цанга, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">116 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">22 300 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,2 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,75 кВт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність, кВт: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Призначення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,75 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0 - 2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">655 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA5244M</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Гріндер прямий пневматичний подовжений Air Pro SA5244M</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: прямий гріндер подовжений з цангою 6 мм, призначений для зачистки невеликих деталей або швів. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Обробка поверхні</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Обробка металевих поверхонь, Очищення поверхонь, Шліфування</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Цанга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Цанга, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">113,3 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">20 000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,2 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,34 кВт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність, кВт: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Призначення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,3 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0 - 2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">440 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
   </si>
   <si>
     <t>SA5226M</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гріндер прямий пневматичний Air Pro SA5226M</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: прямий гріндер з цангою 6 мм, призначений для робіт на виробництвах, що займаються металообробкою і металопластиковими конструкціями. </t>
     </r>
   </si>
@@ -2400,2310 +5030,50 @@
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">338 мм</t>
-    </r>
-[...2258 lines deleted...]
-      <t xml:space="preserve">170 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -4746,51 +5116,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pnevmaticheskaya-shlifmashina-airpro-sa5586_0-150x1501.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5548-1-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4641-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4545_01-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa45394pup_015.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4534pup_016.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5530r_01-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5403-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5226_019.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-3r2-25a_0110.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa55021m_01-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5348mak_01-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa55022lm_01-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa55021lm_01-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5370m-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5244m-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa55022m_01-150x15017.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pnevmaticheskaya-shlifmashina-airpro-sa5586_0-150x1501.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5548-1-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4641-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4545_01-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa45394pup_015.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4534pup_016.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5530r_01-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5403-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5546_019.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-3r2-25a_0110.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa55022m_01-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa55021m_01-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5348mak_01-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa55022lm_01-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa55021lm_01-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5370m-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5244m-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5226_0118.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -5261,50 +5631,80 @@
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -5558,54 +5958,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H18"/>
+  <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H18" sqref="H18"/>
+      <selection activeCell="H19" sqref="H19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -5896,51 +6296,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>10797</v>
+        <v>11148</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>15</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -6103,51 +6503,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>8586</v>
+        <v>8866</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -6328,51 +6728,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">220 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>9718</v>
+        <v>10035</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -6662,51 +7062,51 @@
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Уровень шума: 88 Дб
 Присоединительная резьба (воздух): 1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>6480</v>
+        <v>6691</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -6941,51 +7341,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Присоединительная резьба (воздух): 1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>8478</v>
+        <v>8754</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -7202,51 +7602,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">326 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>5400</v>
+        <v>5576</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -7535,51 +7935,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">500 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>26190</v>
+        <v>27043</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -7850,318 +8250,448 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">262 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>8100</v>
+        <v>8364</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D10" s="2" t="s">
         <v>39</v>
-      </c>
-[...2 lines deleted...]
-        <v>40</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Гріндер прямий пневматичний Air Pro SA5226M</t>
+            <t xml:space="preserve">Шліфмашина кутова пневматична (болгарка) Air Pro SA5546</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: прямий гріндер з цангою 6 мм, призначений для робіт на виробництвах, що займаються металообробкою і металопластиковими конструкціями. </t>
+            <t xml:space="preserve">Особливості: швидка промислова шліфмашина, призначена для робіт в різних галузях промисловості та використовується для обробки, різки, зачистки та шліфування. </t>
           </r>
         </is>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Цанга: </t>
-[...29 lines deleted...]
-            <t xml:space="preserve">6</t>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металообробка, Обробка поверхні</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Обробка металевих поверхонь, Різання, Шліфування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">280 л/хв</t>
+            <t xml:space="preserve">650 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18 000 об/хв</t>
+            <t xml:space="preserve">12 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 000 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,2 бар</t>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Застосування: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Призначення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">125 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">125</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,67 кВт</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність, кВт: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Рівень шуму: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">86/94 Дб (тиск/потужність)</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,36 кг</t>
+            <t xml:space="preserve">2,0 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">338 мм</t>
+            <t xml:space="preserve">272 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Угловые (болгарки), Пневматические</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Применение: Промышленное
+Уровень шума: 86/94 Дб (давление/мощность)
+Присоединительная резьба (воздух): 1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>8910</v>
+        <v>17885</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гріндер прямий пневматичний міні Air Pro SA-3R2-25A</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: прямий міні гріндер з змінною цангою 3 та 6 мм, призначений для робіт на виробництвах, що займаються металообробкою і металопластиковими конструкціями. </t>
@@ -8368,84 +8898,84 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">134 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>4509</v>
+        <v>4655</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C12" s="2"/>
       <c r="D12" s="2" t="s">
         <v>46</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Міні гріндер прямий пневматичний Air Pro SA55021M</t>
+            <t xml:space="preserve">Міні гріндер прямий пневматичний Air Pro SA55022M</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: прямий міні гріндер SA55021M з цангою 6 мм та швидкістю обертання 25 000 об/хв призначений для робіт з металообробки, а також для виробництв, що займаються металопластиковими конструкціями.</t>
+            <t xml:space="preserve">Особливості: прямий міні гріндер SA55022M з цангою 6 мм та швидкістю обертання 25 000 об/хв призначений для робіт з металообробки, а також для виробництв, що займаються металопластиковими конструкціями.</t>
           </r>
         </is>
       </c>
       <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Авіабудівна, Автомобільна, Виробництво металів, Обслуговування транспорту</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -8493,105 +9023,105 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">99 л/хв</t>
+            <t xml:space="preserve">113 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25 000 об/хв</t>
+            <t xml:space="preserve">22 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 000 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Потужність: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,35 HP</t>
+            <t xml:space="preserve">0,45 HP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,2 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
@@ -8637,128 +9167,128 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Промислові</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,36 кг</t>
+            <t xml:space="preserve">0,6 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">150 мм</t>
+            <t xml:space="preserve">170 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H12" s="2">
-        <v>1666</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="150">
       <c r="A13" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C13" s="2"/>
       <c r="D13" s="2" t="s">
         <v>49</v>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Міні гріндер прямий пневматичний Air Pro SA5348MAK</t>
+            <t xml:space="preserve">Міні гріндер прямий пневматичний Air Pro SA55021M</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: прямий міні гріндер SA5348MAK зі змінними цангами 3 та 6 мм, має швидкість обертання 22 000 об/хв призначений для робіт з металообробки, а також для виробництв, що займаються металопластиковими конструкціями.</t>
+            <t xml:space="preserve">Особливості: прямий міні гріндер SA55021M з цангою 6 мм та швидкістю обертання 25 000 об/хв призначений для робіт з металообробки, а також для виробництв, що займаються металопластиковими конструкціями.</t>
           </r>
         </is>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Авіабудівна, Автомобільна, Виробництво металів, Обслуговування транспорту</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -8770,110 +9300,146 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Зачистка швів, Обрізка та формування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Цанга: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3 + 6 мм</t>
+            <t xml:space="preserve">6 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Цанга, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3+6</t>
+            <t xml:space="preserve">6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">99 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22 000 об/хв</t>
+            <t xml:space="preserve">25 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 000 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,35 HP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,2 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
@@ -8901,87 +9467,141 @@
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Промислові</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Призначення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Промислові</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,36 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">150 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
         </is>
       </c>
       <c r="H13" s="2">
-        <v>1575</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C14" s="2"/>
       <c r="D14" s="2" t="s">
         <v>52</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Гріндер прямий пневматичний подовжений Air Pro SA55022LM</t>
+            <t xml:space="preserve">Міні гріндер прямий пневматичний Air Pro SA5348MAK</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: прямий подовжений гріндер SA55022LM з цангою 6 мм та швидкістю обертання 20 000 об/хв призначений для робіт з металообробки, а також для виробництв, що займаються металопластиковими конструкціями.</t>
+            <t xml:space="preserve">Особливості: прямий міні гріндер SA5348MAK зі змінними цангами 3 та 6 мм, має швидкість обертання 22 000 об/хв призначений для робіт з металообробки, а також для виробництв, що займаються металопластиковими конструкціями.</t>
           </r>
         </is>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Авіабудівна, Автомобільна, Виробництво металів, Обслуговування транспорту</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -8993,146 +9613,110 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Зачистка швів, Обрізка та формування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Цанга: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6 мм</t>
+            <t xml:space="preserve">3 + 6 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Цанга, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">108 л/хв</t>
+            <t xml:space="preserve">3+6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20 000 об/хв</t>
+            <t xml:space="preserve">22 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 000 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Потужність: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,2 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
@@ -9156,145 +9740,91 @@
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Промислові</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Призначення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Промислові</t>
-          </r>
-[...52 lines deleted...]
-            <t xml:space="preserve">250 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H14" s="2">
         <v>1575</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="150">
       <c r="A15" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C15" s="2"/>
       <c r="D15" s="2" t="s">
         <v>55</v>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Гріндер прямий пневматичний подовжений Air Pro SA55021LM</t>
+            <t xml:space="preserve">Гріндер прямий пневматичний подовжений Air Pro SA55022LM</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: прямий подовжений гріндер SA55021LM з цангою 6 мм та швидкістю обертання 22 000 об/хв призначений для робіт з металообробки, а також для виробництв, що займаються металопластиковими конструкціями.</t>
+            <t xml:space="preserve">Особливості: прямий подовжений гріндер SA55022LM з цангою 6 мм та швидкістю обертання 20 000 об/хв призначений для робіт з металообробки, а також для виробництв, що займаються металопластиковими конструкціями.</t>
           </r>
         </is>
       </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Авіабудівна, Автомобільна, Виробництво металів, Обслуговування транспорту</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -9342,105 +9872,105 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">99 л/хв</t>
+            <t xml:space="preserve">108 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22 000 об/хв</t>
+            <t xml:space="preserve">20 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 000 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Потужність: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,35 HP</t>
+            <t xml:space="preserve">0,45 HP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,2 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
@@ -9486,166 +10016,166 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Промислові</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,63 кг</t>
+            <t xml:space="preserve">0,9 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">235 мм</t>
+            <t xml:space="preserve">250 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H15" s="2">
-        <v>2625</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="150">
       <c r="A16" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C16" s="2"/>
       <c r="D16" s="2" t="s">
         <v>58</v>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Гріндер прямий пневматичний подовжений Air Pro SA5370M</t>
+            <t xml:space="preserve">Гріндер прямий пневматичний подовжений Air Pro SA55021LM</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: прямий гріндер з цангою 6 мм, потужний, для роботи з глибинним шліфуванням. </t>
+            <t xml:space="preserve">Особливості: прямий подовжений гріндер SA55021LM з цангою 6 мм та швидкістю обертання 22 000 об/хв призначений для робіт з металообробки, а також для виробництв, що займаються металопластиковими конструкціями.</t>
           </r>
         </is>
       </c>
       <c r="F16" s="2"/>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Обробка поверхні</t>
+            <t xml:space="preserve">Авіабудівна, Автомобільна, Виробництво металів, Обслуговування транспорту</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Обробка металевих поверхонь, Очищення поверхонь, Шліфування</t>
+            <t xml:space="preserve">Зачистка швів, Обрізка та формування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Цанга: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Цанга, мм: </t>
           </r>
@@ -9655,290 +10185,272 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">116 л/хв</t>
+            <t xml:space="preserve">99 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22 300 об/хв</t>
+            <t xml:space="preserve">22 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 000 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,35 HP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,2 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Потужність: </t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Потужність, кВт: </t>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Застосування: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Призначення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,63 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
-[...88 lines deleted...]
-          <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">655 мм</t>
+            <t xml:space="preserve">235 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H16" s="2">
-        <v>10260</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="150">
       <c r="A17" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C17" s="2"/>
       <c r="D17" s="2" t="s">
         <v>61</v>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Гріндер прямий пневматичний подовжений Air Pro SA5244M</t>
+            <t xml:space="preserve">Гріндер прямий пневматичний подовжений Air Pro SA5370M</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: прямий гріндер подовжений з цангою 6 мм, призначений для зачистки невеликих деталей або швів. </t>
+            <t xml:space="preserve">Особливості: прямий гріндер з цангою 6 мм, потужний, для роботи з глибинним шліфуванням. </t>
           </r>
         </is>
       </c>
       <c r="F17" s="2"/>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Обробка поверхні</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -9986,69 +10498,69 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">113,3 л/хв</t>
+            <t xml:space="preserve">116 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20 000 об/хв</t>
+            <t xml:space="preserve">22 300 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 000 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
@@ -10058,51 +10570,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,2 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Потужність: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,34 кВт</t>
+            <t xml:space="preserve">0,75 кВт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Потужність, кВт: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
@@ -10148,166 +10660,166 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Промислові</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,3 кг</t>
+            <t xml:space="preserve">1,75 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">440 мм</t>
+            <t xml:space="preserve">655 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H17" s="2">
-        <v>4698</v>
+        <v>10594</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="150">
       <c r="A18" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C18" s="2"/>
       <c r="D18" s="2" t="s">
         <v>64</v>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Міні гріндер прямий пневматичний Air Pro SA55022M</t>
+            <t xml:space="preserve">Гріндер прямий пневматичний подовжений Air Pro SA5244M</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: прямий міні гріндер SA55022M з цангою 6 мм та швидкістю обертання 25 000 об/хв призначений для робіт з металообробки, а також для виробництв, що займаються металопластиковими конструкціями.</t>
+            <t xml:space="preserve">Особливості: прямий гріндер подовжений з цангою 6 мм, призначений для зачистки невеликих деталей або швів. </t>
           </r>
         </is>
       </c>
       <c r="F18" s="2"/>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Авіабудівна, Автомобільна, Виробництво металів, Обслуговування транспорту</t>
+            <t xml:space="preserve">Обробка поверхні</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Зачистка швів, Обрізка та формування</t>
+            <t xml:space="preserve">Обробка металевих поверхонь, Очищення поверхонь, Шліфування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Цанга: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Цанга, мм: </t>
           </r>
@@ -10317,105 +10829,382 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">113 л/хв</t>
+            <t xml:space="preserve">113,3 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22 000 об/хв</t>
+            <t xml:space="preserve">20 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 000 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,2 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Потужність: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,45 HP</t>
+            <t xml:space="preserve">0,34 кВт</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність, кВт: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Застосування: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Призначення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,3 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.0 - 2.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">440 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H18" s="2">
+        <v>4851</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" customHeight="1" ht="150">
+      <c r="A19" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="E19" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Гріндер прямий пневматичний Air Pro SA5226M</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Особливості: прямий гріндер з цангою 6 мм, призначений для робіт на виробництвах, що займаються металообробкою і металопластиковими конструкціями. </t>
+          </r>
+        </is>
+      </c>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Цанга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Цанга, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">280 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">18 000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 000 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,2 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
@@ -10461,95 +11250,95 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Промислові</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,6 кг</t>
+            <t xml:space="preserve">1,36 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 1.0</t>
+            <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">170 мм</t>
+            <t xml:space="preserve">338 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H18" s="2">
-        <v>1000</v>
+      <c r="H19" s="2">
+        <v>9201</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>