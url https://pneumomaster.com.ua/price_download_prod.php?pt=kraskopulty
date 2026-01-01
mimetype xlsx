--- v0 (2025-10-02)
+++ v1 (2026-01-01)
@@ -15,74 +15,74 @@
   <Default Extension="webp" ContentType="image/webp"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="192">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 02.10.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 01.01.2026р.</t>
   </si>
   <si>
     <t>Star</t>
   </si>
   <si>
     <t>Фарборозпилювачі (Фарбопульт)</t>
   </si>
   <si>
     <t>4F Combo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Набір пневматичних фарборозпилювачів Star 4F Combo</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -130,50 +130,2766 @@
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип задачі: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Фарбування</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
+    <t>HW-SA102-0,8</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro  HW-SA102 LVLP (0,8 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Має високоякісне виконання, забезпечить високу швидкість та точність нанесення витратного матеріалу, є можливість окремо регулювати подачу матеріалу та повітря, а також можливість додаткового підводу матеріалів</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HW авто</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0.8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,8 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,0 / 1,3 / 1,5 / 1,8 / 2,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">270 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3-4 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>S-4C-161G</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Star S-4C-161G (1,6 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Пневматичний фарбопульт Star S-4C-161G з соплом 1,6 мм та гравітаційною верхньою подачею матеріалу є чудовим вибором для загального використання при фарбуванні різних поверхонь.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">S-4C</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Верхня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарбування</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,6 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,6 / 1,8 / 2,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина факела: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">260-330 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,5 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">255-425 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>S-770VR-03P</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Star S-770VR-03P (2,0 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Пневматичний фарбопульт Star S-770VR-03P з соплом 2,0 мм та нижньою подачею матеріалу під тиском завдяки нагнітальному бачку об'ємом 1 л.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">S-770</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нижня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нанесення клею, Фарбування</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Емкость бака, л: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ємність бачка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,0 л</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 / 3,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина факела: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">240-280 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,5 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,9 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>S-770VR-05P</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Star S-770VR-05P (3,0 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Пневматичний фарбопульт Star S-770VR-05P з соплом 3,0 мм та нижньою подачею матеріалу під тиском завдяки нагнітальному бачку об'ємом 1 л.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">S-770</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нижня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нанесення клею, Фарбування</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Емкость бака, л: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ємність бачка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,0 л</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 / 3,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина факела: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">240-280 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,5 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,9 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SMV-1F-153P</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-1F-153P (1,5 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Пневматичний фарбопульт Star SMV-1F-153P з соплом 1,5 мм є високоякісним інструментом з нижнім підводом матеріалу та його подачею всмоктуванням для виконання детейлінгу чи ретуші, наприклад, на СТО.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Механозбірка, Обробка поверхні</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Лакування, Фарбування</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">SMV-1F</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">RP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нижня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,5 / 1,8 / 2,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина факела: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">220-270 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">280-336 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SMV-2F-153P</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-2F-153P (1,5 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Пневматичний фарбопульт Star SMV-2F-153P з соплом 1,5 мм є високоякісним інструментом з нижнім підводом матеріалу та його подачею під тиском для роботи з різними лакофарбовими матеріалами.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">SMV-2F</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">RP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нижня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нанесення клею, Фарбування</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,5 / 2,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина факела: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">300-350 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">368-425 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">325 г</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SMV-2F-203P</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-2F-203P (2,0 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Пневматичний фарбопульт Star SMV-2F-203P з соплом 2,0 мм є високоякісним інструментом з нижнім підводом матеріалу та його подачею під тиском для роботи з різними лакофарбовими матеріалами.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">SMV-2F</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">RP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нижня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нанесення клею, Фарбування</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,5 / 2,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина факела: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">300-350 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">368-425 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">325 г</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SMV-2F-253P</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-2F-253P (2,5 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Пневматичний фарбопульт Star SMV-2F-253P з соплом 2,5 мм є високоякісним інструментом з нижнім підводом матеріалу та його подачею під тиском для роботи з різними лакофарбовими матеріалами.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">SMV-2F</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">RP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нижня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нанесення клею, Фарбування</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,5 / 2,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина факела: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">300-350 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">368-425 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">325 г</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SMV-4F-142G</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-4F-142G (1,4 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Професійний фарборозпилювач Star SMV-4F-142G із верхнім бачком 0,6 л та 1,4 мм соплом забезпечує великий факел розпилення та ідеально підходить для автомобільного ремонту, фінішного оздоблення меблів класу Hi-Class та промислового використання.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Механозбірка, Обробка поверхні</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Лакування, Фарбування</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">SMV-4F</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Верхня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.4</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,4 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина факела: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">240-280 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Емкость бака, л: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0.6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ємність бачка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,6 л</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">297-354 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">325 г</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>XPS14</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Star Xtreme Performance XPS14 (1,4 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Професійний фарборозпилювач Star Xtreme Performance XPS14 із верхнім бачком на 600 мл, 1,4 мм соплом, шириною 320 мм та витратами повітря 285 л/хв забезпечить максимально комфортну роботу при фарбуванні.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Механозбірка, Обробка поверхні</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Лакування, Фарбування</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">XPS</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">RP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Верхня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.4</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,4 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Емкость бака, л: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0.6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ємність бачка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,6 л</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">285 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">385 г</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>XPSV14</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Star Xtreme Performance XPSV14 (1,4 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Професійний фарборозпилювач Star Xtreme Performance XPSV14 із верхнім бачком об'ємом 600 мл, 1,4 мм соплом, шириною 300 мм та витратами повітря 410 л/хв забезпечить максимально швидку роботу при фарбуванні.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">XPS</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">RP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Верхня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарбування</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.4</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,4 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Емкость бака, л: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0.6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ємність бачка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,6 л</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">410 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">385 г</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
     <t>HW-SA102-1,5</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro  HW-SA102 (1,5 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Має високоякісне виконання, забезпечить високу швидкість та точність нанесення витратного матеріалу, є можливість окремо регулювати подачу матеріалу та повітря, а також можливість додаткового підводу матеріалів</t>
     </r>
   </si>
   <si>
     <r>
@@ -276,50 +2992,3092 @@
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">270 л/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Робочий тиск: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3-4 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>HW-SA102-1,8</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro  HW-SA102 (1,8 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Має високоякісне виконання, забезпечить високу швидкість та точність нанесення витратного матеріалу, є можливість окремо регулювати подачу матеріалу та повітря, а також можливість додаткового підводу матеріалів</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HW авто</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,8 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,8 / 1,0 / 1,3 / 1,5 / 2,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">270 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3-4 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>HW-SA102-1,0</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro  HW-SA102 LVLP (1,0 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Має високоякісне виконання, забезпечить високу швидкість та точність нанесення витратного матеріалу, є можливість окремо регулювати подачу матеріалу та повітря, а також можливість додаткового підводу матеріалів</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HW авто</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,8 / 1,3 / 1,5 / 1,8 / 2,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">270 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3-4 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>EVO-T-4F-185G</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-185G (1,8 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-185G із верхнім бачком 0,6 л та 1,8 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 1,8 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">EVO-T-4F</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Верхня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарбування</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,8 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,2 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина факела: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">240-280 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Емкость бака, л: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0.6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ємність бачка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,6 л</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,3-1,5 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">283-340 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">325 г</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AM-KA5 -1.0</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro AM-KA5 (1,0 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">AM-KA5 має високоякісне виконання, забезпечить високу швидкість подачі матеріалу до 600 куб.см/хв, є можливість регулювати ширину факела.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">AM авто</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">100 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3-4 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,3 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,25 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AM-KA5 -1.3</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro AM-KA5 (1,3 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">AM-KA5 має високоякісне виконання, забезпечить високу швидкість подачі матеріалу до 600 куб.см/хв, є можливість регулювати ширину факела.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">AM авто</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">100 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3-4 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,3 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,25 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>HW-SA104-1,8</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro HW-SA104 (1,8 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Має високоякісне виконання, забезпечить високу швидкість та точність нанесення витратного матеріалу, є можливість окремо регулювати подачу матеріалу та повітря, а також можливість додаткового підводу матеріалів</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HW авто</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,8 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AM6008HVLP WB-P-1.8</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний без бачка Air Pro AM6008 HVLP WB-P (1,8 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Оскільки споживання повітря трохи вище ніж в технології LVLP, то і коефіцієнт переносу густих матеріалів не такий високий, в іншому, також має м'який двоконтурний факел з можливістю регулювання його ширини і використовується разом з нагнітальними баками або нижніми бачками</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">AM6008</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нижня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,8 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,6 / 2,0 / 2,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">226,4 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,48 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AM6008HVLP WB-P-2.0</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний без бачка Air Pro AM6008 HVLP WB-P (2,0 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Оскільки споживання повітря трохи вище ніж в технології LVLP, то і коефіцієнт переносу густих матеріалів не такий високий, в іншому, також має м'який двоконтурний факел з можливістю регулювання його ширини і використовується разом з нагнітальними баками або нижніми бачками</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">AM6008</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нижня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,5 / 1,8 / 2,0 / 2,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">226,4 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,48 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AM6008HVLP WB-P-2,5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний без бачка Air Pro AM6008 HVLP WB-P (2,5 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Оскільки споживання повітря трохи вище ніж в технології LVLP, то і коефіцієнт переносу густих матеріалів не такий високий, в іншому, також має м'який двоконтурний факел з можливістю регулювання його ширини і використовується разом з нагнітальними баками або нижніми бачками</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">AM6008</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нижня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,5 / 1,8 / 2,0 / 2,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">226,4 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,48 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AM8008LVLP WB -0.8</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний міні Air Pro AM8008 LVLP WB (0,8 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Серія міні фарборозпилювачів забезпечує високу якість покриття при низькому споживанні повітря, має специфічну форму факела, яка дозволяє працювати з різними матеріалами, як тягучими, так і на водній основі (клей, грунтовка та ін.), прекрасно підійде як для фарбування авто, так і для робіт у важкодоступних місцях, видатковий матеріал знаходиться в верхньому бачку</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">AM8008 mini</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Верхня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0.8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,8 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,5 / 1,0 / 1,2 / 1,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Емкость бака, л: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0.125</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ємність бачка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">125 мл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">170 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,23 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Краскопульты</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневматические</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал контейнера: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нейлоновый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Тип системы: LVLP
+Тип подачи: Верхняя
+Сменные сопла: 0,5 / 1,0 / 1,2 / 1,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AM8008LVLP WB -1.0</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний міні Air Pro AM8008 LVLP WB (1,0 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Серія міні фарборозпилювачів забезпечує високу якість покриття при низькому споживанні повітря, має специфічну форму факела, яка дозволяє працювати з різними матеріалами, як тягучими, так і на водній основі (клей, грунтовка та ін.), прекрасно підійде як для фарбування авто, так і для робіт у важкодоступних місцях, видатковий матеріал знаходиться в верхньому бачку</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">AM8008 mini</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Верхня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,5 / 0,8 / 1,2 / 1,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Емкость бака, л: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0.125</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ємність бачка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">125 мл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">170 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,23 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AM8008НVLP WB -0.8</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний міні Air Pro AM8008 НVLP WB (0,8 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Серія міні фарборозпилювачів забезпечує високий обсяг перенесення при більшому споживанні повітря, в порівнянні з технологією LVLP, має специфічну форму факела, яка дозволяє працювати з різними матеріалами, як тягучими, так і на водній основі (клей, грунтовка та ін.), прекрасно підійде як для фарбування авто, так і для робіт у важкодоступних місцях, видатковий матеріал знаходиться в верхньому бачку</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">AM8008 mini</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Верхня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0.8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,8 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,5 / 1,0 / 1,2 / 1,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Емкость бака, л: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0.125</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ємність бачка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">125 мл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">170 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,23 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Краскопульты</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневматические</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал контейнера: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нейлоновый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Тип системы: HVLP
+Тип подачи: Верхняя
+Сменные сопла: 0,5 / 0,8 / 1,2 / 1,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AM8008НVLP WB -1.0</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний міні Air Pro AM8008 НVLP WB (1,0 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Серія міні фарборозпилювачів забезпечує високий обсяг перенесення при більшому споживанні повітря, в порівнянні з технологією LVLP, має специфічну форму факела, яка дозволяє працювати з різними матеріалами, як тягучими, так і на водній основі (клей, грунтовка та ін.), прекрасно підійде як для фарбування авто, так і для робіт у важкодоступних місцях, видатковий матеріал знаходиться в верхньому бачку</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">AM8008 mini</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Верхня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,5 / 0,8 / 1,2 / 1,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Емкость бака, л: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0.125</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ємність бачка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">125 мл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">170 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,23 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Краскопульты</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневматические</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал контейнера: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нейлоновый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Тип системы: HVLP
+Тип подачи: Верхняя
+Сменные сопла: 0,5 / 0,8 / 1,2 / 1,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>EVO-T-106TF-10G</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний міні Star EVO-T-106TF-10G (1,0 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Пневматичний міні-фарбопульт Star EVO-T-106TF-10G із верхнім бачком 0,25 л та 1,0 мм соплом забезпечує ефективне нанесення матеріалу з 72% коефіцієнтом ефективного перенесення. Сопло 1,0 мм виготовлене з нержавіючої сталі, що робить його сумісним з різними видами лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-106TF є оптимальним рішенням для робіт з аерографії.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">EVO-T-4F</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Верхня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Аерографія, Фарбування</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,5 / 0,8 / 1,0 / 1,2 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина факела: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">100-150 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Емкость бака, л: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0.25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ємність бачка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">250 мл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,1-1,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">85-125 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>S-2-05R</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний міні Star S-2-05R (0,5 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Пневматичний міні фарбопульт Star S-2-05R з соплом 0,5 мм та боковою гравітаційною подачею матеріалу є чудовим варіантом для робіт з аерографії та фарбування невеликих деталей.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Механозбірка, Обробка поверхні</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Аерографія, Лакування, Фарбування</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">S-2</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Верхня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0.5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ємність бачка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">200 мл</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>EVO-T-4F-205G</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-205G (2,0 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
@@ -578,2766 +6336,50 @@
       <t xml:space="preserve">до 1.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">325 г</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>S-4C-161G</t>
-[...2714 lines deleted...]
-  <si>
     <t>EVO-T-4F-165G</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-165G (1,6 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-165G із верхнім бачком 0,6 л та 1,6 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 1,6 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
     </r>
   </si>
   <si>
     <r>
@@ -3590,660 +6632,990 @@
       <t xml:space="preserve">до 1.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">325 г</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>HW-SA102-1,0</t>
+    <t>MINI Combo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro  HW-SA102 LVLP (1,0 мм)</t>
+      <t xml:space="preserve">Набір пневматичних фарборозпилювачів Star Mini Combo</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Має високоякісне виконання, забезпечить високу швидкість та точність нанесення витратного матеріалу, є можливість окремо регулювати подачу матеріалу та повітря, а також можливість додаткового підводу матеріалів</t>
+      <t xml:space="preserve">Міні набір пневматичних фарборозпилювачів преміум-класу Star стане чудовим помічником при роботах з фарбування. Фарбопульти з верхньою подачею матеріалу забезпечують 72% коефіцієнт переносу матеріалу.</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Серія: </t>
-[...16 lines deleted...]
-    <r>
       <t xml:space="preserve">Тип системи: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LVLP</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
-      <t xml:space="preserve">Сопло, мм: </t>
-[...83 lines deleted...]
-      <t xml:space="preserve">3-4 бар</t>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Верхня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Аерографія, Фарбування</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>AM-KA5 -1.0</t>
+    <t>AM5008HVLPWBPLUS-AL- 1.6</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro AM-KA5 (1,0 мм)</t>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS-AL (1,6 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">AM-KA5 має високоякісне виконання, забезпечить високу швидкість подачі матеріалу до 600 куб.см/хв, є можливість регулювати ширину факела.</t>
+      <t xml:space="preserve">Покращена версія серії 2004 HVLP, яка відрізняється більш ергономічним корпусом, без різких деталей та шорстких поверхонь, зручніше для кисті майстра, примусове нагнітання матеріалу</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Серія: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">AM авто</t>
+      <t xml:space="preserve">AM5008</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Верхня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,6 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,0 / 1,3 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Емкость бака, л: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0.6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ємність бачка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,6 л</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Витрата повітря: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">100 л/хв</t>
+      <t xml:space="preserve">196 л/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Робочий тиск: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3-4 бар</t>
-[...35 lines deleted...]
-      <t xml:space="preserve">1,3 мм</t>
+      <t xml:space="preserve">5,0 бар</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,25 кг</t>
+      <t xml:space="preserve">0,43 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Краскопульты</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневматические</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал контейнера: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Алюмінієвий</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Тип системы: HVLP
+Тип подачи: Верхняя
+Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>HW-SA104-1,8</t>
+    <t>77-P 1.0</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro HW-SA104 (1,8 мм)</t>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro 77-P HP (1,0 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Має високоякісне виконання, забезпечить високу швидкість та точність нанесення витратного матеріалу, є можливість окремо регулювати подачу матеріалу та повітря, а також можливість додаткового підводу матеріалів</t>
+      <t xml:space="preserve">Призначений для використання з нагнітальними баками або нижніми бачками, має щелевидне сопло для плаского факелу, забезпечує високу якість перенесення густих матеріалів, підходить для нанесення клею, компактний та легкий, забезпечує високоякісну поверхневу обробку в автомобілебудуванні, виробництві меблів, будівництві та ін.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Серія: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HW авто</t>
+      <t xml:space="preserve">77-P</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нижня</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.8</t>
+      <t xml:space="preserve">1.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло в комплекті: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,8 мм</t>
+      <t xml:space="preserve">1,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,5 / 2,0 / 2,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">396 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">4,9 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,393 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Краскопульты</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневматические</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Тип системы: HP
+Тип подачи: Нижняя
+Сменные сопла: 1,5 / 2,0 / 2,5 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>AM6008HVLP WB-P-1.8</t>
+    <t>77-P 1.5</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Фарборозпилювач пневматичний без бачка Air Pro AM6008 HVLP WB-P (1,8 мм)</t>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro 77-P HP (1,5 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Оскільки споживання повітря трохи вище ніж в технології LVLP, то і коефіцієнт переносу густих матеріалів не такий високий, в іншому, також має м'який двоконтурний факел з можливістю регулювання його ширини і використовується разом з нагнітальними баками або нижніми бачками</t>
+      <t xml:space="preserve">Призначений для використання з нагнітальними баками або нижніми бачками, має щелевидне сопло для плаского факелу, забезпечує високу якість перенесення густих матеріалів, підходить для нанесення клею, компактний та легкий, забезпечує високоякісну поверхневу обробку в автомобілебудуванні, виробництві меблів, будівництві та ін.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Серія: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">AM6008</t>
+      <t xml:space="preserve">77-P</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип системи: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HVLP</t>
+      <t xml:space="preserve">HP</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип подачи: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Нижня</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.8</t>
+      <t xml:space="preserve">1.5</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло в комплекті: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,8 мм</t>
+      <t xml:space="preserve">1,5 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Змінні сопла: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,6 / 2,0 / 2,5 мм</t>
+      <t xml:space="preserve">1,0 / 2,0 / 2,5 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Витрата повітря: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">226,4 л/хв</t>
+      <t xml:space="preserve">396 л/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Робочий тиск: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2,0 бар</t>
+      <t xml:space="preserve">4,9 бар</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,48 кг</t>
+      <t xml:space="preserve">0,393 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Краскопульты</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневматические</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Тип системы: HP
+Тип подачи: Нижняя
+Сменные сопла: 1,0 / 2,0 / 2,5 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>AM6008HVLP WB-P-2.0</t>
+    <t>77-P 2.0</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Фарборозпилювач пневматичний без бачка Air Pro AM6008 HVLP WB-P (2,0 мм)</t>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro 77-P HP (2,0 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Оскільки споживання повітря трохи вище ніж в технології LVLP, то і коефіцієнт переносу густих матеріалів не такий високий, в іншому, також має м'який двоконтурний факел з можливістю регулювання його ширини і використовується разом з нагнітальними баками або нижніми бачками</t>
+      <t xml:space="preserve">Призначений для використання з нагнітальними баками або нижніми бачками, має щелевидне сопло для плаского факелу, забезпечує високу якість перенесення густих матеріалів, підходить для нанесення клею, компактний та легкий, забезпечує високоякісну поверхневу обробку в автомобілебудуванні, виробництві меблів, будівництві та ін.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Серія: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">AM6008</t>
+      <t xml:space="preserve">77-P</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип системи: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HVLP</t>
+      <t xml:space="preserve">HP</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип подачи: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Нижня</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло, мм: </t>
     </r>
@@ -4271,167 +7643,223 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2,0 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Змінні сопла: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,5 / 1,8 / 2,0 / 2,5 мм</t>
+      <t xml:space="preserve">1,0 / 1,5 / 2,5 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Витрата повітря: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">226,4 л/хв</t>
+      <t xml:space="preserve">396 л/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Робочий тиск: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2,0 бар</t>
+      <t xml:space="preserve">4,9 бар</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,48 кг</t>
+      <t xml:space="preserve">0,393 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Краскопульты</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневматические</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Тип системы: HP
+Тип подачи: Нижняя
+Сменные сопла: 1,0 / 1,5 / 2,5 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>AM6008HVLP WB-P-2,5</t>
+    <t>77-P 2.5</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Фарборозпилювач пневматичний без бачка Air Pro AM6008 HVLP WB-P (2,5 мм)</t>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro 77-P HP (2,5 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Оскільки споживання повітря трохи вище ніж в технології LVLP, то і коефіцієнт переносу густих матеріалів не такий високий, в іншому, також має м'який двоконтурний факел з можливістю регулювання його ширини і використовується разом з нагнітальними баками або нижніми бачками</t>
+      <t xml:space="preserve">Призначений для використання з нагнітальними баками або нижніми бачками, має щелевидне сопло для плаского факелу, забезпечує високу якість перенесення густих матеріалів, підходить для нанесення клею, компактний та легкий, забезпечує високоякісну поверхневу обробку в автомобілебудуванні, виробництві меблів, будівництві та ін.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Серія: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">AM6008</t>
+      <t xml:space="preserve">77-P</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип системи: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HVLP</t>
+      <t xml:space="preserve">HP</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип подачи: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Нижня</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло, мм: </t>
     </r>
@@ -4459,329 +7887,385 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2,5 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Змінні сопла: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,5 / 1,8 / 2,0 / 2,5 мм</t>
+      <t xml:space="preserve">1,0 / 1,5 / 2,0 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Витрата повітря: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">226,4 л/хв</t>
+      <t xml:space="preserve">396 л/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Робочий тиск: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2,0 бар</t>
+      <t xml:space="preserve">4,9 бар</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,48 кг</t>
+      <t xml:space="preserve">0,393 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Краскопульты</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневматические</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Тип системы: HP
+Тип подачи: Нижняя
+Сменные сопла: 1,0 / 1,5 / 2,0 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>AM8008LVLP WB -0.8</t>
+    <t>AM2012/HVLP WB-1.6</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Фарборозпилювач пневматичний міні Air Pro AM8008 LVLP WB (0,8 мм)</t>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM2012 HVLP WB (1,6 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Серія міні фарборозпилювачів забезпечує високу якість покриття при низькому споживанні повітря, має специфічну форму факела, яка дозволяє працювати з різними матеріалами, як тягучими, так і на водній основі (клей, грунтовка та ін.), прекрасно підійде як для фарбування авто, так і для робіт у важкодоступних місцях, видатковий матеріал знаходиться в верхньому бачку</t>
+      <t xml:space="preserve">Фарборозпилювач високого класу з мінімальним туманоутворюванням для найвищих потреб, коефіцієнт переносу становить понад 70%, має широкий регульований по ширині факел (плаский/ круглий), тривалий термін служби і надійну конструкцію, стійкий до абразивного впливу грунтів, прекрасно підходить для фінішних покриттів</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Серія: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">AM8008 mini</t>
+      <t xml:space="preserve">AM2012</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип системи: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">LVLP</t>
+      <t xml:space="preserve">HVLP</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип подачи: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Верхня</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0.8</t>
+      <t xml:space="preserve">1.6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло в комплекті: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,8 мм</t>
+      <t xml:space="preserve">1,6 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Змінні сопла: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,5 / 1,0 / 1,2 / 1,5 мм</t>
+      <t xml:space="preserve">1,3 / 1,4 / 1,8 / 2,5 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Емкость бака, л: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0.125</t>
+      <t xml:space="preserve">0.6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ємність бачка: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">125 мл</t>
+      <t xml:space="preserve">0,6 л</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Витрата повітря: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">170 л/хв</t>
+      <t xml:space="preserve">285 л/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Робочий тиск: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2,0 бар</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,23 кг</t>
+      <t xml:space="preserve">0,45 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Краскопульты</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид: </t>
     </r>
@@ -4809,115 +8293,115 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Нейлоновый</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Тип системы: LVLP
+      <t xml:space="preserve">Тип системы: HVLP
 Тип подачи: Верхняя
-Сменные сопла: 0,5 / 1,0 / 1,2 / 1,5 мм</t>
+Сменные сопла: 1,3 / 1,4 / 1,8 / 2,5 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>AM8008LVLP WB -1.0</t>
+    <t>AM5008HVLP WB PLUS -1.0</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Фарборозпилювач пневматичний міні Air Pro AM8008 LVLP WB (1,0 мм)</t>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (1,0 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Серія міні фарборозпилювачів забезпечує високу якість покриття при низькому споживанні повітря, має специфічну форму факела, яка дозволяє працювати з різними матеріалами, як тягучими, так і на водній основі (клей, грунтовка та ін.), прекрасно підійде як для фарбування авто, так і для робіт у важкодоступних місцях, видатковий матеріал знаходиться в верхньому бачку</t>
+      <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Серія: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">AM8008 mini</t>
+      <t xml:space="preserve">AM5008</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип системи: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">LVLP</t>
+      <t xml:space="preserve">HVLP</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип подачи: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Верхня</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло, мм: </t>
     </r>
@@ -4945,185 +8429,259 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1,0 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Змінні сопла: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,5 / 0,8 / 1,2 / 1,5 мм</t>
+      <t xml:space="preserve">1,3 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Емкость бака, л: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0.125</t>
+      <t xml:space="preserve">0.6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ємність бачка: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">125 мл</t>
+      <t xml:space="preserve">0,6 л</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Витрата повітря: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">170 л/хв</t>
+      <t xml:space="preserve">283 л/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Робочий тиск: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2,0 бар</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,23 кг</t>
+      <t xml:space="preserve">0,43 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Краскопульты</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневматические</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал контейнера: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нейлоновый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Тип системы: HVLP
+Тип подачи: Верхняя
+Сменные сопла: 1,3 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>AM8008НVLP WB -0.8</t>
+    <t>AM5008HVLP WB PLUS -1.3</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Фарборозпилювач пневматичний міні Air Pro AM8008 НVLP WB (0,8 мм)</t>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (1,3 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Серія міні фарборозпилювачів забезпечує високий обсяг перенесення при більшому споживанні повітря, в порівнянні з технологією LVLP, має специфічну форму факела, яка дозволяє працювати з різними матеріалами, як тягучими, так і на водній основі (клей, грунтовка та ін.), прекрасно підійде як для фарбування авто, так і для робіт у важкодоступних місцях, видатковий матеріал знаходиться в верхньому бачку</t>
+      <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Серія: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">AM8008 mini</t>
+      <t xml:space="preserve">AM5008</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип системи: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HVLP</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип подачи: </t>
     </r>
@@ -5133,177 +8691,177 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Верхня</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0.8</t>
+      <t xml:space="preserve">1.3</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло в комплекті: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,8 мм</t>
+      <t xml:space="preserve">1,3 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Змінні сопла: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,5 / 1,0 / 1,2 / 1,5 мм</t>
+      <t xml:space="preserve">1,0 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Емкость бака, л: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0.125</t>
+      <t xml:space="preserve">0.6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ємність бачка: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">125 мл</t>
+      <t xml:space="preserve">0,6 л</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Витрата повітря: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">170 л/хв</t>
+      <t xml:space="preserve">283 л/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Робочий тиск: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2,0 бар</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,23 кг</t>
+      <t xml:space="preserve">0,43 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Краскопульты</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид: </t>
     </r>
@@ -5333,95 +8891,95 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Нейлоновый</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Тип системы: HVLP
 Тип подачи: Верхняя
-Сменные сопла: 0,5 / 0,8 / 1,2 / 1,5 мм</t>
+Сменные сопла: 1,0 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>AM8008НVLP WB -1.0</t>
+    <t>AM5008HVLP WB PLUS -1.6</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Фарборозпилювач пневматичний міні Air Pro AM8008 НVLP WB (1,0 мм)</t>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (1,6 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Серія міні фарборозпилювачів забезпечує високий обсяг перенесення при більшому споживанні повітря, в порівнянні з технологією LVLP, має специфічну форму факела, яка дозволяє працювати з різними матеріалами, як тягучими, так і на водній основі (клей, грунтовка та ін.), прекрасно підійде як для фарбування авто, так і для робіт у важкодоступних місцях, видатковий матеріал знаходиться в верхньому бачку</t>
+      <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Серія: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">AM8008 mini</t>
+      <t xml:space="preserve">AM5008</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип системи: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HVLP</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип подачи: </t>
     </r>
@@ -5431,177 +8989,177 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Верхня</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.0</t>
+      <t xml:space="preserve">1.6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло в комплекті: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,0 мм</t>
+      <t xml:space="preserve">1,6 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Змінні сопла: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,5 / 0,8 / 1,2 / 1,5 мм</t>
+      <t xml:space="preserve">1,0 / 1,3 / 1,4 / 1,8 / 2,0 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Емкость бака, л: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0.125</t>
+      <t xml:space="preserve">0.6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ємність бачка: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">125 мл</t>
+      <t xml:space="preserve">0,6 л</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Витрата повітря: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">170 л/хв</t>
+      <t xml:space="preserve">283 л/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Робочий тиск: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2,0 бар</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,23 кг</t>
+      <t xml:space="preserve">0,43 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Краскопульты</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вид: </t>
     </r>
@@ -5631,759 +9189,1541 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Нейлоновый</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Тип системы: HVLP
 Тип подачи: Верхняя
-Сменные сопла: 0,5 / 0,8 / 1,2 / 1,5 мм</t>
+Сменные сопла: 1,0 / 1,3 / 1,4 / 1,8 / 2,0 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>EVO-T-106TF-10G</t>
+    <t>AM5008HVLP WB PLUS -1.8</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Фарборозпилювач пневматичний міні Star EVO-T-106TF-10G (1,0 мм)</t>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (1,8 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Пневматичний міні-фарбопульт Star EVO-T-106TF-10G із верхнім бачком 0,25 л та 1,0 мм соплом забезпечує ефективне нанесення матеріалу з 72% коефіцієнтом ефективного перенесення. Сопло 1,0 мм виготовлене з нержавіючої сталі, що робить його сумісним з різними видами лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-106TF є оптимальним рішенням для робіт з аерографії.</t>
+      <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Серія: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">EVO-T-4F</t>
+      <t xml:space="preserve">AM5008</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип системи: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">LVLP</t>
+      <t xml:space="preserve">HVLP</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип подачи: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Верхня</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
-      <t xml:space="preserve">Сфера промисловості: </t>
-[...34 lines deleted...]
-    <r>
       <t xml:space="preserve">Сопло, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.0</t>
+      <t xml:space="preserve">1.8</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло в комплекті: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,0 мм</t>
+      <t xml:space="preserve">1,8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Змінні сопла: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,5 / 0,8 / 1,0 / 1,2 мм</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">100-150 мм</t>
+      <t xml:space="preserve">1,0 / 1,3 / 1,4 / 1,6 / 2,0 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Емкость бака, л: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0.25</t>
+      <t xml:space="preserve">0.6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ємність бачка: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">250 мл</t>
+      <t xml:space="preserve">0,6 л</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">283 л/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Робочий тиск: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,1-1,3 бар</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">85-125 л/хв</t>
+      <t xml:space="preserve">2,0 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,43 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Краскопульты</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневматические</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал контейнера: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нейлоновый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Тип системы: HVLP
+Тип подачи: Верхняя
+Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 2,0 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>S-2-05R</t>
+    <t>AM5008HVLP WB PLUS -2.0</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Фарборозпилювач пневматичний міні Star S-2-05R (0,5 мм)</t>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (2,0 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Пневматичний міні фарбопульт Star S-2-05R з соплом 0,5 мм та боковою гравітаційною подачею матеріалу є чудовим варіантом для робіт з аерографії та фарбування невеликих деталей.</t>
+      <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Сфера промисловості: </t>
-[...34 lines deleted...]
-    <r>
       <t xml:space="preserve">Серія: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S-2</t>
+      <t xml:space="preserve">AM5008</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HVLP</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип подачи: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Верхня</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0.5</t>
+      <t xml:space="preserve">2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло в комплекті: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,5 мм</t>
+      <t xml:space="preserve">2,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Емкость бака, л: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0.6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ємність бачка: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">200 мл</t>
+      <t xml:space="preserve">0,6 л</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">283 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,43 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Краскопульты</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневматические</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал контейнера: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нейлоновый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Тип системы: HVLP
+Тип подачи: Верхняя
+Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>EVO-T-4F-185G</t>
+    <t>AM5008HVLP WB PLUS -2.5</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-185G (1,8 мм)</t>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (2,5 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-185G із верхнім бачком 0,6 л та 1,8 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 1,8 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
+      <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Серія: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">EVO-T-4F</t>
+      <t xml:space="preserve">AM5008</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип системи: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">LVLP</t>
+      <t xml:space="preserve">HVLP</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип подачи: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Верхня</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
-      <t xml:space="preserve">Сфера промисловості: </t>
-[...34 lines deleted...]
-    <r>
       <t xml:space="preserve">Сопло, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.8</t>
+      <t xml:space="preserve">2.5</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло в комплекті: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,8 мм</t>
+      <t xml:space="preserve">2,5 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Змінні сопла: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,2 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">240-280 мм</t>
+      <t xml:space="preserve">1,0 / 1,3 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Емкость бака, л: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">0.6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ємність бачка: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">0,6 л</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">283 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
       <t xml:space="preserve">Робочий тиск: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,3-1,5 бар</t>
+      <t xml:space="preserve">2,0 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,43 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Краскопульты</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневматические</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал контейнера: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нейлоновый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Тип системы: HVLP
+Тип подачи: Верхняя
+Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AM5008HVLPWBPLUS10AL</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS-AL (1,0 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Покращена версія серії 2004 HVLP, яка відрізняється більш ергономічним корпусом, без різких деталей та шорстких поверхонь, зручніше для кисті майстра, примусове нагнітання матеріалу</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">AM5008</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Верхня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,0 / 1,3 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Емкость бака, л: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0.6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ємність бачка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,6 л</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Витрата повітря: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">283-340 л/хв</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">до 1.0</t>
+      <t xml:space="preserve">196 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">5,0 бар</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">325 г</t>
+      <t xml:space="preserve">0,43 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Краскопульты</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневматические</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал контейнера: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Алюмінієвий</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Тип системы: HVLP
+Тип подачи: Верхняя
+Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AM5008HVLPWBPLUS20AL</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS-AL (2,0 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Покращена версія серії 2004 HVLP, яка відрізняється більш ергономічним корпусом, без різких деталей та шорстких поверхонь, зручніше для кисті майстра, примусове нагнітання матеріалу</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">AM5008</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">HVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Верхня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,0 / 1,3 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Емкость бака, л: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0.6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ємність бачка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,6 л</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">196 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">5,0 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,43 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Краскопульты</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вид: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневматические</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал контейнера: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Алюмінієвий</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Тип системы: HVLP
+Тип подачи: Верхняя
+Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>EVO-T-4F-145G</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-145G (1,4 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
@@ -6528,4400 +10868,50 @@
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">240-280 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Змінні сопла: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1,2 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
-    </r>
-[...4348 lines deleted...]
-      <t xml:space="preserve">240-280 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Емкость бака, л: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">0.6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ємність бачка: </t>
     </r>
@@ -14017,50 +14007,346 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пневматические</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Тип системы: HP
 Тип подачи: Нижняя</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>EVO-T-4F-125G</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-125G (1,2 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-125G із верхнім бачком 0,6 л та 1,2 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 1,2 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">EVO-T-4F</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Верхня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарбування</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.2</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,2 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,2 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина факела: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">240-280 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Емкость бака, л: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0.6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ємність бачка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,6 л</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,3-1,5 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">283-340 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">325 г</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>S-108</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Фарборозпилювач пневматичний міні Star SJ-108 (1,4 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
@@ -14327,51 +14613,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_4f_combo_011.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vcbewsmkui-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_01-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-4c_01-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-770vr_01-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-770vr_01-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_smv_2f_01-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_smv_2f_01-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_smv_2f_01-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_smv_4f_01-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0112.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vcbewsmkui-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_01-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vcbewsmkui-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/auto-air-spray-gun-am-ka5_02-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/airpro-hw-sa104-150x15018.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am6008hvlp_01-150x15019.webp"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am6008hvlp_01-150x15020.webp"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am6008hvlp_01-150x15021.webp"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am8008_lvlp-150x15022.webp"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am8008_lvlp-150x15023.webp"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am8008_hvlp_01-150x15024.webp"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am8008_hvlp_01-150x15025.webp"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1-150x15026.webp"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8-150x15027.webp"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_01-150x15028.webp"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_01-150x15029.webp"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_mini_combo_evo-t_0130.webp"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3-150x15031.webp"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/xcvyutise-150x15032.webp"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/xcvyutise-150x15033.webp"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/xcvyutise-150x15034.webp"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/xcvyutise-150x15035.webp"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1-150x15036.webp"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15037.webp"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15038.webp"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15039.webp"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15040.webp"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15041.webp"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15042.webp"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3-150x15043.webp"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3-150x15044.webp"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_01-150x15045.webp"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxcwerjnjky78ew-150x15046.webp"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxcwerjnjky78ew-150x15047.webp"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x15048.webp"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x15049.webp"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x15050.webp"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x15051.webp"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x15052.webp"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x15053.webp"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5-150x15054.webp"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxwmijuyv-150x15055.webp"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6-150x15056.webp"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cvserw-150x15057.webp"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_sj-108_01-150x15058.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_4f_combo_011.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vcbewsmkui-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-4c_01-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-770vr_01-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-770vr_01-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_smv_2f_01-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_smv_2f_01-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_smv_2f_01-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_smv_4f_01-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0111.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0112.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vcbewsmkui-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vcbewsmkui-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vcbewsmkui-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_01-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/auto-air-spray-gun-am-ka5_02-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/auto-air-spray-gun-am-ka5_02-150x15018.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/airpro-hw-sa104-150x15019.webp"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am6008hvlp_01-150x15020.webp"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am6008hvlp_01-150x15021.webp"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am6008hvlp_01-150x15022.webp"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am8008_lvlp-150x15023.webp"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am8008_lvlp-150x15024.webp"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am8008_hvlp_01-150x15025.webp"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am8008_hvlp_01-150x15026.webp"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1-150x15027.webp"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8-150x15028.webp"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_01-150x15029.webp"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_01-150x15030.webp"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_mini_combo_evo-t_0131.webp"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3-150x15032.webp"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/xcvyutise-150x15033.webp"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/xcvyutise-150x15034.webp"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/xcvyutise-150x15035.webp"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/xcvyutise-150x15036.webp"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1-150x15037.webp"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15038.webp"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15039.webp"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15040.webp"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15041.webp"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15042.webp"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15043.webp"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3-150x15044.webp"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3-150x15045.webp"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_01-150x15046.webp"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxcwerjnjky78ew-150x15047.webp"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxcwerjnjky78ew-150x15048.webp"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x15049.webp"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x15050.webp"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x15051.webp"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x15052.webp"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x15053.webp"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x15054.webp"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5-150x15055.webp"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxwmijuyv-150x15056.webp"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6-150x15057.webp"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cvserw-150x15058.webp"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_01-150x15059.webp"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_sj-108_01-150x15060.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -16072,50 +16358,110 @@
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="58" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -16369,54 +16715,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H59"/>
+  <dimension ref="A1:H61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H59" sqref="H59"/>
+      <selection activeCell="H61" sqref="H61"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -16507,77 +16853,77 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Фарбування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>28061</v>
+        <v>28242</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2"/>
       <c r="D3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro  HW-SA102 (1,5 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro  HW-SA102 LVLP (0,8 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Має високоякісне виконання, забезпечить високу швидкість та точність нанесення витратного матеріалу, є можливість окремо регулювати подачу матеріалу та повітря, а також можливість додаткового підводу матеріалів</t>
           </r>
         </is>
       </c>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -16596,202 +16942,184 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.5</t>
+            <t xml:space="preserve">0.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,5 мм</t>
+            <t xml:space="preserve">0,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,8 / 1,0 / 1,3 / 1,8 / 2,0 мм</t>
+            <t xml:space="preserve">1,0 / 1,3 / 1,5 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">270 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3-4 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>16096</v>
+        <v>16200</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2"/>
       <c r="D4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-205G (2,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star S-4C-161G (1,6 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-205G із верхнім бачком 0,6 л та 2,0 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 2,0 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
+            <t xml:space="preserve">Пневматичний фарбопульт Star S-4C-161G з соплом 1,6 мм та гравітаційною верхньою подачею матеріалу є чудовим вибором для загального використання при фарбуванні різних поверхонь.</t>
           </r>
         </is>
       </c>
       <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">EVO-T-4F</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">LVLP</t>
+            <t xml:space="preserve">S-4C</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
@@ -16819,477 +17147,459 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Фарбування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.0</t>
+            <t xml:space="preserve">1.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 мм</t>
+            <t xml:space="preserve">1,6 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,2 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
+            <t xml:space="preserve">1,6 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина факела: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">240-280 мм</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">0,6 л</t>
+            <t xml:space="preserve">260-330 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,3-1,5 бар</t>
+            <t xml:space="preserve">2,5 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">283-340 л/хв</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">325 г</t>
+            <t xml:space="preserve">255-425 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>6610</v>
+        <v>5419</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star S-4C-161G (1,6 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star S-770VR-03P (2,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний фарбопульт Star S-4C-161G з соплом 1,6 мм та гравітаційною верхньою подачею матеріалу є чудовим вибором для загального використання при фарбуванні різних поверхонь.</t>
+            <t xml:space="preserve">Пневматичний фарбопульт Star S-770VR-03P з соплом 2,0 мм та нижньою подачею матеріалу під тиском завдяки нагнітальному бачку об'ємом 1 л.</t>
           </r>
         </is>
       </c>
       <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S-4C</t>
+            <t xml:space="preserve">S-770</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Верхня</t>
+            <t xml:space="preserve">Нижня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарбування</t>
+            <t xml:space="preserve">Нанесення клею, Фарбування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.6</t>
+            <t xml:space="preserve">2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,6 мм</t>
+            <t xml:space="preserve">2,0 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Емкость бака, л: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ємність бачка: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,0 л</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,6 / 1,8 / 2,0 мм</t>
+            <t xml:space="preserve">2,0 / 3,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина факела: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260-330 мм</t>
+            <t xml:space="preserve">240-280 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2,5 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Витрата повітря: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">255-425 л/хв</t>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,9 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>5384</v>
+        <v>10059</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star S-770VR-03P (2,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star S-770VR-05P (3,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний фарбопульт Star S-770VR-03P з соплом 2,0 мм та нижньою подачею матеріалу під тиском завдяки нагнітальному бачку об'ємом 1 л.</t>
+            <t xml:space="preserve">Пневматичний фарбопульт Star S-770VR-05P з соплом 3,0 мм та нижньою подачею матеріалу під тиском завдяки нагнітальному бачку об'ємом 1 л.</t>
           </r>
         </is>
       </c>
       <c r="F6" s="2"/>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S-770</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -17337,69 +17647,69 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нанесення клею, Фарбування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.0</t>
+            <t xml:space="preserve">3.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 мм</t>
+            <t xml:space="preserve">3,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -17489,453 +17799,417 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,9 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>9994</v>
+        <v>11293</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star S-770VR-05P (3,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-1F-153P (1,5 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний фарбопульт Star S-770VR-05P з соплом 3,0 мм та нижньою подачею матеріалу під тиском завдяки нагнітальному бачку об'ємом 1 л.</t>
+            <t xml:space="preserve">Пневматичний фарбопульт Star SMV-1F-153P з соплом 1,5 мм є високоякісним інструментом з нижнім підводом матеріалу та його подачею всмоктуванням для виконання детейлінгу чи ретуші, наприклад, на СТО.</t>
           </r>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Механозбірка, Обробка поверхні</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Лакування, Фарбування</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S-770</t>
+            <t xml:space="preserve">SMV-1F</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">RP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нижня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.0</t>
+            <t xml:space="preserve">1.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,0 мм</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">1,0 л</t>
+            <t xml:space="preserve">1,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 / 3,0 мм</t>
+            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,5 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина факела: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">240-280 мм</t>
+            <t xml:space="preserve">220-270 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,5 бар</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">0,9 кг</t>
+            <t xml:space="preserve">2,0 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">280-336 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>11220</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2"/>
       <c r="D8" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-1F-153P (1,5 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-2F-153P (1,5 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний фарбопульт Star SMV-1F-153P з соплом 1,5 мм є високоякісним інструментом з нижнім підводом матеріалу та його подачею всмоктуванням для виконання детейлінгу чи ретуші, наприклад, на СТО.</t>
+            <t xml:space="preserve">Пневматичний фарбопульт Star SMV-2F-153P з соплом 1,5 мм є високоякісним інструментом з нижнім підводом матеріалу та його подачею під тиском для роботи з різними лакофарбовими матеріалами.</t>
           </r>
         </is>
       </c>
       <c r="F8" s="2"/>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Серія: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SMV-2F</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">RP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип подачи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Нижня</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Механозбірка, Обробка поверхні</t>
+            <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Лакування, Фарбування</t>
-[...53 lines deleted...]
-            <t xml:space="preserve">Нижня</t>
+            <t xml:space="preserve">Нанесення клею, Фарбування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
@@ -17945,146 +18219,182 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,5 / 1,8 / 2,0 мм</t>
+            <t xml:space="preserve">1,5 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина факела: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">220-270 мм</t>
+            <t xml:space="preserve">300-350 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">280-336 л/хв</t>
+            <t xml:space="preserve">368-425 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">325 г</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>0</v>
+        <v>5772</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2"/>
       <c r="D9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-2F-153P (1,5 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-2F-203P (2,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний фарбопульт Star SMV-2F-153P з соплом 1,5 мм є високоякісним інструментом з нижнім підводом матеріалу та його подачею під тиском для роботи з різними лакофарбовими матеріалами.</t>
+            <t xml:space="preserve">Пневматичний фарбопульт Star SMV-2F-203P з соплом 2,0 мм є високоякісним інструментом з нижнім підводом матеріалу та його подачею під тиском для роботи з різними лакофарбовими матеріалами.</t>
           </r>
         </is>
       </c>
       <c r="F9" s="2"/>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SMV-2F</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -18150,69 +18460,69 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нанесення клею, Фарбування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.5</t>
+            <t xml:space="preserve">2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,5 мм</t>
+            <t xml:space="preserve">2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,5 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина факела: </t>
           </r>
@@ -18284,84 +18594,84 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">325 г</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>5735</v>
+        <v>5772</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="2"/>
       <c r="D10" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-2F-203P (2,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-2F-253P (2,5 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний фарбопульт Star SMV-2F-203P з соплом 2,0 мм є високоякісним інструментом з нижнім підводом матеріалу та його подачею під тиском для роботи з різними лакофарбовими матеріалами.</t>
+            <t xml:space="preserve">Пневматичний фарбопульт Star SMV-2F-253P з соплом 2,5 мм є високоякісним інструментом з нижнім підводом матеріалу та його подачею під тиском для роботи з різними лакофарбовими матеріалами.</t>
           </r>
         </is>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SMV-2F</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -18427,69 +18737,69 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нанесення клею, Фарбування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.0</t>
+            <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 мм</t>
+            <t xml:space="preserve">2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,5 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина факела: </t>
           </r>
@@ -18561,361 +18871,379 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">325 г</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>5735</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-2F-253P (2,5 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-4F-142G (1,4 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний фарбопульт Star SMV-2F-253P з соплом 2,5 мм є високоякісним інструментом з нижнім підводом матеріалу та його подачею під тиском для роботи з різними лакофарбовими матеріалами.</t>
+            <t xml:space="preserve">Професійний фарборозпилювач Star SMV-4F-142G із верхнім бачком 0,6 л та 1,4 мм соплом забезпечує великий факел розпилення та ідеально підходить для автомобільного ремонту, фінішного оздоблення меблів класу Hi-Class та промислового використання.</t>
           </r>
         </is>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Механозбірка, Обробка поверхні</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Лакування, Фарбування</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SMV-2F</t>
+            <t xml:space="preserve">SMV-4F</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">RP</t>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Нижня</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">Нанесення клею, Фарбування</t>
+            <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.5</t>
+            <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,5 мм</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">1,5 / 2,0 мм</t>
+            <t xml:space="preserve">1,4 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина факела: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">300-350 мм</t>
+            <t xml:space="preserve">240-280 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Емкость бака, л: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0.6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ємність бачка: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,6 л</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">368-425 л/хв</t>
+            <t xml:space="preserve">297-354 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">325 г</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>0</v>
+        <v>6359</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="2"/>
       <c r="D12" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-4F-142G (1,4 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star Xtreme Performance XPS14 (1,4 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Професійний фарборозпилювач Star SMV-4F-142G із верхнім бачком 0,6 л та 1,4 мм соплом забезпечує великий факел розпилення та ідеально підходить для автомобільного ремонту, фінішного оздоблення меблів класу Hi-Class та промислового використання.</t>
+            <t xml:space="preserve">Професійний фарборозпилювач Star Xtreme Performance XPS14 із верхнім бачком на 600 мл, 1,4 мм соплом, шириною 320 мм та витратами повітря 285 л/хв забезпечить максимально комфортну роботу при фарбуванні.</t>
           </r>
         </is>
       </c>
       <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Механозбірка, Обробка поверхні</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -18927,69 +19255,69 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Лакування, Фарбування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SMV-4F</t>
+            <t xml:space="preserve">XPS</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HVLP</t>
+            <t xml:space="preserve">RP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
@@ -19005,63 +19333,63 @@
             </rPr>
             <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,4 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Ширина факела: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">240-280 мм</t>
+            <t xml:space="preserve">Змінні сопла: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -19089,220 +19417,220 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">297-354 л/хв</t>
+            <t xml:space="preserve">285 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">325 г</t>
+            <t xml:space="preserve">385 г</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H12" s="2">
-        <v>6318</v>
+        <v>10898</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="150">
       <c r="A13" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="2"/>
       <c r="D13" s="2" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star Xtreme Performance XPS14 (1,4 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star Xtreme Performance XPSV14 (1,4 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Професійний фарборозпилювач Star Xtreme Performance XPS14 із верхнім бачком на 600 мл, 1,4 мм соплом, шириною 320 мм та витратами повітря 285 л/хв забезпечить максимально комфортну роботу при фарбуванні.</t>
+            <t xml:space="preserve">Професійний фарборозпилювач Star Xtreme Performance XPSV14 із верхнім бачком об'ємом 600 мл, 1,4 мм соплом, шириною 300 мм та витратами повітря 410 л/хв забезпечить максимально швидку роботу при фарбуванні.</t>
           </r>
         </is>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Серія: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">XPS</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">RP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип подачи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Верхня</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Механозбірка, Обробка поверхні</t>
+            <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Лакування, Фарбування</t>
-[...53 lines deleted...]
-            <t xml:space="preserve">Верхня</t>
+            <t xml:space="preserve">Фарбування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
@@ -19384,390 +19712,264 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">285 л/хв</t>
+            <t xml:space="preserve">410 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">385 г</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H13" s="2">
-        <v>10828</v>
+        <v>10898</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="2"/>
       <c r="D14" s="2" t="s">
         <v>47</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star Xtreme Performance XPSV14 (1,4 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro  HW-SA102 (1,5 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Професійний фарборозпилювач Star Xtreme Performance XPSV14 із верхнім бачком об'ємом 600 мл, 1,4 мм соплом, шириною 300 мм та витратами повітря 410 л/хв забезпечить максимально швидку роботу при фарбуванні.</t>
+            <t xml:space="preserve">Має високоякісне виконання, забезпечить високу швидкість та точність нанесення витратного матеріалу, є можливість окремо регулювати подачу матеріалу та повітря, а також можливість додаткового підводу матеріалів</t>
           </r>
         </is>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">XPS</t>
+            <t xml:space="preserve">HW авто</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">RP</t>
-[...53 lines deleted...]
-            <t xml:space="preserve">Фарбування</t>
+            <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4</t>
+            <t xml:space="preserve">1.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4 мм</t>
+            <t xml:space="preserve">1,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 мм</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">0,6 л</t>
+            <t xml:space="preserve">0,8 / 1,0 / 1,3 / 1,8 / 2,0 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">270 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 бар</t>
-[...53 lines deleted...]
-            <t xml:space="preserve">385 г</t>
+            <t xml:space="preserve">3-4 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H14" s="2">
-        <v>10828</v>
+        <v>16200</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="150">
       <c r="A15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="2"/>
       <c r="D15" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -19892,533 +20094,533 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3-4 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H15" s="2">
-        <v>16096</v>
+        <v>16200</v>
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="150">
       <c r="A16" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="2"/>
       <c r="D16" s="2" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-165G (1,6 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro  HW-SA102 LVLP (1,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-165G із верхнім бачком 0,6 л та 1,6 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 1,6 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
+            <t xml:space="preserve">Має високоякісне виконання, забезпечить високу швидкість та точність нанесення витратного матеріалу, є можливість окремо регулювати подачу матеріалу та повітря, а також можливість додаткового підводу матеріалів</t>
           </r>
         </is>
       </c>
       <c r="F16" s="2"/>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">EVO-T-4F</t>
+            <t xml:space="preserve">HW авто</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Тип подачи: </t>
-[...52 lines deleted...]
-          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.6</t>
+            <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,6 мм</t>
+            <t xml:space="preserve">1,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,2 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
-[...53 lines deleted...]
-            <t xml:space="preserve">0,6 л</t>
+            <t xml:space="preserve">0,8 / 1,3 / 1,5 / 1,8 / 2,0 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">270 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,3-1,5 бар</t>
-[...53 lines deleted...]
-            <t xml:space="preserve">325 г</t>
+            <t xml:space="preserve">3-4 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H16" s="2">
-        <v>6610</v>
+        <v>16200</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="150">
       <c r="A17" s="2" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="2"/>
       <c r="D17" s="2" t="s">
         <v>56</v>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro  HW-SA102 LVLP (1,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-185G (1,8 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Має високоякісне виконання, забезпечить високу швидкість та точність нанесення витратного матеріалу, є можливість окремо регулювати подачу матеріалу та повітря, а також можливість додаткового підводу матеріалів</t>
+            <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-185G із верхнім бачком 0,6 л та 1,8 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 1,8 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
           </r>
         </is>
       </c>
       <c r="F17" s="2"/>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HW авто</t>
+            <t xml:space="preserve">EVO-T-4F</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Тип подачи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Верхня</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Фарбування</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0</t>
+            <t xml:space="preserve">1.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 мм</t>
+            <t xml:space="preserve">1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,8 / 1,3 / 1,5 / 1,8 / 2,0 мм</t>
+            <t xml:space="preserve">1,2 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина факела: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">240-280 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Емкость бака, л: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0.6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ємність бачка: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,6 л</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,3-1,5 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">270 л/хв</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">3-4 бар</t>
+            <t xml:space="preserve">283-340 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">325 г</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H17" s="2">
-        <v>16096</v>
+        <v>6645</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="150">
       <c r="A18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="2"/>
       <c r="D18" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -20525,379 +20727,325 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,25 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H18" s="2">
-        <v>6504</v>
+        <v>6546</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="150">
       <c r="A19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="2"/>
       <c r="D19" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro HW-SA104 (1,8 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro AM-KA5 (1,3 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Має високоякісне виконання, забезпечить високу швидкість та точність нанесення витратного матеріалу, є можливість окремо регулювати подачу матеріалу та повітря, а також можливість додаткового підводу матеріалів</t>
+            <t xml:space="preserve">AM-KA5 має високоякісне виконання, забезпечить високу швидкість подачі матеріалу до 600 куб.см/хв, є можливість регулювати ширину факела.</t>
           </r>
         </is>
       </c>
       <c r="F19" s="2"/>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HW авто</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">1.8</t>
+            <t xml:space="preserve">AM авто</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">100 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3-4 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,8 мм</t>
+            <t xml:space="preserve">1,3 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Змінні сопла: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,0 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,25 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H19" s="2">
-        <v>17384</v>
+        <v>6546</v>
       </c>
     </row>
     <row r="20" spans="1:8" customHeight="1" ht="150">
       <c r="A20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="2"/>
       <c r="D20" s="2" t="s">
         <v>65</v>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний без бачка Air Pro AM6008 HVLP WB-P (1,8 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro HW-SA104 (1,8 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Оскільки споживання повітря трохи вище ніж в технології LVLP, то і коефіцієнт переносу густих матеріалів не такий високий, в іншому, також має м'який двоконтурний факел з можливістю регулювання його ширини і використовується разом з нагнітальними баками або нижніми бачками</t>
+            <t xml:space="preserve">Має високоякісне виконання, забезпечить високу швидкість та точність нанесення витратного матеріалу, є можливість окремо регулювати подачу матеріалу та повітря, а також можливість додаткового підводу матеріалів</t>
           </r>
         </is>
       </c>
       <c r="F20" s="2"/>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">AM6008</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">Нижня</t>
+            <t xml:space="preserve">HW авто</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...70 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H20" s="2">
-        <v>6476</v>
+        <v>17496</v>
       </c>
     </row>
     <row r="21" spans="1:8" customHeight="1" ht="150">
       <c r="A21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="2"/>
       <c r="D21" s="2" t="s">
         <v>68</v>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний без бачка Air Pro AM6008 HVLP WB-P (2,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний без бачка Air Pro AM6008 HVLP WB-P (1,8 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Оскільки споживання повітря трохи вище ніж в технології LVLP, то і коефіцієнт переносу густих матеріалів не такий високий, в іншому, також має м'який двоконтурний факел з можливістю регулювання його ширини і використовується разом з нагнітальними баками або нижніми бачками</t>
           </r>
         </is>
       </c>
       <c r="F21" s="2"/>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -20934,87 +21082,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нижня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.0</t>
+            <t xml:space="preserve">1.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 мм</t>
+            <t xml:space="preserve">1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,5 / 1,8 / 2,0 / 2,5 мм</t>
+            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,6 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">226,4 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
@@ -21032,77 +21180,77 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,48 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H21" s="2">
-        <v>6476</v>
+        <v>6518</v>
       </c>
     </row>
     <row r="22" spans="1:8" customHeight="1" ht="150">
       <c r="A22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="2"/>
       <c r="D22" s="2" t="s">
         <v>71</v>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний без бачка Air Pro AM6008 HVLP WB-P (2,5 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний без бачка Air Pro AM6008 HVLP WB-P (2,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Оскільки споживання повітря трохи вище ніж в технології LVLP, то і коефіцієнт переносу густих матеріалів не такий високий, в іншому, також має м'який двоконтурний факел з можливістю регулювання його ширини і використовується разом з нагнітальними баками або нижніми бачками</t>
           </r>
         </is>
       </c>
       <c r="F22" s="2"/>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -21139,69 +21287,69 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нижня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.5</t>
+            <t xml:space="preserve">2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,5 мм</t>
+            <t xml:space="preserve">2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,5 / 1,8 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
@@ -21237,392 +21385,282 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,48 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H22" s="2">
-        <v>6476</v>
+        <v>6518</v>
       </c>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="150">
       <c r="A23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="2"/>
       <c r="D23" s="2" t="s">
         <v>74</v>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний міні Air Pro AM8008 LVLP WB (0,8 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний без бачка Air Pro AM6008 HVLP WB-P (2,5 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Серія міні фарборозпилювачів забезпечує високу якість покриття при низькому споживанні повітря, має специфічну форму факела, яка дозволяє працювати з різними матеріалами, як тягучими, так і на водній основі (клей, грунтовка та ін.), прекрасно підійде як для фарбування авто, так і для робіт у важкодоступних місцях, видатковий матеріал знаходиться в верхньому бачку</t>
+            <t xml:space="preserve">Оскільки споживання повітря трохи вище ніж в технології LVLP, то і коефіцієнт переносу густих матеріалів не такий високий, в іншому, також має м'який двоконтурний факел з можливістю регулювання його ширини і використовується разом з нагнітальними баками або нижніми бачками</t>
           </r>
         </is>
       </c>
       <c r="F23" s="2"/>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">AM8008 mini</t>
+            <t xml:space="preserve">AM6008</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LVLP</t>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Верхня</t>
+            <t xml:space="preserve">Нижня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0.8</t>
+            <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,8 мм</t>
+            <t xml:space="preserve">2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,5 / 1,0 / 1,2 / 1,5 мм</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">125 мл</t>
+            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,5 / 1,8 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">170 л/хв</t>
+            <t xml:space="preserve">226,4 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,23 кг</t>
-[...73 lines deleted...]
-Сменные сопла: 0,5 / 1,0 / 1,2 / 1,5 мм</t>
+            <t xml:space="preserve">0,48 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H23" s="2">
-        <v>6278</v>
+        <v>6518</v>
       </c>
     </row>
     <row r="24" spans="1:8" customHeight="1" ht="150">
       <c r="A24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="2"/>
       <c r="D24" s="2" t="s">
         <v>77</v>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний міні Air Pro AM8008 LVLP WB (1,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний міні Air Pro AM8008 LVLP WB (0,8 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Серія міні фарборозпилювачів забезпечує високу якість покриття при низькому споживанні повітря, має специфічну форму факела, яка дозволяє працювати з різними матеріалами, як тягучими, так і на водній основі (клей, грунтовка та ін.), прекрасно підійде як для фарбування авто, так і для робіт у важкодоступних місцях, видатковий матеріал знаходиться в верхньому бачку</t>
           </r>
         </is>
       </c>
       <c r="F24" s="2"/>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -21659,87 +21697,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0</t>
+            <t xml:space="preserve">0.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 мм</t>
+            <t xml:space="preserve">0,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,5 / 0,8 / 1,2 / 1,5 мм</t>
+            <t xml:space="preserve">0,5 / 1,0 / 1,2 / 1,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.125</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -21790,197 +21828,271 @@
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,23 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
+          <r>
+            <t xml:space="preserve">Тип: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Краскопульты</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Пневматические</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал контейнера: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Нейлоновый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Тип системы: LVLP
+Тип подачи: Верхняя
+Сменные сопла: 0,5 / 1,0 / 1,2 / 1,5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
         </is>
       </c>
       <c r="H24" s="2">
-        <v>6278</v>
+        <v>6318</v>
       </c>
     </row>
     <row r="25" spans="1:8" customHeight="1" ht="150">
       <c r="A25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C25" s="2"/>
       <c r="D25" s="2" t="s">
         <v>80</v>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний міні Air Pro AM8008 НVLP WB (0,8 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний міні Air Pro AM8008 LVLP WB (1,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Серія міні фарборозпилювачів забезпечує високий обсяг перенесення при більшому споживанні повітря, в порівнянні з технологією LVLP, має специфічну форму факела, яка дозволяє працювати з різними матеріалами, як тягучими, так і на водній основі (клей, грунтовка та ін.), прекрасно підійде як для фарбування авто, так і для робіт у важкодоступних місцях, видатковий матеріал знаходиться в верхньому бачку</t>
+            <t xml:space="preserve">Серія міні фарборозпилювачів забезпечує високу якість покриття при низькому споживанні повітря, має специфічну форму факела, яка дозволяє працювати з різними матеріалами, як тягучими, так і на водній основі (клей, грунтовка та ін.), прекрасно підійде як для фарбування авто, так і для робіт у важкодоступних місцях, видатковий матеріал знаходиться в верхньому бачку</t>
           </r>
         </is>
       </c>
       <c r="F25" s="2"/>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">AM8008 mini</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HVLP</t>
+            <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0.8</t>
+            <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,8 мм</t>
+            <t xml:space="preserve">1,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,5 / 1,0 / 1,2 / 1,5 мм</t>
+            <t xml:space="preserve">0,5 / 0,8 / 1,2 / 1,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.125</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -22031,154 +22143,80 @@
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,23 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...72 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H25" s="2">
-        <v>5902</v>
+        <v>6318</v>
       </c>
     </row>
     <row r="26" spans="1:8" customHeight="1" ht="150">
       <c r="A26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C26" s="2"/>
       <c r="D26" s="2" t="s">
         <v>83</v>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний міні Air Pro AM8008 НVLP WB (1,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний міні Air Pro AM8008 НVLP WB (0,8 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Серія міні фарборозпилювачів забезпечує високий обсяг перенесення при більшому споживанні повітря, в порівнянні з технологією LVLP, має специфічну форму факела, яка дозволяє працювати з різними матеріалами, як тягучими, так і на водній основі (клей, грунтовка та ін.), прекрасно підійде як для фарбування авто, так і для робіт у важкодоступних місцях, видатковий матеріал знаходиться в верхньому бачку</t>
           </r>
         </is>
       </c>
       <c r="F26" s="2"/>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -22215,87 +22253,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0</t>
+            <t xml:space="preserve">0.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 мм</t>
+            <t xml:space="preserve">0,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,5 / 0,8 / 1,2 / 1,5 мм</t>
+            <t xml:space="preserve">0,5 / 1,0 / 1,2 / 1,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.125</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -22423,843 +22461,845 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: HVLP
 Тип подачи: Верхняя
 Сменные сопла: 0,5 / 0,8 / 1,2 / 1,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H26" s="2">
-        <v>5902</v>
+        <v>5940</v>
       </c>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="150">
       <c r="A27" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C27" s="2"/>
       <c r="D27" s="2" t="s">
         <v>86</v>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний міні Star EVO-T-106TF-10G (1,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний міні Air Pro AM8008 НVLP WB (1,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний міні-фарбопульт Star EVO-T-106TF-10G із верхнім бачком 0,25 л та 1,0 мм соплом забезпечує ефективне нанесення матеріалу з 72% коефіцієнтом ефективного перенесення. Сопло 1,0 мм виготовлене з нержавіючої сталі, що робить його сумісним з різними видами лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-106TF є оптимальним рішенням для робіт з аерографії.</t>
+            <t xml:space="preserve">Серія міні фарборозпилювачів забезпечує високий обсяг перенесення при більшому споживанні повітря, в порівнянні з технологією LVLP, має специфічну форму факела, яка дозволяє працювати з різними матеріалами, як тягучими, так і на водній основі (клей, грунтовка та ін.), прекрасно підійде як для фарбування авто, так і для робіт у важкодоступних місцях, видатковий матеріал знаходиться в верхньому бачку</t>
           </r>
         </is>
       </c>
       <c r="F27" s="2"/>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">EVO-T-4F</t>
+            <t xml:space="preserve">AM8008 mini</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LVLP</t>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,5 / 0,8 / 1,0 / 1,2 мм</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">100-150 мм</t>
+            <t xml:space="preserve">0,5 / 0,8 / 1,2 / 1,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0.25</t>
+            <t xml:space="preserve">0.125</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">250 мл</t>
+            <t xml:space="preserve">125 мл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">170 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,1-1,3 бар</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">85-125 л/хв</t>
+            <t xml:space="preserve">2,0 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,23 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Краскопульты</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Пневматические</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал контейнера: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Нейлоновый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Тип системы: HVLP
+Тип подачи: Верхняя
+Сменные сопла: 0,5 / 0,8 / 1,2 / 1,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H27" s="2">
-        <v>6259</v>
+        <v>5940</v>
       </c>
     </row>
     <row r="28" spans="1:8" customHeight="1" ht="150">
       <c r="A28" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="2"/>
       <c r="D28" s="2" t="s">
         <v>89</v>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний міні Star S-2-05R (0,5 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний міні Star EVO-T-106TF-10G (1,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний міні фарбопульт Star S-2-05R з соплом 0,5 мм та боковою гравітаційною подачею матеріалу є чудовим варіантом для робіт з аерографії та фарбування невеликих деталей.</t>
+            <t xml:space="preserve">Пневматичний міні-фарбопульт Star EVO-T-106TF-10G із верхнім бачком 0,25 л та 1,0 мм соплом забезпечує ефективне нанесення матеріалу з 72% коефіцієнтом ефективного перенесення. Сопло 1,0 мм виготовлене з нержавіючої сталі, що робить його сумісним з різними видами лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-106TF є оптимальним рішенням для робіт з аерографії.</t>
           </r>
         </is>
       </c>
       <c r="F28" s="2"/>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Серія: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">EVO-T-4F</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">LVLP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип подачи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Верхня</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Механозбірка, Обробка поверхні</t>
+            <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Аерографія, Лакування, Фарбування</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">Верхня</t>
+            <t xml:space="preserve">Аерографія, Фарбування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0.5</t>
+            <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,5 мм</t>
+            <t xml:space="preserve">1,0 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Змінні сопла: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,5 / 0,8 / 1,0 / 1,2 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина факела: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">100-150 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Емкость бака, л: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0.25</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">200 мл</t>
+            <t xml:space="preserve">250 мл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,1-1,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">85-125 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H28" s="2">
-        <v>4334</v>
+        <v>6300</v>
       </c>
     </row>
     <row r="29" spans="1:8" customHeight="1" ht="150">
       <c r="A29" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="2"/>
       <c r="D29" s="2" t="s">
         <v>92</v>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-185G (1,8 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний міні Star S-2-05R (0,5 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-185G із верхнім бачком 0,6 л та 1,8 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 1,8 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
+            <t xml:space="preserve">Пневматичний міні фарбопульт Star S-2-05R з соплом 0,5 мм та боковою гравітаційною подачею матеріалу є чудовим варіантом для робіт з аерографії та фарбування невеликих деталей.</t>
           </r>
         </is>
       </c>
       <c r="F29" s="2"/>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Механозбірка, Обробка поверхні</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Аерографія, Лакування, Фарбування</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">EVO-T-4F</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">LVLP</t>
+            <t xml:space="preserve">S-2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.8</t>
+            <t xml:space="preserve">0.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,8 мм</t>
-[...53 lines deleted...]
-            <t xml:space="preserve">0.6</t>
+            <t xml:space="preserve">0,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,6 л</t>
-[...71 lines deleted...]
-            <t xml:space="preserve">325 г</t>
+            <t xml:space="preserve">200 мл</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H29" s="2">
-        <v>6602</v>
+        <v>4362</v>
       </c>
     </row>
     <row r="30" spans="1:8" customHeight="1" ht="150">
       <c r="A30" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C30" s="2"/>
       <c r="D30" s="2" t="s">
         <v>95</v>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-145G (1,4 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-205G (2,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-145G із верхнім бачком 0,6 л та 1,4 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 1,4 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
+            <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-205G із верхнім бачком 0,6 л та 2,0 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 2,0 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
           </r>
         </is>
       </c>
       <c r="F30" s="2"/>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">EVO-T-4F</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -23325,110 +23365,110 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Фарбування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4</t>
+            <t xml:space="preserve">2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4 мм</t>
+            <t xml:space="preserve">2,0 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Змінні сопла: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,2 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина факела: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">240-280 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Змінні сопла: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
@@ -23495,91 +23535,109 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">325 г</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H30" s="2">
-        <v>6598</v>
+        <v>6653</v>
       </c>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="150">
       <c r="A31" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C31" s="2"/>
       <c r="D31" s="2" t="s">
         <v>98</v>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Набір пневматичних фарборозпилювачів Star Mini Combo</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-165G (1,6 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Міні набір пневматичних фарборозпилювачів преміум-класу Star стане чудовим помічником при роботах з фарбування. Фарбопульти з верхньою подачею матеріалу забезпечують 72% коефіцієнт переносу матеріалу.</t>
+            <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-165G із верхнім бачком 0,6 л та 1,6 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 1,6 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
           </r>
         </is>
       </c>
       <c r="F31" s="2"/>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Серія: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">EVO-T-4F</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
@@ -23602,661 +23660,695 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Аерографія, Фарбування</t>
+            <t xml:space="preserve">Фарбування</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло в комплекті: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,6 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Змінні сопла: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,2 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина факела: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">240-280 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Емкость бака, л: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0.6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ємність бачка: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,6 л</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,3-1,5 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">283-340 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">325 г</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H31" s="2">
-        <v>24560</v>
+        <v>6653</v>
       </c>
     </row>
     <row r="32" spans="1:8" customHeight="1" ht="150">
       <c r="A32" s="2" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C32" s="2"/>
       <c r="D32" s="2" t="s">
         <v>101</v>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS-AL (1,6 мм)</t>
+            <t xml:space="preserve">Набір пневматичних фарборозпилювачів Star Mini Combo</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Покращена версія серії 2004 HVLP, яка відрізняється більш ергономічним корпусом, без різких деталей та шорстких поверхонь, зручніше для кисті майстра, примусове нагнітання матеріалу</t>
+            <t xml:space="preserve">Міні набір пневматичних фарборозпилювачів преміум-класу Star стане чудовим помічником при роботах з фарбування. Фарбопульти з верхньою подачею матеріалу забезпечують 72% коефіцієнт переносу матеріалу.</t>
           </r>
         </is>
       </c>
       <c r="F32" s="2"/>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Серія: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HVLP</t>
+            <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Сопло, мм: </t>
-[...211 lines deleted...]
-Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Аерографія, Фарбування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H32" s="2">
-        <v>7195</v>
+        <v>24718</v>
       </c>
     </row>
     <row r="33" spans="1:8" customHeight="1" ht="150">
       <c r="A33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C33" s="2"/>
       <c r="D33" s="2" t="s">
         <v>104</v>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro 77-P HP (1,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS-AL (1,6 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Призначений для використання з нагнітальними баками або нижніми бачками, має щелевидне сопло для плаского факелу, забезпечує високу якість перенесення густих матеріалів, підходить для нанесення клею, компактний та легкий, забезпечує високоякісну поверхневу обробку в автомобілебудуванні, виробництві меблів, будівництві та ін.</t>
+            <t xml:space="preserve">Покращена версія серії 2004 HVLP, яка відрізняється більш ергономічним корпусом, без різких деталей та шорстких поверхонь, зручніше для кисті майстра, примусове нагнітання матеріалу</t>
           </r>
         </is>
       </c>
       <c r="F33" s="2"/>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">77-P</t>
+            <t xml:space="preserve">AM5008</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP</t>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Нижня</t>
+            <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0</t>
+            <t xml:space="preserve">1.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 мм</t>
+            <t xml:space="preserve">1,6 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,5 / 2,0 / 2,5 мм</t>
+            <t xml:space="preserve">1,0 / 1,3 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Емкость бака, л: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0.6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ємність бачка: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,6 л</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">396 л/хв</t>
+            <t xml:space="preserve">196 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4,9 бар</t>
+            <t xml:space="preserve">5,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,393 кг</t>
+            <t xml:space="preserve">0,43 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Краскопульты</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Пневматические</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Матеріал контейнера: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Алюмінієвий</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Тип системы: HP
-[...1 lines deleted...]
-Сменные сопла: 1,5 / 2,0 / 2,5 мм</t>
+            <t xml:space="preserve">Тип системы: HVLP
+Тип подачи: Верхняя
+Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H33" s="2">
-        <v>3024</v>
+        <v>7241</v>
       </c>
     </row>
     <row r="34" spans="1:8" customHeight="1" ht="150">
       <c r="A34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C34" s="2"/>
       <c r="D34" s="2" t="s">
         <v>107</v>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro 77-P HP (1,5 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro 77-P HP (1,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Призначений для використання з нагнітальними баками або нижніми бачками, має щелевидне сопло для плаского факелу, забезпечує високу якість перенесення густих матеріалів, підходить для нанесення клею, компактний та легкий, забезпечує високоякісну поверхневу обробку в автомобілебудуванні, виробництві меблів, будівництві та ін.</t>
           </r>
         </is>
       </c>
       <c r="F34" s="2"/>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -24293,87 +24385,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нижня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.5</t>
+            <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,5 мм</t>
+            <t xml:space="preserve">1,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 2,0 / 2,5 мм</t>
+            <t xml:space="preserve">1,5 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">396 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
@@ -24439,85 +24531,85 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Пневматические</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: HP
 Тип подачи: Нижняя
-Сменные сопла: 1,0 / 2,0 / 2,5 мм</t>
+Сменные сопла: 1,5 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H34" s="2">
-        <v>5040</v>
+        <v>3043</v>
       </c>
     </row>
     <row r="35" spans="1:8" customHeight="1" ht="150">
       <c r="A35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="2"/>
       <c r="D35" s="2" t="s">
         <v>110</v>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro 77-P HP (2,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro 77-P HP (1,5 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Призначений для використання з нагнітальними баками або нижніми бачками, має щелевидне сопло для плаского факелу, забезпечує високу якість перенесення густих матеріалів, підходить для нанесення клею, компактний та легкий, забезпечує високоякісну поверхневу обробку в автомобілебудуванні, виробництві меблів, будівництві та ін.</t>
           </r>
         </is>
       </c>
       <c r="F35" s="2"/>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -24554,87 +24646,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нижня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.0</t>
+            <t xml:space="preserve">1.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 мм</t>
+            <t xml:space="preserve">1,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,5 / 2,5 мм</t>
+            <t xml:space="preserve">1,0 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">396 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
@@ -24700,85 +24792,85 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Пневматические</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: HP
 Тип подачи: Нижняя
-Сменные сопла: 1,0 / 1,5 / 2,5 мм</t>
+Сменные сопла: 1,0 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H35" s="2">
-        <v>5040</v>
+        <v>5072</v>
       </c>
     </row>
     <row r="36" spans="1:8" customHeight="1" ht="150">
       <c r="A36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="2"/>
       <c r="D36" s="2" t="s">
         <v>113</v>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro 77-P HP (2,5 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro 77-P HP (2,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Призначений для використання з нагнітальними баками або нижніми бачками, має щелевидне сопло для плаского факелу, забезпечує високу якість перенесення густих матеріалів, підходить для нанесення клею, компактний та легкий, забезпечує високоякісну поверхневу обробку в автомобілебудуванні, виробництві меблів, будівництві та ін.</t>
           </r>
         </is>
       </c>
       <c r="F36" s="2"/>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -24815,87 +24907,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нижня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.5</t>
+            <t xml:space="preserve">2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,5 мм</t>
+            <t xml:space="preserve">2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,5 / 2,0 мм</t>
+            <t xml:space="preserve">1,0 / 1,5 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">396 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
@@ -24961,427 +25053,373 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Пневматические</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: HP
 Тип подачи: Нижняя
-Сменные сопла: 1,0 / 1,5 / 2,0 мм</t>
+Сменные сопла: 1,0 / 1,5 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H36" s="2">
-        <v>5040</v>
+        <v>5072</v>
       </c>
     </row>
     <row r="37" spans="1:8" customHeight="1" ht="150">
       <c r="A37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C37" s="2"/>
       <c r="D37" s="2" t="s">
         <v>116</v>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM2012 HVLP WB (1,6 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro 77-P HP (2,5 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Фарборозпилювач високого класу з мінімальним туманоутворюванням для найвищих потреб, коефіцієнт переносу становить понад 70%, має широкий регульований по ширині факел (плаский/ круглий), тривалий термін служби і надійну конструкцію, стійкий до абразивного впливу грунтів, прекрасно підходить для фінішних покриттів</t>
+            <t xml:space="preserve">Призначений для використання з нагнітальними баками або нижніми бачками, має щелевидне сопло для плаского факелу, забезпечує високу якість перенесення густих матеріалів, підходить для нанесення клею, компактний та легкий, забезпечує високоякісну поверхневу обробку в автомобілебудуванні, виробництві меблів, будівництві та ін.</t>
           </r>
         </is>
       </c>
       <c r="F37" s="2"/>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">AM2012</t>
+            <t xml:space="preserve">77-P</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HVLP</t>
+            <t xml:space="preserve">HP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Верхня</t>
+            <t xml:space="preserve">Нижня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.6</t>
+            <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,6 мм</t>
+            <t xml:space="preserve">2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,3 / 1,4 / 1,8 / 2,5 мм</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">0,6 л</t>
+            <t xml:space="preserve">1,0 / 1,5 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">285 л/хв</t>
+            <t xml:space="preserve">396 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 бар</t>
+            <t xml:space="preserve">4,9 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,45 кг</t>
+            <t xml:space="preserve">0,393 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Краскопульты</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Пневматические</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Матеріал контейнера: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Тип системы: HVLP
-[...1 lines deleted...]
-Сменные сопла: 1,3 / 1,4 / 1,8 / 2,5 мм</t>
+            <t xml:space="preserve">Тип системы: HP
+Тип подачи: Нижняя
+Сменные сопла: 1,0 / 1,5 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H37" s="2">
-        <v>9247</v>
+        <v>5072</v>
       </c>
     </row>
     <row r="38" spans="1:8" customHeight="1" ht="150">
       <c r="A38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C38" s="2"/>
       <c r="D38" s="2" t="s">
         <v>119</v>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (1,0 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM2012 HVLP WB (1,6 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
+            <t xml:space="preserve">Фарборозпилювач високого класу з мінімальним туманоутворюванням для найвищих потреб, коефіцієнт переносу становить понад 70%, має широкий регульований по ширині факел (плаский/ круглий), тривалий термін служби і надійну конструкцію, стійкий до абразивного впливу грунтів, прекрасно підходить для фінішних покриттів</t>
           </r>
         </is>
       </c>
       <c r="F38" s="2"/>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">AM5008</t>
+            <t xml:space="preserve">AM2012</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
@@ -25391,87 +25429,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0</t>
+            <t xml:space="preserve">1.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 мм</t>
+            <t xml:space="preserve">1,6 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,3 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
+            <t xml:space="preserve">1,3 / 1,4 / 1,8 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -25481,87 +25519,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,6 л</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">283 л/хв</t>
+            <t xml:space="preserve">285 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,43 кг</t>
+            <t xml:space="preserve">0,45 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Краскопульты</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
@@ -25591,85 +25629,85 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нейлоновый</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: HVLP
 Тип подачи: Верхняя
-Сменные сопла: 1,3 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
+Сменные сопла: 1,3 / 1,4 / 1,8 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H38" s="2">
-        <v>7351</v>
+        <v>9307</v>
       </c>
     </row>
     <row r="39" spans="1:8" customHeight="1" ht="150">
       <c r="A39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C39" s="2"/>
       <c r="D39" s="2" t="s">
         <v>122</v>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (1,3 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (1,0 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
           </r>
         </is>
       </c>
       <c r="F39" s="2"/>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -25706,87 +25744,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.3</t>
+            <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,3 мм</t>
+            <t xml:space="preserve">1,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
+            <t xml:space="preserve">1,3 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -25906,85 +25944,85 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нейлоновый</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: HVLP
 Тип подачи: Верхняя
-Сменные сопла: 1,0 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
+Сменные сопла: 1,3 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H39" s="2">
-        <v>7351</v>
+        <v>7398</v>
       </c>
     </row>
     <row r="40" spans="1:8" customHeight="1" ht="150">
       <c r="A40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C40" s="2"/>
       <c r="D40" s="2" t="s">
         <v>125</v>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (1,6 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (1,3 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
           </r>
         </is>
       </c>
       <c r="F40" s="2"/>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -26021,87 +26059,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.6</t>
+            <t xml:space="preserve">1.3</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,6 мм</t>
+            <t xml:space="preserve">1,3 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,3 / 1,4 / 1,8 / 2,0 мм</t>
+            <t xml:space="preserve">1,0 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -26221,85 +26259,85 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нейлоновый</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: HVLP
 Тип подачи: Верхняя
-Сменные сопла: 1,0 / 1,3 / 1,4 / 1,8 / 2,0 мм</t>
+Сменные сопла: 1,0 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H40" s="2">
-        <v>7351</v>
+        <v>7398</v>
       </c>
     </row>
     <row r="41" spans="1:8" customHeight="1" ht="150">
       <c r="A41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C41" s="2"/>
       <c r="D41" s="2" t="s">
         <v>128</v>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (1,8 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (1,6 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
           </r>
         </is>
       </c>
       <c r="F41" s="2"/>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -26336,87 +26374,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.8</t>
+            <t xml:space="preserve">1.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,8 мм</t>
+            <t xml:space="preserve">1,6 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,3 / 1,4 / 1,6 / 2,0 мм</t>
+            <t xml:space="preserve">1,0 / 1,3 / 1,4 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -26536,85 +26574,85 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нейлоновый</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: HVLP
 Тип подачи: Верхняя
-Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 2,0 мм</t>
+Сменные сопла: 1,0 / 1,3 / 1,4 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H41" s="2">
-        <v>7351</v>
+        <v>7398</v>
       </c>
     </row>
     <row r="42" spans="1:8" customHeight="1" ht="150">
       <c r="A42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C42" s="2"/>
       <c r="D42" s="2" t="s">
         <v>131</v>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (2,0 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (1,8 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
           </r>
         </is>
       </c>
       <c r="F42" s="2"/>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -26651,87 +26689,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.0</t>
+            <t xml:space="preserve">1.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 мм</t>
+            <t xml:space="preserve">1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
+            <t xml:space="preserve">1,0 / 1,3 / 1,4 / 1,6 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -26851,85 +26889,85 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нейлоновый</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: HVLP
 Тип подачи: Верхняя
-Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
+Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H42" s="2">
-        <v>7351</v>
+        <v>7398</v>
       </c>
     </row>
     <row r="43" spans="1:8" customHeight="1" ht="150">
       <c r="A43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C43" s="2"/>
       <c r="D43" s="2" t="s">
         <v>134</v>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (2,5 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (2,0 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
           </r>
         </is>
       </c>
       <c r="F43" s="2"/>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -26966,87 +27004,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.5</t>
+            <t xml:space="preserve">2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,5 мм</t>
+            <t xml:space="preserve">2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,3 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
+            <t xml:space="preserve">1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -27174,84 +27212,84 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: HVLP
 Тип подачи: Верхняя
 Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H43" s="2">
-        <v>7351</v>
+        <v>7398</v>
       </c>
     </row>
     <row r="44" spans="1:8" customHeight="1" ht="150">
       <c r="A44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C44" s="2"/>
       <c r="D44" s="2" t="s">
         <v>137</v>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS-AL (1,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (2,5 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Покращена версія серії 2004 HVLP, яка відрізняється більш ергономічним корпусом, без різких деталей та шорстких поверхонь, зручніше для кисті майстра, примусове нагнітання матеріалу</t>
+            <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
           </r>
         </is>
       </c>
       <c r="F44" s="2"/>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">AM5008</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -27281,87 +27319,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0</t>
+            <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 мм</t>
+            <t xml:space="preserve">2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,3 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
+            <t xml:space="preserve">1,0 / 1,3 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -27371,69 +27409,69 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,6 л</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">196 л/хв</t>
+            <t xml:space="preserve">283 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5,0 бар</t>
+            <t xml:space="preserve">2,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,43 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип: </t>
           </r>
@@ -27461,105 +27499,105 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Пневматические</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал контейнера: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Алюмінієвий</t>
+            <t xml:space="preserve">Нейлоновый</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: HVLP
 Тип подачи: Верхняя
 Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H44" s="2">
-        <v>7042</v>
+        <v>7398</v>
       </c>
     </row>
     <row r="45" spans="1:8" customHeight="1" ht="150">
       <c r="A45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C45" s="2"/>
       <c r="D45" s="2" t="s">
         <v>140</v>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS-AL (2,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS-AL (1,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Покращена версія серії 2004 HVLP, яка відрізняється більш ергономічним корпусом, без різких деталей та шорстких поверхонь, зручніше для кисті майстра, примусове нагнітання матеріалу</t>
           </r>
         </is>
       </c>
       <c r="F45" s="2"/>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -27596,69 +27634,69 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.0</t>
+            <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 мм</t>
+            <t xml:space="preserve">1,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,0 / 1,3 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
@@ -27804,862 +27842,862 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: HVLP
 Тип подачи: Верхняя
 Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H45" s="2">
-        <v>7195</v>
+        <v>7088</v>
       </c>
     </row>
     <row r="46" spans="1:8" customHeight="1" ht="150">
       <c r="A46" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C46" s="2"/>
       <c r="D46" s="2" t="s">
         <v>143</v>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-125G (1,2 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS-AL (2,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-125G із верхнім бачком 0,6 л та 1,2 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 1,2 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
+            <t xml:space="preserve">Покращена версія серії 2004 HVLP, яка відрізняється більш ергономічним корпусом, без різких деталей та шорстких поверхонь, зручніше для кисті майстра, примусове нагнітання матеріалу</t>
           </r>
         </is>
       </c>
       <c r="F46" s="2"/>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">EVO-T-4F</t>
+            <t xml:space="preserve">AM5008</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LVLP</t>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.2</t>
+            <t xml:space="preserve">2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,2 мм</t>
+            <t xml:space="preserve">2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,2 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">240-280 мм</t>
+            <t xml:space="preserve">1,0 / 1,3 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,6 л</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">196 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,3-1,5 бар</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">до 1.0</t>
+            <t xml:space="preserve">5,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">325 г</t>
+            <t xml:space="preserve">0,43 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Краскопульты</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Пневматические</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал контейнера: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Алюмінієвий</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Тип системы: HVLP
+Тип подачи: Верхняя
+Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H46" s="2">
-        <v>6610</v>
+        <v>7241</v>
       </c>
     </row>
     <row r="47" spans="1:8" customHeight="1" ht="150">
-      <c r="A47" s="2"/>
+      <c r="A47" s="2" t="s">
+        <v>8</v>
+      </c>
       <c r="B47" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C47" s="2"/>
       <c r="D47" s="2" t="s">
         <v>146</v>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB-HV (2,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-145G (1,4 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Поліпшена версія серії 2004 HVLP, яка відрізняється більш ергономічним корпусом, без незграбних і шорстких, зручніше для пензля майстра, примусове нагнітання матеріалу.</t>
+            <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-145G із верхнім бачком 0,6 л та 1,4 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 1,4 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
           </r>
         </is>
       </c>
       <c r="F47" s="2"/>
       <c r="G47" s="2" t="inlineStr">
-        <is/>
+        <is>
+          <r>
+            <t xml:space="preserve">Серія: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">EVO-T-4F</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">LVLP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип подачи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Верхня</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Фарбування</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.4</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло в комплекті: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,4 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина факела: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">240-280 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Змінні сопла: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,2 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Емкость бака, л: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0.6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ємність бачка: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,6 л</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,3-1,5 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">283-340 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">325 г</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
       </c>
       <c r="H47" s="2">
-        <v>8564</v>
+        <v>6641</v>
       </c>
     </row>
     <row r="48" spans="1:8" customHeight="1" ht="150">
-      <c r="A48" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A48" s="2"/>
       <c r="B48" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C48" s="2"/>
       <c r="D48" s="2" t="s">
         <v>149</v>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB-HV (2,5 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB-HV (2,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Покращена версія серії 2004 HVLP, яка відрізняється більш ергономічним корпусом, без різких деталей та шорстких поверхонь, зручніше для кисті майстра, примусове нагнітання матеріалу</t>
+            <t xml:space="preserve">Поліпшена версія серії 2004 HVLP, яка відрізняється більш ергономічним корпусом, без незграбних і шорстких, зручніше для пензля майстра, примусове нагнітання матеріалу.</t>
           </r>
         </is>
       </c>
       <c r="F48" s="2"/>
       <c r="G48" s="2" t="inlineStr">
-        <is>
-[...272 lines deleted...]
-        </is>
+        <is/>
       </c>
       <c r="H48" s="2">
-        <v>8564</v>
+        <v>8619</v>
       </c>
     </row>
     <row r="49" spans="1:8" customHeight="1" ht="150">
       <c r="A49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C49" s="2"/>
       <c r="D49" s="2" t="s">
         <v>152</v>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS (1,0 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB-HV (2,5 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
+            <t xml:space="preserve">Покращена версія серії 2004 HVLP, яка відрізняється більш ергономічним корпусом, без різких деталей та шорстких поверхонь, зручніше для кисті майстра, примусове нагнітання матеріалу</t>
           </r>
         </is>
       </c>
       <c r="F49" s="2"/>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">AM5008</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LVLP</t>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0</t>
+            <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 мм</t>
+            <t xml:space="preserve">2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,2 / 1,3 / 1,4 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
+            <t xml:space="preserve">1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -28687,51 +28725,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">196 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,5 бар</t>
+            <t xml:space="preserve">5,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,43 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип: </t>
           </r>
@@ -28777,87 +28815,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нейлоновый</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Тип системы: LVLP
+            <t xml:space="preserve">Тип системы: HVLP
 Тип подачи: Верхняя
-Сменные сопла: 1,2 / 1,3 / 1,4 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
+Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H49" s="2">
-        <v>4185</v>
+        <v>8619</v>
       </c>
     </row>
     <row r="50" spans="1:8" customHeight="1" ht="150">
       <c r="A50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C50" s="2"/>
       <c r="D50" s="2" t="s">
         <v>155</v>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS (1,4 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS (1,0 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
           </r>
         </is>
       </c>
       <c r="F50" s="2"/>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -28894,87 +28932,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4</t>
+            <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4 мм</t>
+            <t xml:space="preserve">1,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
+            <t xml:space="preserve">1,2 / 1,3 / 1,4 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -29094,85 +29132,85 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нейлоновый</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: LVLP
 Тип подачи: Верхняя
-Сменные сопла: 1,0 / 1,2 / 1,3 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
+Сменные сопла: 1,2 / 1,3 / 1,4 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H50" s="2">
-        <v>6975</v>
+        <v>4212</v>
       </c>
     </row>
     <row r="51" spans="1:8" customHeight="1" ht="150">
       <c r="A51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C51" s="2"/>
       <c r="D51" s="2" t="s">
         <v>158</v>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS (1,6 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS (1,4 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
           </r>
         </is>
       </c>
       <c r="F51" s="2"/>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -29209,87 +29247,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.6</t>
+            <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,6 мм</t>
+            <t xml:space="preserve">1,4 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,8 / 2,0 / 2,5 мм</t>
+            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -29409,85 +29447,85 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нейлоновый</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: LVLP
 Тип подачи: Верхняя
-Сменные сопла: 1,0 / 1,2 / 1,3 / 1,4 / 1,8 / 2,0 / 2,5 мм</t>
+Сменные сопла: 1,0 / 1,2 / 1,3 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H51" s="2">
-        <v>6975</v>
+        <v>7020</v>
       </c>
     </row>
     <row r="52" spans="1:8" customHeight="1" ht="150">
       <c r="A52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C52" s="2"/>
       <c r="D52" s="2" t="s">
         <v>161</v>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS (1,8 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS (1,6 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
           </r>
         </is>
       </c>
       <c r="F52" s="2"/>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -29524,87 +29562,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.8</t>
+            <t xml:space="preserve">1.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,8 мм</t>
+            <t xml:space="preserve">1,6 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,6 / 2,0 / 2,5 мм</t>
+            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,8 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -29655,80 +29693,154 @@
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,5 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,43 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
+          <r>
+            <t xml:space="preserve">Тип: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Краскопульты</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Пневматические</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал контейнера: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Нейлоновый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Тип системы: LVLP
+Тип подачи: Верхняя
+Сменные сопла: 1,0 / 1,2 / 1,3 / 1,4 / 1,8 / 2,0 / 2,5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
         </is>
       </c>
       <c r="H52" s="2">
-        <v>6975</v>
+        <v>7020</v>
       </c>
     </row>
     <row r="53" spans="1:8" customHeight="1" ht="150">
       <c r="A53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C53" s="2"/>
       <c r="D53" s="2" t="s">
         <v>164</v>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS (2,0 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS (1,8 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
           </r>
         </is>
       </c>
       <c r="F53" s="2"/>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -29765,87 +29877,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.0</t>
+            <t xml:space="preserve">1.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 мм</t>
+            <t xml:space="preserve">1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,6 / 1,8 / 2,5 мм</t>
+            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,6 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -29896,154 +30008,80 @@
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,5 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,43 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...72 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H53" s="2">
-        <v>6975</v>
+        <v>7020</v>
       </c>
     </row>
     <row r="54" spans="1:8" customHeight="1" ht="150">
       <c r="A54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C54" s="2"/>
       <c r="D54" s="2" t="s">
         <v>167</v>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS (2,5 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS (2,0 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
           </r>
         </is>
       </c>
       <c r="F54" s="2"/>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -30080,87 +30118,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.5</t>
+            <t xml:space="preserve">2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,5 мм</t>
+            <t xml:space="preserve">2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
+            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,6 / 1,8 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -30280,92 +30318,92 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нейлоновый</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: LVLP
 Тип подачи: Верхняя
-Сменные сопла: 1,0 / 1,2 / 1,3 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
+Сменные сопла: 1,0 / 1,2 / 1,3 / 1,6 / 1,8 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H54" s="2">
-        <v>6975</v>
+        <v>7020</v>
       </c>
     </row>
     <row r="55" spans="1:8" customHeight="1" ht="150">
       <c r="A55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="2"/>
       <c r="D55" s="2" t="s">
         <v>170</v>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS-AL (1,4 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS (2,5 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Покращена версія серії 2004 LVLP, яка відрізняється більш ергономічним корпусом, без різких деталей та шорстких поверхонь, зручніше для кисті майстра</t>
+            <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
           </r>
         </is>
       </c>
       <c r="F55" s="2"/>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">AM5008</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -30395,87 +30433,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4</t>
+            <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4 мм</t>
+            <t xml:space="preserve">2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,3 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
+            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -30575,112 +30613,112 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Пневматические</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал контейнера: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Алюмінієвий</t>
+            <t xml:space="preserve">Нейлоновый</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: LVLP
 Тип подачи: Верхняя
-Сменные сопла: 1,0 / 1,2 / 1,3 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
+Сменные сопла: 1,0 / 1,2 / 1,3 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H55" s="2">
-        <v>7042</v>
+        <v>7020</v>
       </c>
     </row>
     <row r="56" spans="1:8" customHeight="1" ht="150">
       <c r="A56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C56" s="2"/>
       <c r="D56" s="2" t="s">
         <v>173</v>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB-HV (2,5 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS-AL (1,4 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Покращена версія серії 2004 LVLP, яка відрізняється більш ергономічним корпусом, без різких деталей та шорстких поверхонь, зручніше для кисті майстра, примусове нагнітання матеріалу</t>
+            <t xml:space="preserve">Покращена версія серії 2004 LVLP, яка відрізняється більш ергономічним корпусом, без різких деталей та шорстких поверхонь, зручніше для кисті майстра</t>
           </r>
         </is>
       </c>
       <c r="F56" s="2"/>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">AM5008</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -30710,87 +30748,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.0</t>
+            <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 мм</t>
+            <t xml:space="preserve">1,4 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,3 / 1,4 / 1,6 / 1,8 / 2,5 мм</t>
+            <t xml:space="preserve">1,0 / 1,3 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -30800,69 +30838,69 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,6 л</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">283 л/хв</t>
+            <t xml:space="preserve">196 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5,0 бар</t>
+            <t xml:space="preserve">1,5 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,43 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип: </t>
           </r>
@@ -30890,560 +30928,1188 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Пневматические</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал контейнера: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Нейлоновый</t>
+            <t xml:space="preserve">Алюмінієвий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: LVLP
 Тип подачи: Верхняя
-Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 1,8 / 2,5 мм</t>
+Сменные сопла: 1,0 / 1,2 / 1,3 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H56" s="2">
-        <v>8564</v>
+        <v>7088</v>
       </c>
     </row>
     <row r="57" spans="1:8" customHeight="1" ht="150">
       <c r="A57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C57" s="2"/>
       <c r="D57" s="2" t="s">
         <v>176</v>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM6008 LVLP WB-P (1,6 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB-HV (2,5 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Забезпечує високий коефіцієнт перенесення густих матеріалів при низькому споживанні повітря, має м'який двоконтурний факел з можливістю регулювання його ширини, призначений для використання з нагнітальними баками або нижніми бачками</t>
+            <t xml:space="preserve">Покращена версія серії 2004 LVLP, яка відрізняється більш ергономічним корпусом, без різких деталей та шорстких поверхонь, зручніше для кисті майстра, примусове нагнітання матеріалу</t>
           </r>
         </is>
       </c>
       <c r="F57" s="2"/>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">AM6008</t>
+            <t xml:space="preserve">AM5008</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Нижня</t>
+            <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.6</t>
+            <t xml:space="preserve">2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,6 мм</t>
+            <t xml:space="preserve">2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,5 / 1,8 / 2,0 / 2,5 мм</t>
+            <t xml:space="preserve">1,0 / 1,3 / 1,4 / 1,6 / 1,8 / 2,5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Емкость бака, л: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0.6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ємність бачка: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,6 л</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">198 л/хв</t>
+            <t xml:space="preserve">283 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 бар</t>
+            <t xml:space="preserve">5,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,48 кг</t>
+            <t xml:space="preserve">0,43 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Краскопульты</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Пневматические</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал контейнера: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Нейлоновый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Тип системы: LVLP
+Тип подачи: Верхняя
+Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 1,8 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H57" s="2">
-        <v>6288</v>
+        <v>8619</v>
       </c>
     </row>
     <row r="58" spans="1:8" customHeight="1" ht="150">
       <c r="A58" s="2" t="s">
-        <v>179</v>
+        <v>13</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C58" s="2"/>
       <c r="D58" s="2" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Fachowiec K899 REALLY HP (2,5 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM6008 LVLP WB-P (1,6 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Фарборозпилювач має високу ефективність, забезпечує легкий і швидкий процес фарбування, а високий тиск HP має більш низьке споживання повітря в порівнянні з іншими системами. Модель без бачка, з нижнім підключенням, що дозволяє працювати з нагнітальними баками різних об'ємів.</t>
+            <t xml:space="preserve">Забезпечує високий коефіцієнт перенесення густих матеріалів при низькому споживанні повітря, має м'який двоконтурний факел з можливістю регулювання його ширини, призначений для використання з нагнітальними баками або нижніми бачками</t>
           </r>
         </is>
       </c>
       <c r="F58" s="2"/>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">REALLY</t>
+            <t xml:space="preserve">AM6008</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP</t>
+            <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нижня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.5</t>
+            <t xml:space="preserve">1.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,5 мм</t>
+            <t xml:space="preserve">1,6 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Змінні сопла: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,5 / 1,8 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">385 л/хв</t>
+            <t xml:space="preserve">198 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4,0 бар</t>
-[...54 lines deleted...]
-Тип подачи: Нижняя</t>
+            <t xml:space="preserve">2,0 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,48 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H58" s="2">
-        <v>7340</v>
+        <v>6329</v>
       </c>
     </row>
     <row r="59" spans="1:8" customHeight="1" ht="150">
       <c r="A59" s="2" t="s">
-        <v>8</v>
+        <v>182</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C59" s="2"/>
       <c r="D59" s="2" t="s">
         <v>183</v>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний міні Star SJ-108 (1,4 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Fachowiec K899 REALLY HP (2,5 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний міні-фарбопульт Star SJ-108 із нижнім бачком та самоцентруючим мідним 1,4 мм соплом забезпечує ефективне нанесення матеріалу та є оптимальним рішенням для робіт з аерографії.</t>
+            <t xml:space="preserve">Фарборозпилювач має високу ефективність, забезпечує легкий і швидкий процес фарбування, а високий тиск HP має більш низьке споживання повітря в порівнянні з іншими системами. Модель без бачка, з нижнім підключенням, що дозволяє працювати з нагнітальними баками різних об'ємів.</t>
           </r>
         </is>
       </c>
       <c r="F59" s="2"/>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Серія: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">REALLY</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">HP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип подачи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Нижня</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло в комплекті: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2,5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">385 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">4,0 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Краскопульты</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Пневматические</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Тип системы: HP
+Тип подачи: Нижняя</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H59" s="2">
+        <v>7387</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8" customHeight="1" ht="150">
+      <c r="A60" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B60" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" s="2"/>
+      <c r="D60" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="E60" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-125G (1,2 мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-125G із верхнім бачком 0,6 л та 1,2 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 1,2 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
+          </r>
+        </is>
+      </c>
+      <c r="F60" s="2"/>
+      <c r="G60" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Серія: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">EVO-T-4F</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">LVLP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип подачи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Верхня</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Фарбування</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло в комплекті: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,2 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Змінні сопла: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,2 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина факела: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">240-280 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Емкость бака, л: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0.6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ємність бачка: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,6 л</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,3-1,5 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">283-340 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">325 г</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H60" s="2">
+        <v>6653</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8" customHeight="1" ht="150">
+      <c r="A61" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B61" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" s="2"/>
+      <c r="D61" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="E61" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Фарборозпилювач пневматичний міні Star SJ-108 (1,4 мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Пневматичний міні-фарбопульт Star SJ-108 із нижнім бачком та самоцентруючим мідним 1,4 мм соплом забезпечує ефективне нанесення матеріалу та є оптимальним рішенням для робіт з аерографії.</t>
+          </r>
+        </is>
+      </c>
+      <c r="F61" s="2"/>
+      <c r="G61" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">Механозбірка, Обробка поверхні</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Аерографія, Лакування, Фарбування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Серія: </t>
@@ -31587,52 +32253,52 @@
             <t xml:space="preserve">80-113 л/мин</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2,0-3,5 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H59" s="2">
-        <v>3575</v>
+      <c r="H61" s="2">
+        <v>3598</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>