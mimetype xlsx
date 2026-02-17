--- v1 (2026-01-01)
+++ v2 (2026-02-17)
@@ -15,74 +15,74 @@
   <Default Extension="webp" ContentType="image/webp"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="192">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="195">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 01.01.2026р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 17.02.2026р.</t>
   </si>
   <si>
     <t>Star</t>
   </si>
   <si>
     <t>Фарборозпилювачі (Фарбопульт)</t>
   </si>
   <si>
     <t>4F Combo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Набір пневматичних фарборозпилювачів Star 4F Combo</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -130,64 +130,64 @@
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип задачі: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Фарбування</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
-    <t>HW-SA102-0,8</t>
+    <t>HW-SA102-1,8</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro  HW-SA102 LVLP (0,8 мм)</t>
+      <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro  HW-SA102 (1,8 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Має високоякісне виконання, забезпечить високу швидкість та точність нанесення витратного матеріалу, є можливість окремо регулювати подачу матеріалу та повітря, а також можливість додаткового підводу матеріалів</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Серія: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HW авто</t>
     </r>
@@ -203,123 +203,419 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LVLP</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0.8</t>
+      <t xml:space="preserve">1.8</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло в комплекті: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,8 мм</t>
+      <t xml:space="preserve">1,8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Змінні сопла: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,0 / 1,3 / 1,5 / 1,8 / 2,0 мм</t>
+      <t xml:space="preserve">0,8 / 1,0 / 1,3 / 1,5 / 2,0 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Витрата повітря: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">270 л/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Робочий тиск: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3-4 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>EVO-T-4F-205G</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-205G (2,0 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-205G із верхнім бачком 0,6 л та 2,0 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 2,0 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">EVO-T-4F</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Верхня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарбування</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,2 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина факела: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">240-280 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Емкость бака, л: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0.6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ємність бачка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,6 л</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,3-1,5 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">283-340 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">325 г</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>S-4C-161G</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Фарборозпилювач пневматичний Star S-4C-161G (1,6 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
@@ -2998,64 +3294,64 @@
       <t xml:space="preserve">270 л/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Робочий тиск: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3-4 бар</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>HW-SA102-1,8</t>
+    <t>HW-SA102-0,8</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro  HW-SA102 (1,8 мм)</t>
+      <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro  HW-SA102 LVLP (0,8 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Має високоякісне виконання, забезпечить високу швидкість та точність нанесення витратного матеріалу, є можливість окремо регулювати подачу матеріалу та повітря, а також можливість додаткового підводу матеріалів</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Серія: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HW авто</t>
     </r>
@@ -3071,123 +3367,419 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">LVLP</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.8</t>
+      <t xml:space="preserve">0.8</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло в комплекті: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,8 мм</t>
+      <t xml:space="preserve">0,8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Змінні сопла: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,8 / 1,0 / 1,3 / 1,5 / 2,0 мм</t>
+      <t xml:space="preserve">1,0 / 1,3 / 1,5 / 1,8 / 2,0 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Витрата повітря: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">270 л/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Робочий тиск: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3-4 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>EVO-T-4F-165G</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-165G (1,6 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-165G із верхнім бачком 0,6 л та 1,6 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 1,6 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">EVO-T-4F</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Верхня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарбування</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,6 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,2 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина факела: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">240-280 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Емкость бака, л: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0.6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ємність бачка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,6 л</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,3-1,5 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">283-340 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">325 г</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>HW-SA102-1,0</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro  HW-SA102 LVLP (1,0 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
@@ -3302,346 +3894,50 @@
       <t xml:space="preserve">270 л/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Робочий тиск: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3-4 бар</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>EVO-T-4F-185G</t>
-[...294 lines deleted...]
-  <si>
     <t>AM-KA5 -1.0</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro AM-KA5 (1,0 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">AM-KA5 має високоякісне виконання, забезпечить високу швидкість подачі матеріалу до 600 куб.см/хв, є можливість регулювати ширину факела.</t>
     </r>
   </si>
   <si>
     <r>
@@ -6040,71 +6336,71 @@
       <t xml:space="preserve">0,5 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ємність бачка: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">200 мл</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>EVO-T-4F-205G</t>
+    <t>EVO-T-4F-185G</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-205G (2,0 мм)</t>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-185G (1,8 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-205G із верхнім бачком 0,6 л та 2,0 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 2,0 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
+      <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-185G із верхнім бачком 0,6 л та 1,8 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 1,8 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Серія: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">EVO-T-4F</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип системи: </t>
     </r>
     <r>
@@ -6167,69 +6463,69 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Фарбування</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2.0</t>
+      <t xml:space="preserve">1.8</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло в комплекті: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2,0 мм</t>
+      <t xml:space="preserve">1,8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Змінні сопла: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1,2 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина факела: </t>
     </r>
@@ -6336,71 +6632,71 @@
       <t xml:space="preserve">до 1.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">325 г</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>EVO-T-4F-165G</t>
+    <t>EVO-T-4F-145G</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-165G (1,6 мм)</t>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-145G (1,4 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-165G із верхнім бачком 0,6 л та 1,6 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 1,6 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
+      <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-145G із верхнім бачком 0,6 л та 1,4 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 1,4 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Серія: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">EVO-T-4F</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип системи: </t>
     </r>
     <r>
@@ -6463,105 +6759,105 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Фарбування</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.6</t>
+      <t xml:space="preserve">1.4</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло в комплекті: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,6 мм</t>
+      <t xml:space="preserve">1,4 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина факела: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">240-280 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Змінні сопла: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1,2 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
-    </r>
-[...16 lines deleted...]
-      <t xml:space="preserve">240-280 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Емкость бака, л: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">0.6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ємність бачка: </t>
     </r>
@@ -10686,71 +10982,71 @@
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Тип системы: HVLP
 Тип подачи: Верхняя
 Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>EVO-T-4F-145G</t>
+    <t>EVO-T-4F-125G</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-145G (1,4 мм)</t>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-125G (1,2 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-145G із верхнім бачком 0,6 л та 1,4 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 1,4 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
+      <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-125G із верхнім бачком 0,6 л та 1,2 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 1,2 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Серія: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">EVO-T-4F</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип системи: </t>
     </r>
     <r>
@@ -10813,105 +11109,105 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Фарбування</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4</t>
+      <t xml:space="preserve">1.2</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сопло в комплекті: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4 мм</t>
+      <t xml:space="preserve">1,2 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,2 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина факела: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">240-280 мм</t>
-    </r>
-[...16 lines deleted...]
-      <t xml:space="preserve">1,2 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Емкость бака, л: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">0.6</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ємність бачка: </t>
     </r>
@@ -13743,50 +14039,238 @@
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1,6 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Змінні сопла: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,5 / 1,8 / 2,0 / 2,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">198 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,48 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>AM6008LVLP WB-P-1.8</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM6008 LVLP WB-P (1,8 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Забезпечує високий коефіцієнт перенесення густих матеріалів при низькому споживанні повітря, має м'який двоконтурний факел з можливістю регулювання його ширини, призначений для використання з нагнітальними баками або нижніми бачками</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Серія: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">AM6008</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип системи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">LVLP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип подачи: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Нижня</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сопло в комплекті: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,8 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Змінні сопла: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,6 / 2,0 / 2,5 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Витрата повітря: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">198 л/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Робочий тиск: </t>
     </r>
@@ -14007,346 +14491,50 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пневматические</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Тип системы: HP
 Тип подачи: Нижняя</t>
-    </r>
-[...294 lines deleted...]
-      <t xml:space="preserve">325 г</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>S-108</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Фарборозпилювач пневматичний міні Star SJ-108 (1,4 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
@@ -14613,51 +14801,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_4f_combo_011.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vcbewsmkui-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-4c_01-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-770vr_01-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-770vr_01-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_smv_2f_01-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_smv_2f_01-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_smv_2f_01-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_smv_4f_01-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0111.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0112.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vcbewsmkui-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vcbewsmkui-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vcbewsmkui-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_01-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/auto-air-spray-gun-am-ka5_02-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/auto-air-spray-gun-am-ka5_02-150x15018.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/airpro-hw-sa104-150x15019.webp"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am6008hvlp_01-150x15020.webp"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am6008hvlp_01-150x15021.webp"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am6008hvlp_01-150x15022.webp"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am8008_lvlp-150x15023.webp"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am8008_lvlp-150x15024.webp"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am8008_hvlp_01-150x15025.webp"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am8008_hvlp_01-150x15026.webp"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1-150x15027.webp"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8-150x15028.webp"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_01-150x15029.webp"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_01-150x15030.webp"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_mini_combo_evo-t_0131.webp"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3-150x15032.webp"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/xcvyutise-150x15033.webp"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/xcvyutise-150x15034.webp"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/xcvyutise-150x15035.webp"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/xcvyutise-150x15036.webp"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1-150x15037.webp"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15038.webp"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15039.webp"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15040.webp"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15041.webp"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15042.webp"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15043.webp"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3-150x15044.webp"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3-150x15045.webp"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_01-150x15046.webp"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxcwerjnjky78ew-150x15047.webp"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxcwerjnjky78ew-150x15048.webp"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x15049.webp"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x15050.webp"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x15051.webp"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x15052.webp"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x15053.webp"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x15054.webp"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5-150x15055.webp"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxwmijuyv-150x15056.webp"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6-150x15057.webp"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cvserw-150x15058.webp"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_01-150x15059.webp"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_sj-108_01-150x15060.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_4f_combo_011.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vcbewsmkui-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_01-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-4c_01-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-770vr_01-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_s-770vr_01-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_smv_2f_01-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_smv_2f_01-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_smv_2f_01-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_smv_4f_01-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0112.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_xpsv_0113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vcbewsmkui-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vcbewsmkui-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_01-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vcbewsmkui-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/auto-air-spray-gun-am-ka5_02-150x15018.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/auto-air-spray-gun-am-ka5_02-150x15019.webp"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/airpro-hw-sa104-150x15020.webp"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am6008hvlp_01-150x15021.webp"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am6008hvlp_01-150x15022.webp"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am6008hvlp_01-150x15023.webp"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am8008_lvlp-150x15024.webp"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am8008_lvlp-150x15025.webp"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am8008_hvlp_01-150x15026.webp"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_am8008_hvlp_01-150x15027.webp"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1-150x15028.webp"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8-150x15029.webp"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_01-150x15030.webp"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_01-150x15031.webp"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_mini_combo_evo-t_0132.webp"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3-150x15033.webp"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/xcvyutise-150x15034.webp"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/xcvyutise-150x15035.webp"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/xcvyutise-150x15036.webp"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/xcvyutise-150x15037.webp"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1-150x15038.webp"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15039.webp"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15040.webp"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15041.webp"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15042.webp"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15043.webp"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2-150x15044.webp"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3-150x15045.webp"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3-150x15046.webp"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_evo_t_4f_01-150x15047.webp"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxcwerjnjky78ew-150x15048.webp"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxcwerjnjky78ew-150x15049.webp"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x15050.webp"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x15051.webp"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x15052.webp"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x15053.webp"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x15054.webp"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4-150x15055.webp"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5-150x15056.webp"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxwmijuyv-150x15057.webp"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6-150x15058.webp"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6-150x15059.webp"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cvserw-150x15060.webp"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_star_sj-108_01-150x15061.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -16418,50 +16606,80 @@
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="60" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -16715,54 +16933,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H61"/>
+  <dimension ref="A1:H62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H61" sqref="H61"/>
+      <selection activeCell="H62" sqref="H62"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -16879,51 +17097,51 @@
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2"/>
       <c r="D3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro  HW-SA102 LVLP (0,8 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro  HW-SA102 (1,8 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Має високоякісне виконання, забезпечить високу швидкість та точність нанесення витратного матеріалу, є можливість окремо регулювати подачу матеріалу та повітря, а також можливість додаткового підводу матеріалів</t>
           </r>
         </is>
       </c>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -16942,184 +17160,202 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0.8</t>
+            <t xml:space="preserve">1.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,8 мм</t>
+            <t xml:space="preserve">1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,3 / 1,5 / 1,8 / 2,0 мм</t>
+            <t xml:space="preserve">0,8 / 1,0 / 1,3 / 1,5 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">270 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3-4 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>16200</v>
+        <v>16628</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2"/>
       <c r="D4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star S-4C-161G (1,6 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-205G (2,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний фарбопульт Star S-4C-161G з соплом 1,6 мм та гравітаційною верхньою подачею матеріалу є чудовим вибором для загального використання при фарбуванні різних поверхонь.</t>
+            <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-205G із верхнім бачком 0,6 л та 2,0 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 2,0 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
           </r>
         </is>
       </c>
       <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S-4C</t>
+            <t xml:space="preserve">EVO-T-4F</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
@@ -17147,459 +17383,477 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Фарбування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.6</t>
+            <t xml:space="preserve">2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,6 мм</t>
+            <t xml:space="preserve">2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,6 / 1,8 / 2,0 мм</t>
+            <t xml:space="preserve">1,2 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина факела: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260-330 мм</t>
+            <t xml:space="preserve">240-280 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Емкость бака, л: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0.6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ємність бачка: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,6 л</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,5 бар</t>
+            <t xml:space="preserve">1,3-1,5 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">255-425 л/хв</t>
+            <t xml:space="preserve">283-340 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">325 г</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>5419</v>
+        <v>6653</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star S-770VR-03P (2,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star S-4C-161G (1,6 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний фарбопульт Star S-770VR-03P з соплом 2,0 мм та нижньою подачею матеріалу під тиском завдяки нагнітальному бачку об'ємом 1 л.</t>
+            <t xml:space="preserve">Пневматичний фарбопульт Star S-4C-161G з соплом 1,6 мм та гравітаційною верхньою подачею матеріалу є чудовим вибором для загального використання при фарбуванні різних поверхонь.</t>
           </r>
         </is>
       </c>
       <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S-770</t>
+            <t xml:space="preserve">S-4C</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Нижня</t>
+            <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Нанесення клею, Фарбування</t>
+            <t xml:space="preserve">Фарбування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.0</t>
+            <t xml:space="preserve">1.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 мм</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">1,0 л</t>
+            <t xml:space="preserve">1,6 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 / 3,0 мм</t>
+            <t xml:space="preserve">1,6 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина факела: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">240-280 мм</t>
+            <t xml:space="preserve">260-330 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2,5 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Вага, кг: </t>
-[...29 lines deleted...]
-            <t xml:space="preserve">0,9 кг</t>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">255-425 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>10059</v>
+        <v>5419</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star S-770VR-05P (3,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star S-770VR-03P (2,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний фарбопульт Star S-770VR-05P з соплом 3,0 мм та нижньою подачею матеріалу під тиском завдяки нагнітальному бачку об'ємом 1 л.</t>
+            <t xml:space="preserve">Пневматичний фарбопульт Star S-770VR-03P з соплом 2,0 мм та нижньою подачею матеріалу під тиском завдяки нагнітальному бачку об'ємом 1 л.</t>
           </r>
         </is>
       </c>
       <c r="F6" s="2"/>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S-770</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -17647,69 +17901,69 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нанесення клею, Фарбування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.0</t>
+            <t xml:space="preserve">2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,0 мм</t>
+            <t xml:space="preserve">2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -17799,602 +18053,602 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,9 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>11293</v>
+        <v>10059</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-1F-153P (1,5 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star S-770VR-05P (3,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний фарбопульт Star SMV-1F-153P з соплом 1,5 мм є високоякісним інструментом з нижнім підводом матеріалу та його подачею всмоктуванням для виконання детейлінгу чи ретуші, наприклад, на СТО.</t>
+            <t xml:space="preserve">Пневматичний фарбопульт Star S-770VR-05P з соплом 3,0 мм та нижньою подачею матеріалу під тиском завдяки нагнітальному бачку об'ємом 1 л.</t>
           </r>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Серія: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">S-770</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип подачи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Нижня</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Механозбірка, Обробка поверхні</t>
+            <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Лакування, Фарбування</t>
-[...53 lines deleted...]
-            <t xml:space="preserve">Нижня</t>
+            <t xml:space="preserve">Нанесення клею, Фарбування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.5</t>
+            <t xml:space="preserve">3.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,5 мм</t>
+            <t xml:space="preserve">3,0 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Емкость бака, л: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ємність бачка: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,0 л</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,5 / 1,8 / 2,0 мм</t>
+            <t xml:space="preserve">2,0 / 3,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина факела: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">220-270 мм</t>
+            <t xml:space="preserve">240-280 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 бар</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">280-336 л/хв</t>
+            <t xml:space="preserve">2,5 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,9 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>0</v>
+        <v>11293</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2"/>
       <c r="D8" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-2F-153P (1,5 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-1F-153P (1,5 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний фарбопульт Star SMV-2F-153P з соплом 1,5 мм є високоякісним інструментом з нижнім підводом матеріалу та його подачею під тиском для роботи з різними лакофарбовими матеріалами.</t>
+            <t xml:space="preserve">Пневматичний фарбопульт Star SMV-1F-153P з соплом 1,5 мм є високоякісним інструментом з нижнім підводом матеріалу та його подачею всмоктуванням для виконання детейлінгу чи ретуші, наприклад, на СТО.</t>
           </r>
         </is>
       </c>
       <c r="F8" s="2"/>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Механозбірка, Обробка поверхні</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Лакування, Фарбування</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SMV-2F</t>
+            <t xml:space="preserve">SMV-1F</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нижня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,5 / 2,0 мм</t>
+            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,5 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина факела: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">300-350 мм</t>
+            <t xml:space="preserve">220-270 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">368-425 л/хв</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">325 г</t>
+            <t xml:space="preserve">280-336 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>5772</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2"/>
       <c r="D9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-2F-203P (2,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-2F-153P (1,5 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний фарбопульт Star SMV-2F-203P з соплом 2,0 мм є високоякісним інструментом з нижнім підводом матеріалу та його подачею під тиском для роботи з різними лакофарбовими матеріалами.</t>
+            <t xml:space="preserve">Пневматичний фарбопульт Star SMV-2F-153P з соплом 1,5 мм є високоякісним інструментом з нижнім підводом матеріалу та його подачею під тиском для роботи з різними лакофарбовими матеріалами.</t>
           </r>
         </is>
       </c>
       <c r="F9" s="2"/>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SMV-2F</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -18460,69 +18714,69 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нанесення клею, Фарбування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.0</t>
+            <t xml:space="preserve">1.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 мм</t>
+            <t xml:space="preserve">1,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,5 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина факела: </t>
           </r>
@@ -18620,58 +18874,58 @@
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="2"/>
       <c r="D10" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-2F-253P (2,5 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-2F-203P (2,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний фарбопульт Star SMV-2F-253P з соплом 2,5 мм є високоякісним інструментом з нижнім підводом матеріалу та його подачею під тиском для роботи з різними лакофарбовими матеріалами.</t>
+            <t xml:space="preserve">Пневматичний фарбопульт Star SMV-2F-203P з соплом 2,0 мм є високоякісним інструментом з нижнім підводом матеріалу та його подачею під тиском для роботи з різними лакофарбовими матеріалами.</t>
           </r>
         </is>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SMV-2F</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -18737,69 +18991,69 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нанесення клею, Фарбування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.5</t>
+            <t xml:space="preserve">2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,5 мм</t>
+            <t xml:space="preserve">2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,5 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина факела: </t>
           </r>
@@ -18871,379 +19125,361 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">325 г</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>0</v>
+        <v>5772</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-4F-142G (1,4 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-2F-253P (2,5 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Професійний фарборозпилювач Star SMV-4F-142G із верхнім бачком 0,6 л та 1,4 мм соплом забезпечує великий факел розпилення та ідеально підходить для автомобільного ремонту, фінішного оздоблення меблів класу Hi-Class та промислового використання.</t>
+            <t xml:space="preserve">Пневматичний фарбопульт Star SMV-2F-253P з соплом 2,5 мм є високоякісним інструментом з нижнім підводом матеріалу та його подачею під тиском для роботи з різними лакофарбовими матеріалами.</t>
           </r>
         </is>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Серія: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SMV-2F</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">RP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип подачи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Нижня</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Механозбірка, Обробка поверхні</t>
+            <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Лакування, Фарбування</t>
-[...53 lines deleted...]
-            <t xml:space="preserve">Верхня</t>
+            <t xml:space="preserve">Нанесення клею, Фарбування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4</t>
+            <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4 мм</t>
+            <t xml:space="preserve">2,5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Змінні сопла: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,5 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина факела: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">240-280 мм</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">0,6 л</t>
+            <t xml:space="preserve">300-350 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">297-354 л/хв</t>
+            <t xml:space="preserve">368-425 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">325 г</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>6359</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="2"/>
       <c r="D12" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star Xtreme Performance XPS14 (1,4 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-4F-142G (1,4 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Професійний фарборозпилювач Star Xtreme Performance XPS14 із верхнім бачком на 600 мл, 1,4 мм соплом, шириною 320 мм та витратами повітря 285 л/хв забезпечить максимально комфортну роботу при фарбуванні.</t>
+            <t xml:space="preserve">Професійний фарборозпилювач Star SMV-4F-142G із верхнім бачком 0,6 л та 1,4 мм соплом забезпечує великий факел розпилення та ідеально підходить для автомобільного ремонту, фінішного оздоблення меблів класу Hi-Class та промислового використання.</t>
           </r>
         </is>
       </c>
       <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Механозбірка, Обробка поверхні</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -19255,69 +19491,69 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Лакування, Фарбування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">XPS</t>
+            <t xml:space="preserve">SMV-4F</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">RP</t>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
@@ -19333,63 +19569,63 @@
             </rPr>
             <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,4 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Змінні сопла: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 мм</t>
+            <t xml:space="preserve">Ширина факела: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">240-280 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -19417,135 +19653,171 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">285 л/хв</t>
+            <t xml:space="preserve">297-354 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">385 г</t>
+            <t xml:space="preserve">325 г</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H12" s="2">
-        <v>10898</v>
+        <v>6359</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="150">
       <c r="A13" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="2"/>
       <c r="D13" s="2" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star Xtreme Performance XPSV14 (1,4 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star Xtreme Performance XPS14 (1,4 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Професійний фарборозпилювач Star Xtreme Performance XPSV14 із верхнім бачком об'ємом 600 мл, 1,4 мм соплом, шириною 300 мм та витратами повітря 410 л/хв забезпечить максимально швидку роботу при фарбуванні.</t>
+            <t xml:space="preserve">Професійний фарборозпилювач Star Xtreme Performance XPS14 із верхнім бачком на 600 мл, 1,4 мм соплом, шириною 320 мм та витратами повітря 285 л/хв забезпечить максимально комфортну роботу при фарбуванні.</t>
           </r>
         </is>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Механозбірка, Обробка поверхні</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Лакування, Фарбування</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">XPS</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
@@ -19556,86 +19828,50 @@
             </rPr>
             <t xml:space="preserve">RP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
@@ -19712,290 +19948,416 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">410 л/хв</t>
+            <t xml:space="preserve">285 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">385 г</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H13" s="2">
         <v>10898</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="2"/>
       <c r="D14" s="2" t="s">
         <v>47</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro  HW-SA102 (1,5 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star Xtreme Performance XPSV14 (1,4 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Має високоякісне виконання, забезпечить високу швидкість та точність нанесення витратного матеріалу, є можливість окремо регулювати подачу матеріалу та повітря, а також можливість додаткового підводу матеріалів</t>
+            <t xml:space="preserve">Професійний фарборозпилювач Star Xtreme Performance XPSV14 із верхнім бачком об'ємом 600 мл, 1,4 мм соплом, шириною 300 мм та витратами повітря 410 л/хв забезпечить максимально швидку роботу при фарбуванні.</t>
           </r>
         </is>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HW авто</t>
+            <t xml:space="preserve">XPS</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LVLP</t>
+            <t xml:space="preserve">RP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип подачи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Верхня</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Фарбування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.5</t>
+            <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,5 мм</t>
+            <t xml:space="preserve">1,4 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,8 / 1,0 / 1,3 / 1,8 / 2,0 мм</t>
+            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Емкость бака, л: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0.6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ємність бачка: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,6 л</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">270 л/хв</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">3-4 бар</t>
+            <t xml:space="preserve">410 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">385 г</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H14" s="2">
-        <v>16200</v>
+        <v>10898</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="150">
       <c r="A15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="2"/>
       <c r="D15" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro  HW-SA102 (1,8 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro  HW-SA102 (1,5 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Має високоякісне виконання, забезпечить високу швидкість та точність нанесення витратного матеріалу, є можливість окремо регулювати подачу матеріалу та повітря, а також можливість додаткового підводу матеріалів</t>
           </r>
         </is>
       </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -20014,157 +20376,157 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.8</t>
+            <t xml:space="preserve">1.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,8 мм</t>
+            <t xml:space="preserve">1,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,8 / 1,0 / 1,3 / 1,5 / 2,0 мм</t>
+            <t xml:space="preserve">0,8 / 1,0 / 1,3 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">270 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3-4 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H15" s="2">
-        <v>16200</v>
+        <v>16628</v>
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="150">
       <c r="A16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="2"/>
       <c r="D16" s="2" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro  HW-SA102 LVLP (1,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro  HW-SA102 LVLP (0,8 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Має високоякісне виконання, забезпечить високу швидкість та точність нанесення витратного матеріалу, є можливість окремо регулювати подачу матеріалу та повітря, а також можливість додаткового підводу матеріалів</t>
           </r>
         </is>
       </c>
       <c r="F16" s="2"/>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -20183,164 +20545,164 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0</t>
+            <t xml:space="preserve">0.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 мм</t>
+            <t xml:space="preserve">0,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,8 / 1,3 / 1,5 / 1,8 / 2,0 мм</t>
+            <t xml:space="preserve">1,0 / 1,3 / 1,5 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">270 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3-4 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H16" s="2">
-        <v>16200</v>
+        <v>16628</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="150">
       <c r="A17" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="2"/>
       <c r="D17" s="2" t="s">
         <v>56</v>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-185G (1,8 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-165G (1,6 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-185G із верхнім бачком 0,6 л та 1,8 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 1,8 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
+            <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-165G із верхнім бачком 0,6 л та 1,6 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 1,6 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
           </r>
         </is>
       </c>
       <c r="F17" s="2"/>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">EVO-T-4F</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -20406,69 +20768,69 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Фарбування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.8</t>
+            <t xml:space="preserve">1.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,8 мм</t>
+            <t xml:space="preserve">1,6 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,2 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина факела: </t>
           </r>
@@ -20576,228 +20938,246 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">325 г</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H17" s="2">
-        <v>6645</v>
+        <v>6653</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="150">
       <c r="A18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="2"/>
       <c r="D18" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro AM-KA5 (1,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro  HW-SA102 LVLP (1,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">AM-KA5 має високоякісне виконання, забезпечить високу швидкість подачі матеріалу до 600 куб.см/хв, є можливість регулювати ширину факела.</t>
+            <t xml:space="preserve">Має високоякісне виконання, забезпечить високу швидкість та точність нанесення витратного матеріалу, є можливість окремо регулювати подачу матеріалу та повітря, а також можливість додаткового підводу матеріалів</t>
           </r>
         </is>
       </c>
       <c r="F18" s="2"/>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">AM авто</t>
+            <t xml:space="preserve">HW авто</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">LVLP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло в комплекті: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,0 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Змінні сопла: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,8 / 1,3 / 1,5 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">100 л/хв</t>
+            <t xml:space="preserve">270 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3-4 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...52 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H18" s="2">
-        <v>6546</v>
+        <v>16628</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="150">
       <c r="A19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="2"/>
       <c r="D19" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro AM-KA5 (1,3 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro AM-KA5 (1,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">AM-KA5 має високоякісне виконання, забезпечить високу швидкість подачі матеріалу до 600 куб.см/хв, є можливість регулювати ширину факела.</t>
           </r>
         </is>
       </c>
       <c r="F19" s="2"/>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -20834,423 +21214,369 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3-4 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">1,0 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Змінні сопла: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">1,3 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Змінні сопла: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,25 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H19" s="2">
-        <v>6546</v>
+        <v>6718</v>
       </c>
     </row>
     <row r="20" spans="1:8" customHeight="1" ht="150">
       <c r="A20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="2"/>
       <c r="D20" s="2" t="s">
         <v>65</v>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro HW-SA104 (1,8 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro AM-KA5 (1,3 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Має високоякісне виконання, забезпечить високу швидкість та точність нанесення витратного матеріалу, є можливість окремо регулювати подачу матеріалу та повітря, а також можливість додаткового підводу матеріалів</t>
+            <t xml:space="preserve">AM-KA5 має високоякісне виконання, забезпечить високу швидкість подачі матеріалу до 600 куб.см/хв, є можливість регулювати ширину факела.</t>
           </r>
         </is>
       </c>
       <c r="F20" s="2"/>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HW авто</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">1.8</t>
+            <t xml:space="preserve">AM авто</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">100 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3-4 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,8 мм</t>
+            <t xml:space="preserve">1,3 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Змінні сопла: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,0 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,25 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H20" s="2">
-        <v>17496</v>
+        <v>6718</v>
       </c>
     </row>
     <row r="21" spans="1:8" customHeight="1" ht="150">
       <c r="A21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="2"/>
       <c r="D21" s="2" t="s">
         <v>68</v>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний без бачка Air Pro AM6008 HVLP WB-P (1,8 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний автоматичний Air Pro HW-SA104 (1,8 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Оскільки споживання повітря трохи вище ніж в технології LVLP, то і коефіцієнт переносу густих матеріалів не такий високий, в іншому, також має м'який двоконтурний факел з можливістю регулювання його ширини і використовується разом з нагнітальними баками або нижніми бачками</t>
+            <t xml:space="preserve">Має високоякісне виконання, забезпечить високу швидкість та точність нанесення витратного матеріалу, є можливість окремо регулювати подачу матеріалу та повітря, а також можливість додаткового підводу матеріалів</t>
           </r>
         </is>
       </c>
       <c r="F21" s="2"/>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">AM6008</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">Нижня</t>
+            <t xml:space="preserve">HW авто</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...70 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H21" s="2">
-        <v>6518</v>
+        <v>17958</v>
       </c>
     </row>
     <row r="22" spans="1:8" customHeight="1" ht="150">
       <c r="A22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="2"/>
       <c r="D22" s="2" t="s">
         <v>71</v>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний без бачка Air Pro AM6008 HVLP WB-P (2,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний без бачка Air Pro AM6008 HVLP WB-P (1,8 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Оскільки споживання повітря трохи вище ніж в технології LVLP, то і коефіцієнт переносу густих матеріалів не такий високий, в іншому, також має м'який двоконтурний факел з можливістю регулювання його ширини і використовується разом з нагнітальними баками або нижніми бачками</t>
           </r>
         </is>
       </c>
       <c r="F22" s="2"/>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -21287,87 +21613,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нижня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.0</t>
+            <t xml:space="preserve">1.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 мм</t>
+            <t xml:space="preserve">1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,5 / 1,8 / 2,0 / 2,5 мм</t>
+            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,6 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">226,4 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
@@ -21385,77 +21711,77 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,48 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H22" s="2">
-        <v>6518</v>
+        <v>6690</v>
       </c>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="150">
       <c r="A23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="2"/>
       <c r="D23" s="2" t="s">
         <v>74</v>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний без бачка Air Pro AM6008 HVLP WB-P (2,5 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний без бачка Air Pro AM6008 HVLP WB-P (2,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Оскільки споживання повітря трохи вище ніж в технології LVLP, то і коефіцієнт переносу густих матеріалів не такий високий, в іншому, також має м'який двоконтурний факел з можливістю регулювання його ширини і використовується разом з нагнітальними баками або нижніми бачками</t>
           </r>
         </is>
       </c>
       <c r="F23" s="2"/>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -21492,69 +21818,69 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нижня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.5</t>
+            <t xml:space="preserve">2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,5 мм</t>
+            <t xml:space="preserve">2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,5 / 1,8 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
@@ -21590,392 +21916,282 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,48 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H23" s="2">
-        <v>6518</v>
+        <v>6690</v>
       </c>
     </row>
     <row r="24" spans="1:8" customHeight="1" ht="150">
       <c r="A24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="2"/>
       <c r="D24" s="2" t="s">
         <v>77</v>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний міні Air Pro AM8008 LVLP WB (0,8 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний без бачка Air Pro AM6008 HVLP WB-P (2,5 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Серія міні фарборозпилювачів забезпечує високу якість покриття при низькому споживанні повітря, має специфічну форму факела, яка дозволяє працювати з різними матеріалами, як тягучими, так і на водній основі (клей, грунтовка та ін.), прекрасно підійде як для фарбування авто, так і для робіт у важкодоступних місцях, видатковий матеріал знаходиться в верхньому бачку</t>
+            <t xml:space="preserve">Оскільки споживання повітря трохи вище ніж в технології LVLP, то і коефіцієнт переносу густих матеріалів не такий високий, в іншому, також має м'який двоконтурний факел з можливістю регулювання його ширини і використовується разом з нагнітальними баками або нижніми бачками</t>
           </r>
         </is>
       </c>
       <c r="F24" s="2"/>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">AM8008 mini</t>
+            <t xml:space="preserve">AM6008</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LVLP</t>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Верхня</t>
+            <t xml:space="preserve">Нижня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0.8</t>
+            <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,8 мм</t>
+            <t xml:space="preserve">2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,5 / 1,0 / 1,2 / 1,5 мм</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">125 мл</t>
+            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,5 / 1,8 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">170 л/хв</t>
+            <t xml:space="preserve">226,4 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,23 кг</t>
-[...73 lines deleted...]
-Сменные сопла: 0,5 / 1,0 / 1,2 / 1,5 мм</t>
+            <t xml:space="preserve">0,48 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H24" s="2">
-        <v>6318</v>
+        <v>6690</v>
       </c>
     </row>
     <row r="25" spans="1:8" customHeight="1" ht="150">
       <c r="A25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C25" s="2"/>
       <c r="D25" s="2" t="s">
         <v>80</v>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний міні Air Pro AM8008 LVLP WB (1,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний міні Air Pro AM8008 LVLP WB (0,8 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Серія міні фарборозпилювачів забезпечує високу якість покриття при низькому споживанні повітря, має специфічну форму факела, яка дозволяє працювати з різними матеріалами, як тягучими, так і на водній основі (клей, грунтовка та ін.), прекрасно підійде як для фарбування авто, так і для робіт у важкодоступних місцях, видатковий матеріал знаходиться в верхньому бачку</t>
           </r>
         </is>
       </c>
       <c r="F25" s="2"/>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -22012,87 +22228,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0</t>
+            <t xml:space="preserve">0.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 мм</t>
+            <t xml:space="preserve">0,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,5 / 0,8 / 1,2 / 1,5 мм</t>
+            <t xml:space="preserve">0,5 / 1,0 / 1,2 / 1,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.125</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -22143,197 +22359,271 @@
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,23 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
+          <r>
+            <t xml:space="preserve">Тип: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Краскопульты</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Пневматические</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал контейнера: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Нейлоновый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Тип системы: LVLP
+Тип подачи: Верхняя
+Сменные сопла: 0,5 / 1,0 / 1,2 / 1,5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
         </is>
       </c>
       <c r="H25" s="2">
-        <v>6318</v>
+        <v>6485</v>
       </c>
     </row>
     <row r="26" spans="1:8" customHeight="1" ht="150">
       <c r="A26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C26" s="2"/>
       <c r="D26" s="2" t="s">
         <v>83</v>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний міні Air Pro AM8008 НVLP WB (0,8 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний міні Air Pro AM8008 LVLP WB (1,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Серія міні фарборозпилювачів забезпечує високий обсяг перенесення при більшому споживанні повітря, в порівнянні з технологією LVLP, має специфічну форму факела, яка дозволяє працювати з різними матеріалами, як тягучими, так і на водній основі (клей, грунтовка та ін.), прекрасно підійде як для фарбування авто, так і для робіт у важкодоступних місцях, видатковий матеріал знаходиться в верхньому бачку</t>
+            <t xml:space="preserve">Серія міні фарборозпилювачів забезпечує високу якість покриття при низькому споживанні повітря, має специфічну форму факела, яка дозволяє працювати з різними матеріалами, як тягучими, так і на водній основі (клей, грунтовка та ін.), прекрасно підійде як для фарбування авто, так і для робіт у важкодоступних місцях, видатковий матеріал знаходиться в верхньому бачку</t>
           </r>
         </is>
       </c>
       <c r="F26" s="2"/>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">AM8008 mini</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HVLP</t>
+            <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0.8</t>
+            <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,8 мм</t>
+            <t xml:space="preserve">1,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,5 / 1,0 / 1,2 / 1,5 мм</t>
+            <t xml:space="preserve">0,5 / 0,8 / 1,2 / 1,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.125</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -22384,154 +22674,80 @@
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,23 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...72 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H26" s="2">
-        <v>5940</v>
+        <v>6485</v>
       </c>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="150">
       <c r="A27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C27" s="2"/>
       <c r="D27" s="2" t="s">
         <v>86</v>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний міні Air Pro AM8008 НVLP WB (1,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний міні Air Pro AM8008 НVLP WB (0,8 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Серія міні фарборозпилювачів забезпечує високий обсяг перенесення при більшому споживанні повітря, в порівнянні з технологією LVLP, має специфічну форму факела, яка дозволяє працювати з різними матеріалами, як тягучими, так і на водній основі (клей, грунтовка та ін.), прекрасно підійде як для фарбування авто, так і для робіт у важкодоступних місцях, видатковий матеріал знаходиться в верхньому бачку</t>
           </r>
         </is>
       </c>
       <c r="F27" s="2"/>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -22568,87 +22784,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0</t>
+            <t xml:space="preserve">0.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 мм</t>
+            <t xml:space="preserve">0,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,5 / 0,8 / 1,2 / 1,5 мм</t>
+            <t xml:space="preserve">0,5 / 1,0 / 1,2 / 1,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.125</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -22776,843 +22992,845 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: HVLP
 Тип подачи: Верхняя
 Сменные сопла: 0,5 / 0,8 / 1,2 / 1,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H27" s="2">
-        <v>5940</v>
+        <v>6097</v>
       </c>
     </row>
     <row r="28" spans="1:8" customHeight="1" ht="150">
       <c r="A28" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="2"/>
       <c r="D28" s="2" t="s">
         <v>89</v>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний міні Star EVO-T-106TF-10G (1,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний міні Air Pro AM8008 НVLP WB (1,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний міні-фарбопульт Star EVO-T-106TF-10G із верхнім бачком 0,25 л та 1,0 мм соплом забезпечує ефективне нанесення матеріалу з 72% коефіцієнтом ефективного перенесення. Сопло 1,0 мм виготовлене з нержавіючої сталі, що робить його сумісним з різними видами лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-106TF є оптимальним рішенням для робіт з аерографії.</t>
+            <t xml:space="preserve">Серія міні фарборозпилювачів забезпечує високий обсяг перенесення при більшому споживанні повітря, в порівнянні з технологією LVLP, має специфічну форму факела, яка дозволяє працювати з різними матеріалами, як тягучими, так і на водній основі (клей, грунтовка та ін.), прекрасно підійде як для фарбування авто, так і для робіт у важкодоступних місцях, видатковий матеріал знаходиться в верхньому бачку</t>
           </r>
         </is>
       </c>
       <c r="F28" s="2"/>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">EVO-T-4F</t>
+            <t xml:space="preserve">AM8008 mini</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LVLP</t>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,5 / 0,8 / 1,0 / 1,2 мм</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">100-150 мм</t>
+            <t xml:space="preserve">0,5 / 0,8 / 1,2 / 1,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0.25</t>
+            <t xml:space="preserve">0.125</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">250 мл</t>
+            <t xml:space="preserve">125 мл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">170 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,1-1,3 бар</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">85-125 л/хв</t>
+            <t xml:space="preserve">2,0 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,23 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Краскопульты</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Пневматические</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал контейнера: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Нейлоновый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Тип системы: HVLP
+Тип подачи: Верхняя
+Сменные сопла: 0,5 / 0,8 / 1,2 / 1,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H28" s="2">
-        <v>6300</v>
+        <v>6097</v>
       </c>
     </row>
     <row r="29" spans="1:8" customHeight="1" ht="150">
       <c r="A29" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="2"/>
       <c r="D29" s="2" t="s">
         <v>92</v>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний міні Star S-2-05R (0,5 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний міні Star EVO-T-106TF-10G (1,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний міні фарбопульт Star S-2-05R з соплом 0,5 мм та боковою гравітаційною подачею матеріалу є чудовим варіантом для робіт з аерографії та фарбування невеликих деталей.</t>
+            <t xml:space="preserve">Пневматичний міні-фарбопульт Star EVO-T-106TF-10G із верхнім бачком 0,25 л та 1,0 мм соплом забезпечує ефективне нанесення матеріалу з 72% коефіцієнтом ефективного перенесення. Сопло 1,0 мм виготовлене з нержавіючої сталі, що робить його сумісним з різними видами лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-106TF є оптимальним рішенням для робіт з аерографії.</t>
           </r>
         </is>
       </c>
       <c r="F29" s="2"/>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Серія: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">EVO-T-4F</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">LVLP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип подачи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Верхня</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Механозбірка, Обробка поверхні</t>
+            <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Аерографія, Лакування, Фарбування</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">Верхня</t>
+            <t xml:space="preserve">Аерографія, Фарбування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0.5</t>
+            <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,5 мм</t>
+            <t xml:space="preserve">1,0 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Змінні сопла: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,5 / 0,8 / 1,0 / 1,2 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина факела: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">100-150 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Емкость бака, л: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0.25</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">200 мл</t>
+            <t xml:space="preserve">250 мл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,1-1,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">85-125 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H29" s="2">
-        <v>4362</v>
+        <v>6300</v>
       </c>
     </row>
     <row r="30" spans="1:8" customHeight="1" ht="150">
       <c r="A30" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C30" s="2"/>
       <c r="D30" s="2" t="s">
         <v>95</v>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-205G (2,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний міні Star S-2-05R (0,5 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-205G із верхнім бачком 0,6 л та 2,0 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 2,0 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
+            <t xml:space="preserve">Пневматичний міні фарбопульт Star S-2-05R з соплом 0,5 мм та боковою гравітаційною подачею матеріалу є чудовим варіантом для робіт з аерографії та фарбування невеликих деталей.</t>
           </r>
         </is>
       </c>
       <c r="F30" s="2"/>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Механозбірка, Обробка поверхні</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Аерографія, Лакування, Фарбування</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">EVO-T-4F</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">LVLP</t>
+            <t xml:space="preserve">S-2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.0</t>
+            <t xml:space="preserve">0.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 мм</t>
-[...53 lines deleted...]
-            <t xml:space="preserve">0.6</t>
+            <t xml:space="preserve">0,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,6 л</t>
-[...71 lines deleted...]
-            <t xml:space="preserve">325 г</t>
+            <t xml:space="preserve">200 мл</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H30" s="2">
-        <v>6653</v>
+        <v>4362</v>
       </c>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="150">
       <c r="A31" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C31" s="2"/>
       <c r="D31" s="2" t="s">
         <v>98</v>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-165G (1,6 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-185G (1,8 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-165G із верхнім бачком 0,6 л та 1,6 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 1,6 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
+            <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-185G із верхнім бачком 0,6 л та 1,8 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 1,8 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
           </r>
         </is>
       </c>
       <c r="F31" s="2"/>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">EVO-T-4F</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -23678,69 +23896,69 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Фарбування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.6</t>
+            <t xml:space="preserve">1.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,6 мм</t>
+            <t xml:space="preserve">1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,2 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина факела: </t>
           </r>
@@ -23848,91 +24066,109 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">325 г</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H31" s="2">
-        <v>6653</v>
+        <v>6645</v>
       </c>
     </row>
     <row r="32" spans="1:8" customHeight="1" ht="150">
       <c r="A32" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C32" s="2"/>
       <c r="D32" s="2" t="s">
         <v>101</v>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Набір пневматичних фарборозпилювачів Star Mini Combo</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-145G (1,4 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Міні набір пневматичних фарборозпилювачів преміум-класу Star стане чудовим помічником при роботах з фарбування. Фарбопульти з верхньою подачею матеріалу забезпечують 72% коефіцієнт переносу матеріалу.</t>
+            <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-145G із верхнім бачком 0,6 л та 1,4 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 1,4 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
           </r>
         </is>
       </c>
       <c r="F32" s="2"/>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Серія: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">EVO-T-4F</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
@@ -23955,661 +24191,695 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Аерографія, Фарбування</t>
+            <t xml:space="preserve">Фарбування</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.4</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло в комплекті: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,4 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина факела: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">240-280 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Змінні сопла: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,2 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Емкость бака, л: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0.6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ємність бачка: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,6 л</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,3-1,5 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">283-340 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">325 г</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H32" s="2">
-        <v>24718</v>
+        <v>6641</v>
       </c>
     </row>
     <row r="33" spans="1:8" customHeight="1" ht="150">
       <c r="A33" s="2" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C33" s="2"/>
       <c r="D33" s="2" t="s">
         <v>104</v>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS-AL (1,6 мм)</t>
+            <t xml:space="preserve">Набір пневматичних фарборозпилювачів Star Mini Combo</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Покращена версія серії 2004 HVLP, яка відрізняється більш ергономічним корпусом, без різких деталей та шорстких поверхонь, зручніше для кисті майстра, примусове нагнітання матеріалу</t>
+            <t xml:space="preserve">Міні набір пневматичних фарборозпилювачів преміум-класу Star стане чудовим помічником при роботах з фарбування. Фарбопульти з верхньою подачею матеріалу забезпечують 72% коефіцієнт переносу матеріалу.</t>
           </r>
         </is>
       </c>
       <c r="F33" s="2"/>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Серія: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HVLP</t>
+            <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Сопло, мм: </t>
-[...211 lines deleted...]
-Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Аерографія, Фарбування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H33" s="2">
-        <v>7241</v>
+        <v>24718</v>
       </c>
     </row>
     <row r="34" spans="1:8" customHeight="1" ht="150">
       <c r="A34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C34" s="2"/>
       <c r="D34" s="2" t="s">
         <v>107</v>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro 77-P HP (1,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS-AL (1,6 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Призначений для використання з нагнітальними баками або нижніми бачками, має щелевидне сопло для плаского факелу, забезпечує високу якість перенесення густих матеріалів, підходить для нанесення клею, компактний та легкий, забезпечує високоякісну поверхневу обробку в автомобілебудуванні, виробництві меблів, будівництві та ін.</t>
+            <t xml:space="preserve">Покращена версія серії 2004 HVLP, яка відрізняється більш ергономічним корпусом, без різких деталей та шорстких поверхонь, зручніше для кисті майстра, примусове нагнітання матеріалу</t>
           </r>
         </is>
       </c>
       <c r="F34" s="2"/>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">77-P</t>
+            <t xml:space="preserve">AM5008</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP</t>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Нижня</t>
+            <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0</t>
+            <t xml:space="preserve">1.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 мм</t>
+            <t xml:space="preserve">1,6 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,5 / 2,0 / 2,5 мм</t>
+            <t xml:space="preserve">1,0 / 1,3 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Емкость бака, л: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0.6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ємність бачка: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,6 л</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">396 л/хв</t>
+            <t xml:space="preserve">196 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4,9 бар</t>
+            <t xml:space="preserve">5,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,393 кг</t>
+            <t xml:space="preserve">0,43 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Краскопульты</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Пневматические</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Матеріал контейнера: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Алюмінієвий</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Тип системы: HP
-[...1 lines deleted...]
-Сменные сопла: 1,5 / 2,0 / 2,5 мм</t>
+            <t xml:space="preserve">Тип системы: HVLP
+Тип подачи: Верхняя
+Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H34" s="2">
-        <v>3043</v>
+        <v>7432</v>
       </c>
     </row>
     <row r="35" spans="1:8" customHeight="1" ht="150">
       <c r="A35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="2"/>
       <c r="D35" s="2" t="s">
         <v>110</v>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro 77-P HP (1,5 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro 77-P HP (1,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Призначений для використання з нагнітальними баками або нижніми бачками, має щелевидне сопло для плаского факелу, забезпечує високу якість перенесення густих матеріалів, підходить для нанесення клею, компактний та легкий, забезпечує високоякісну поверхневу обробку в автомобілебудуванні, виробництві меблів, будівництві та ін.</t>
           </r>
         </is>
       </c>
       <c r="F35" s="2"/>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -24646,87 +24916,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нижня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.5</t>
+            <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,5 мм</t>
+            <t xml:space="preserve">1,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 2,0 / 2,5 мм</t>
+            <t xml:space="preserve">1,5 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">396 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
@@ -24792,85 +25062,85 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Пневматические</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: HP
 Тип подачи: Нижняя
-Сменные сопла: 1,0 / 2,0 / 2,5 мм</t>
+Сменные сопла: 1,5 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H35" s="2">
-        <v>5072</v>
+        <v>3124</v>
       </c>
     </row>
     <row r="36" spans="1:8" customHeight="1" ht="150">
       <c r="A36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="2"/>
       <c r="D36" s="2" t="s">
         <v>113</v>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro 77-P HP (2,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro 77-P HP (1,5 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Призначений для використання з нагнітальними баками або нижніми бачками, має щелевидне сопло для плаского факелу, забезпечує високу якість перенесення густих матеріалів, підходить для нанесення клею, компактний та легкий, забезпечує високоякісну поверхневу обробку в автомобілебудуванні, виробництві меблів, будівництві та ін.</t>
           </r>
         </is>
       </c>
       <c r="F36" s="2"/>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -24907,87 +25177,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нижня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.0</t>
+            <t xml:space="preserve">1.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 мм</t>
+            <t xml:space="preserve">1,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,5 / 2,5 мм</t>
+            <t xml:space="preserve">1,0 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">396 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
@@ -25053,85 +25323,85 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Пневматические</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: HP
 Тип подачи: Нижняя
-Сменные сопла: 1,0 / 1,5 / 2,5 мм</t>
+Сменные сопла: 1,0 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H36" s="2">
-        <v>5072</v>
+        <v>5206</v>
       </c>
     </row>
     <row r="37" spans="1:8" customHeight="1" ht="150">
       <c r="A37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C37" s="2"/>
       <c r="D37" s="2" t="s">
         <v>116</v>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro 77-P HP (2,5 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro 77-P HP (2,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Призначений для використання з нагнітальними баками або нижніми бачками, має щелевидне сопло для плаского факелу, забезпечує високу якість перенесення густих матеріалів, підходить для нанесення клею, компактний та легкий, забезпечує високоякісну поверхневу обробку в автомобілебудуванні, виробництві меблів, будівництві та ін.</t>
           </r>
         </is>
       </c>
       <c r="F37" s="2"/>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -25168,87 +25438,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нижня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.5</t>
+            <t xml:space="preserve">2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,5 мм</t>
+            <t xml:space="preserve">2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,5 / 2,0 мм</t>
+            <t xml:space="preserve">1,0 / 1,5 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">396 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
@@ -25314,427 +25584,373 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Пневматические</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: HP
 Тип подачи: Нижняя
-Сменные сопла: 1,0 / 1,5 / 2,0 мм</t>
+Сменные сопла: 1,0 / 1,5 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H37" s="2">
-        <v>5072</v>
+        <v>5206</v>
       </c>
     </row>
     <row r="38" spans="1:8" customHeight="1" ht="150">
       <c r="A38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C38" s="2"/>
       <c r="D38" s="2" t="s">
         <v>119</v>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM2012 HVLP WB (1,6 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro 77-P HP (2,5 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Фарборозпилювач високого класу з мінімальним туманоутворюванням для найвищих потреб, коефіцієнт переносу становить понад 70%, має широкий регульований по ширині факел (плаский/ круглий), тривалий термін служби і надійну конструкцію, стійкий до абразивного впливу грунтів, прекрасно підходить для фінішних покриттів</t>
+            <t xml:space="preserve">Призначений для використання з нагнітальними баками або нижніми бачками, має щелевидне сопло для плаского факелу, забезпечує високу якість перенесення густих матеріалів, підходить для нанесення клею, компактний та легкий, забезпечує високоякісну поверхневу обробку в автомобілебудуванні, виробництві меблів, будівництві та ін.</t>
           </r>
         </is>
       </c>
       <c r="F38" s="2"/>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">AM2012</t>
+            <t xml:space="preserve">77-P</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HVLP</t>
+            <t xml:space="preserve">HP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Верхня</t>
+            <t xml:space="preserve">Нижня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.6</t>
+            <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,6 мм</t>
+            <t xml:space="preserve">2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,3 / 1,4 / 1,8 / 2,5 мм</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">0,6 л</t>
+            <t xml:space="preserve">1,0 / 1,5 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">285 л/хв</t>
+            <t xml:space="preserve">396 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 бар</t>
+            <t xml:space="preserve">4,9 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,45 кг</t>
+            <t xml:space="preserve">0,393 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Краскопульты</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Пневматические</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Матеріал контейнера: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Тип системы: HVLP
-[...1 lines deleted...]
-Сменные сопла: 1,3 / 1,4 / 1,8 / 2,5 мм</t>
+            <t xml:space="preserve">Тип системы: HP
+Тип подачи: Нижняя
+Сменные сопла: 1,0 / 1,5 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H38" s="2">
-        <v>9307</v>
+        <v>5206</v>
       </c>
     </row>
     <row r="39" spans="1:8" customHeight="1" ht="150">
       <c r="A39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C39" s="2"/>
       <c r="D39" s="2" t="s">
         <v>122</v>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (1,0 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM2012 HVLP WB (1,6 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
+            <t xml:space="preserve">Фарборозпилювач високого класу з мінімальним туманоутворюванням для найвищих потреб, коефіцієнт переносу становить понад 70%, має широкий регульований по ширині факел (плаский/ круглий), тривалий термін служби і надійну конструкцію, стійкий до абразивного впливу грунтів, прекрасно підходить для фінішних покриттів</t>
           </r>
         </is>
       </c>
       <c r="F39" s="2"/>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">AM5008</t>
+            <t xml:space="preserve">AM2012</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
@@ -25744,87 +25960,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0</t>
+            <t xml:space="preserve">1.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 мм</t>
+            <t xml:space="preserve">1,6 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,3 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
+            <t xml:space="preserve">1,3 / 1,4 / 1,8 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -25834,87 +26050,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,6 л</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">283 л/хв</t>
+            <t xml:space="preserve">285 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,43 кг</t>
+            <t xml:space="preserve">0,45 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Краскопульты</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид: </t>
           </r>
@@ -25944,85 +26160,85 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нейлоновый</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: HVLP
 Тип подачи: Верхняя
-Сменные сопла: 1,3 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
+Сменные сопла: 1,3 / 1,4 / 1,8 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H39" s="2">
-        <v>7398</v>
+        <v>9553</v>
       </c>
     </row>
     <row r="40" spans="1:8" customHeight="1" ht="150">
       <c r="A40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C40" s="2"/>
       <c r="D40" s="2" t="s">
         <v>125</v>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (1,3 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (1,0 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
           </r>
         </is>
       </c>
       <c r="F40" s="2"/>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -26059,87 +26275,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.3</t>
+            <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,3 мм</t>
+            <t xml:space="preserve">1,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
+            <t xml:space="preserve">1,3 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -26259,85 +26475,85 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нейлоновый</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: HVLP
 Тип подачи: Верхняя
-Сменные сопла: 1,0 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
+Сменные сопла: 1,3 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H40" s="2">
-        <v>7398</v>
+        <v>7593</v>
       </c>
     </row>
     <row r="41" spans="1:8" customHeight="1" ht="150">
       <c r="A41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C41" s="2"/>
       <c r="D41" s="2" t="s">
         <v>128</v>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (1,6 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (1,3 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
           </r>
         </is>
       </c>
       <c r="F41" s="2"/>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -26374,87 +26590,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.6</t>
+            <t xml:space="preserve">1.3</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,6 мм</t>
+            <t xml:space="preserve">1,3 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,3 / 1,4 / 1,8 / 2,0 мм</t>
+            <t xml:space="preserve">1,0 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -26574,85 +26790,85 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нейлоновый</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: HVLP
 Тип подачи: Верхняя
-Сменные сопла: 1,0 / 1,3 / 1,4 / 1,8 / 2,0 мм</t>
+Сменные сопла: 1,0 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H41" s="2">
-        <v>7398</v>
+        <v>7593</v>
       </c>
     </row>
     <row r="42" spans="1:8" customHeight="1" ht="150">
       <c r="A42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C42" s="2"/>
       <c r="D42" s="2" t="s">
         <v>131</v>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (1,8 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (1,6 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
           </r>
         </is>
       </c>
       <c r="F42" s="2"/>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -26689,87 +26905,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.8</t>
+            <t xml:space="preserve">1.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,8 мм</t>
+            <t xml:space="preserve">1,6 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,3 / 1,4 / 1,6 / 2,0 мм</t>
+            <t xml:space="preserve">1,0 / 1,3 / 1,4 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -26889,85 +27105,85 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нейлоновый</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: HVLP
 Тип подачи: Верхняя
-Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 2,0 мм</t>
+Сменные сопла: 1,0 / 1,3 / 1,4 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H42" s="2">
-        <v>7398</v>
+        <v>7593</v>
       </c>
     </row>
     <row r="43" spans="1:8" customHeight="1" ht="150">
       <c r="A43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C43" s="2"/>
       <c r="D43" s="2" t="s">
         <v>134</v>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (2,0 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (1,8 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
           </r>
         </is>
       </c>
       <c r="F43" s="2"/>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -27004,87 +27220,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.0</t>
+            <t xml:space="preserve">1.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 мм</t>
+            <t xml:space="preserve">1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
+            <t xml:space="preserve">1,0 / 1,3 / 1,4 / 1,6 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -27204,85 +27420,85 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нейлоновый</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: HVLP
 Тип подачи: Верхняя
-Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
+Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H43" s="2">
-        <v>7398</v>
+        <v>7593</v>
       </c>
     </row>
     <row r="44" spans="1:8" customHeight="1" ht="150">
       <c r="A44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C44" s="2"/>
       <c r="D44" s="2" t="s">
         <v>137</v>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (2,5 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (2,0 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
           </r>
         </is>
       </c>
       <c r="F44" s="2"/>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -27319,87 +27535,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.5</t>
+            <t xml:space="preserve">2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,5 мм</t>
+            <t xml:space="preserve">2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,3 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
+            <t xml:space="preserve">1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -27527,84 +27743,84 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: HVLP
 Тип подачи: Верхняя
 Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H44" s="2">
-        <v>7398</v>
+        <v>7593</v>
       </c>
     </row>
     <row r="45" spans="1:8" customHeight="1" ht="150">
       <c r="A45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C45" s="2"/>
       <c r="D45" s="2" t="s">
         <v>140</v>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS-AL (1,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS (2,5 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Покращена версія серії 2004 HVLP, яка відрізняється більш ергономічним корпусом, без різких деталей та шорстких поверхонь, зручніше для кисті майстра, примусове нагнітання матеріалу</t>
+            <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
           </r>
         </is>
       </c>
       <c r="F45" s="2"/>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">AM5008</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -27634,87 +27850,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0</t>
+            <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 мм</t>
+            <t xml:space="preserve">2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,3 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
+            <t xml:space="preserve">1,0 / 1,3 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -27724,69 +27940,69 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,6 л</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">196 л/хв</t>
+            <t xml:space="preserve">283 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5,0 бар</t>
+            <t xml:space="preserve">2,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,43 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип: </t>
           </r>
@@ -27814,105 +28030,105 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Пневматические</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал контейнера: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Алюмінієвий</t>
+            <t xml:space="preserve">Нейлоновый</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: HVLP
 Тип подачи: Верхняя
 Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H45" s="2">
-        <v>7088</v>
+        <v>7593</v>
       </c>
     </row>
     <row r="46" spans="1:8" customHeight="1" ht="150">
       <c r="A46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C46" s="2"/>
       <c r="D46" s="2" t="s">
         <v>143</v>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS-AL (2,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS-AL (1,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Покращена версія серії 2004 HVLP, яка відрізняється більш ергономічним корпусом, без різких деталей та шорстких поверхонь, зручніше для кисті майстра, примусове нагнітання матеріалу</t>
           </r>
         </is>
       </c>
       <c r="F46" s="2"/>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -27949,69 +28165,69 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.0</t>
+            <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 мм</t>
+            <t xml:space="preserve">1,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,0 / 1,3 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
@@ -28157,862 +28373,862 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: HVLP
 Тип подачи: Верхняя
 Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H46" s="2">
-        <v>7241</v>
+        <v>7275</v>
       </c>
     </row>
     <row r="47" spans="1:8" customHeight="1" ht="150">
       <c r="A47" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C47" s="2"/>
       <c r="D47" s="2" t="s">
         <v>146</v>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-145G (1,4 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB PLUS-AL (2,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-145G із верхнім бачком 0,6 л та 1,4 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 1,4 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
+            <t xml:space="preserve">Покращена версія серії 2004 HVLP, яка відрізняється більш ергономічним корпусом, без різких деталей та шорстких поверхонь, зручніше для кисті майстра, примусове нагнітання матеріалу</t>
           </r>
         </is>
       </c>
       <c r="F47" s="2"/>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">EVO-T-4F</t>
+            <t xml:space="preserve">AM5008</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LVLP</t>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4</t>
+            <t xml:space="preserve">2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4 мм</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">240-280 мм</t>
+            <t xml:space="preserve">2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,2 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
+            <t xml:space="preserve">1,0 / 1,3 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,6 л</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">196 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,3-1,5 бар</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">до 1.0</t>
+            <t xml:space="preserve">5,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">325 г</t>
+            <t xml:space="preserve">0,43 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Краскопульты</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Пневматические</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал контейнера: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Алюмінієвий</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Тип системы: HVLP
+Тип подачи: Верхняя
+Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H47" s="2">
-        <v>6641</v>
+        <v>7432</v>
       </c>
     </row>
     <row r="48" spans="1:8" customHeight="1" ht="150">
-      <c r="A48" s="2"/>
+      <c r="A48" s="2" t="s">
+        <v>8</v>
+      </c>
       <c r="B48" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C48" s="2"/>
       <c r="D48" s="2" t="s">
         <v>149</v>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB-HV (2,0 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-125G (1,2 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Поліпшена версія серії 2004 HVLP, яка відрізняється більш ергономічним корпусом, без незграбних і шорстких, зручніше для пензля майстра, примусове нагнітання матеріалу.</t>
+            <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-125G із верхнім бачком 0,6 л та 1,2 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 1,2 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
           </r>
         </is>
       </c>
       <c r="F48" s="2"/>
       <c r="G48" s="2" t="inlineStr">
-        <is/>
+        <is>
+          <r>
+            <t xml:space="preserve">Серія: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">EVO-T-4F</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">LVLP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип подачи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Верхня</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Автомобільна, Виробництво м’яких меблів та матраців, Деревообробка, Обслуговування транспорту</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Фарбування</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло в комплекті: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,2 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Змінні сопла: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,2 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина факела: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">240-280 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Емкость бака, л: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0.6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ємність бачка: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,6 л</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,3-1,5 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">283-340 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">325 г</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
       </c>
       <c r="H48" s="2">
-        <v>8619</v>
+        <v>6653</v>
       </c>
     </row>
     <row r="49" spans="1:8" customHeight="1" ht="150">
-      <c r="A49" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A49" s="2"/>
       <c r="B49" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C49" s="2"/>
       <c r="D49" s="2" t="s">
         <v>152</v>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB-HV (2,5 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB-HV (2,0 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Покращена версія серії 2004 HVLP, яка відрізняється більш ергономічним корпусом, без різких деталей та шорстких поверхонь, зручніше для кисті майстра, примусове нагнітання матеріалу</t>
+            <t xml:space="preserve">Поліпшена версія серії 2004 HVLP, яка відрізняється більш ергономічним корпусом, без незграбних і шорстких, зручніше для пензля майстра, примусове нагнітання матеріалу.</t>
           </r>
         </is>
       </c>
       <c r="F49" s="2"/>
       <c r="G49" s="2" t="inlineStr">
-        <is>
-[...272 lines deleted...]
-        </is>
+        <is/>
       </c>
       <c r="H49" s="2">
-        <v>8619</v>
+        <v>8846</v>
       </c>
     </row>
     <row r="50" spans="1:8" customHeight="1" ht="150">
       <c r="A50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C50" s="2"/>
       <c r="D50" s="2" t="s">
         <v>155</v>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS (1,0 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 HVLP WB-HV (2,5 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
+            <t xml:space="preserve">Покращена версія серії 2004 HVLP, яка відрізняється більш ергономічним корпусом, без різких деталей та шорстких поверхонь, зручніше для кисті майстра, примусове нагнітання матеріалу</t>
           </r>
         </is>
       </c>
       <c r="F50" s="2"/>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">AM5008</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LVLP</t>
+            <t xml:space="preserve">HVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0</t>
+            <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 мм</t>
+            <t xml:space="preserve">2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,2 / 1,3 / 1,4 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
+            <t xml:space="preserve">1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -29040,51 +29256,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">196 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,5 бар</t>
+            <t xml:space="preserve">5,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,43 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип: </t>
           </r>
@@ -29130,87 +29346,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нейлоновый</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Тип системы: LVLP
+            <t xml:space="preserve">Тип системы: HVLP
 Тип подачи: Верхняя
-Сменные сопла: 1,2 / 1,3 / 1,4 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
+Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H50" s="2">
-        <v>4212</v>
+        <v>8846</v>
       </c>
     </row>
     <row r="51" spans="1:8" customHeight="1" ht="150">
       <c r="A51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C51" s="2"/>
       <c r="D51" s="2" t="s">
         <v>158</v>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS (1,4 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS (1,0 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
           </r>
         </is>
       </c>
       <c r="F51" s="2"/>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -29247,87 +29463,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4</t>
+            <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4 мм</t>
+            <t xml:space="preserve">1,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
+            <t xml:space="preserve">1,2 / 1,3 / 1,4 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -29447,85 +29663,85 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нейлоновый</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: LVLP
 Тип подачи: Верхняя
-Сменные сопла: 1,0 / 1,2 / 1,3 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
+Сменные сопла: 1,2 / 1,3 / 1,4 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H51" s="2">
-        <v>7020</v>
+        <v>4323</v>
       </c>
     </row>
     <row r="52" spans="1:8" customHeight="1" ht="150">
       <c r="A52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C52" s="2"/>
       <c r="D52" s="2" t="s">
         <v>161</v>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS (1,6 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS (1,4 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
           </r>
         </is>
       </c>
       <c r="F52" s="2"/>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -29562,87 +29778,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.6</t>
+            <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,6 мм</t>
+            <t xml:space="preserve">1,4 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,8 / 2,0 / 2,5 мм</t>
+            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -29762,85 +29978,85 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нейлоновый</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: LVLP
 Тип подачи: Верхняя
-Сменные сопла: 1,0 / 1,2 / 1,3 / 1,4 / 1,8 / 2,0 / 2,5 мм</t>
+Сменные сопла: 1,0 / 1,2 / 1,3 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H52" s="2">
-        <v>7020</v>
+        <v>7205</v>
       </c>
     </row>
     <row r="53" spans="1:8" customHeight="1" ht="150">
       <c r="A53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C53" s="2"/>
       <c r="D53" s="2" t="s">
         <v>164</v>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS (1,8 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS (1,6 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
           </r>
         </is>
       </c>
       <c r="F53" s="2"/>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -29877,87 +30093,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.8</t>
+            <t xml:space="preserve">1.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,8 мм</t>
+            <t xml:space="preserve">1,6 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,6 / 2,0 / 2,5 мм</t>
+            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,8 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -30008,80 +30224,154 @@
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,5 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,43 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
+          <r>
+            <t xml:space="preserve">Тип: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Краскопульты</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Пневматические</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал контейнера: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Нейлоновый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Тип системы: LVLP
+Тип подачи: Верхняя
+Сменные сопла: 1,0 / 1,2 / 1,3 / 1,4 / 1,8 / 2,0 / 2,5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
         </is>
       </c>
       <c r="H53" s="2">
-        <v>7020</v>
+        <v>7205</v>
       </c>
     </row>
     <row r="54" spans="1:8" customHeight="1" ht="150">
       <c r="A54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C54" s="2"/>
       <c r="D54" s="2" t="s">
         <v>167</v>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS (2,0 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS (1,8 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
           </r>
         </is>
       </c>
       <c r="F54" s="2"/>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -30118,87 +30408,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.0</t>
+            <t xml:space="preserve">1.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 мм</t>
+            <t xml:space="preserve">1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,6 / 1,8 / 2,5 мм</t>
+            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,6 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -30249,154 +30539,80 @@
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,5 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,43 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...72 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H54" s="2">
-        <v>7020</v>
+        <v>7205</v>
       </c>
     </row>
     <row r="55" spans="1:8" customHeight="1" ht="150">
       <c r="A55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="2"/>
       <c r="D55" s="2" t="s">
         <v>170</v>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS (2,5 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS (2,0 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
           </r>
         </is>
       </c>
       <c r="F55" s="2"/>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -30433,87 +30649,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.5</t>
+            <t xml:space="preserve">2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,5 мм</t>
+            <t xml:space="preserve">2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
+            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,6 / 1,8 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -30633,92 +30849,92 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нейлоновый</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: LVLP
 Тип подачи: Верхняя
-Сменные сопла: 1,0 / 1,2 / 1,3 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
+Сменные сопла: 1,0 / 1,2 / 1,3 / 1,6 / 1,8 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H55" s="2">
-        <v>7020</v>
+        <v>7205</v>
       </c>
     </row>
     <row r="56" spans="1:8" customHeight="1" ht="150">
       <c r="A56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C56" s="2"/>
       <c r="D56" s="2" t="s">
         <v>173</v>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS-AL (1,4 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS (2,5 мм) + подарунок фільтр тонкого очищення Air Pro F3K</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Покращена версія серії 2004 LVLP, яка відрізняється більш ергономічним корпусом, без різких деталей та шорстких поверхонь, зручніше для кисті майстра</t>
+            <t xml:space="preserve">При купівлі фарборозпилювача Air Pro AM5008 HVLP чи LVLP додатково отримуйте чисте та сухе повітря завдяки фільтру тонкого очищення Air Pro F3К!</t>
           </r>
         </is>
       </c>
       <c r="F56" s="2"/>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">AM5008</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -30748,87 +30964,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4</t>
+            <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4 мм</t>
+            <t xml:space="preserve">2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,3 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
+            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -30928,112 +31144,112 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Пневматические</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал контейнера: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Алюмінієвий</t>
+            <t xml:space="preserve">Нейлоновый</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: LVLP
 Тип подачи: Верхняя
-Сменные сопла: 1,0 / 1,2 / 1,3 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
+Сменные сопла: 1,0 / 1,2 / 1,3 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H56" s="2">
-        <v>7088</v>
+        <v>7205</v>
       </c>
     </row>
     <row r="57" spans="1:8" customHeight="1" ht="150">
       <c r="A57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C57" s="2"/>
       <c r="D57" s="2" t="s">
         <v>176</v>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB-HV (2,5 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB PLUS-AL (1,4 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Покращена версія серії 2004 LVLP, яка відрізняється більш ергономічним корпусом, без різких деталей та шорстких поверхонь, зручніше для кисті майстра, примусове нагнітання матеріалу</t>
+            <t xml:space="preserve">Покращена версія серії 2004 LVLP, яка відрізняється більш ергономічним корпусом, без різких деталей та шорстких поверхонь, зручніше для кисті майстра</t>
           </r>
         </is>
       </c>
       <c r="F57" s="2"/>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">AM5008</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -31063,87 +31279,87 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.0</t>
+            <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 мм</t>
+            <t xml:space="preserve">1,4 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,3 / 1,4 / 1,6 / 1,8 / 2,5 мм</t>
+            <t xml:space="preserve">1,0 / 1,3 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
@@ -31153,69 +31369,69 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,6 л</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">283 л/хв</t>
+            <t xml:space="preserve">196 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5,0 бар</t>
+            <t xml:space="preserve">1,5 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,43 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип: </t>
           </r>
@@ -31243,861 +31459,1068 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Пневматические</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал контейнера: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Нейлоновый</t>
+            <t xml:space="preserve">Алюмінієвий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тип системы: LVLP
 Тип подачи: Верхняя
-Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 1,8 / 2,5 мм</t>
+Сменные сопла: 1,0 / 1,2 / 1,3 / 1,6 / 1,8 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H57" s="2">
-        <v>8619</v>
+        <v>7275</v>
       </c>
     </row>
     <row r="58" spans="1:8" customHeight="1" ht="150">
       <c r="A58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C58" s="2"/>
       <c r="D58" s="2" t="s">
         <v>179</v>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM6008 LVLP WB-P (1,6 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM5008 LVLP WB-HV (2,5 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Забезпечує високий коефіцієнт перенесення густих матеріалів при низькому споживанні повітря, має м'який двоконтурний факел з можливістю регулювання його ширини, призначений для використання з нагнітальними баками або нижніми бачками</t>
+            <t xml:space="preserve">Покращена версія серії 2004 LVLP, яка відрізняється більш ергономічним корпусом, без різких деталей та шорстких поверхонь, зручніше для кисті майстра, примусове нагнітання матеріалу</t>
           </r>
         </is>
       </c>
       <c r="F58" s="2"/>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">AM6008</t>
+            <t xml:space="preserve">AM5008</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Нижня</t>
+            <t xml:space="preserve">Верхня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.6</t>
+            <t xml:space="preserve">2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,6 мм</t>
+            <t xml:space="preserve">2,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,5 / 1,8 / 2,0 / 2,5 мм</t>
+            <t xml:space="preserve">1,0 / 1,3 / 1,4 / 1,6 / 1,8 / 2,5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Емкость бака, л: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0.6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ємність бачка: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,6 л</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">198 л/хв</t>
+            <t xml:space="preserve">283 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 бар</t>
+            <t xml:space="preserve">5,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,48 кг</t>
+            <t xml:space="preserve">0,43 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Краскопульты</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Пневматические</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал контейнера: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Нейлоновый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Тип системы: LVLP
+Тип подачи: Верхняя
+Сменные сопла: 1,0 / 1,3 / 1,4 / 1,6 / 1,8 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H58" s="2">
-        <v>6329</v>
+        <v>8846</v>
       </c>
     </row>
     <row r="59" spans="1:8" customHeight="1" ht="150">
       <c r="A59" s="2" t="s">
-        <v>182</v>
+        <v>13</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C59" s="2"/>
       <c r="D59" s="2" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Fachowiec K899 REALLY HP (2,5 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM6008 LVLP WB-P (1,6 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Фарборозпилювач має високу ефективність, забезпечує легкий і швидкий процес фарбування, а високий тиск HP має більш низьке споживання повітря в порівнянні з іншими системами. Модель без бачка, з нижнім підключенням, що дозволяє працювати з нагнітальними баками різних об'ємів.</t>
+            <t xml:space="preserve">Забезпечує високий коефіцієнт перенесення густих матеріалів при низькому споживанні повітря, має м'який двоконтурний факел з можливістю регулювання його ширини, призначений для використання з нагнітальними баками або нижніми бачками</t>
           </r>
         </is>
       </c>
       <c r="F59" s="2"/>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">REALLY</t>
+            <t xml:space="preserve">AM6008</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP</t>
+            <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Нижня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.5</t>
+            <t xml:space="preserve">1.6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,5 мм</t>
+            <t xml:space="preserve">1,6 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Змінні сопла: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,5 / 1,8 / 2,0 / 2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">385 л/хв</t>
+            <t xml:space="preserve">198 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4,0 бар</t>
-[...54 lines deleted...]
-Тип подачи: Нижняя</t>
+            <t xml:space="preserve">2,0 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,48 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H59" s="2">
-        <v>7387</v>
+        <v>6496</v>
       </c>
     </row>
     <row r="60" spans="1:8" customHeight="1" ht="150">
       <c r="A60" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C60" s="2"/>
       <c r="D60" s="2" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний Star EVO-T-4F-125G (1,2 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Air Pro AM6008 LVLP WB-P (1,8 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний фарбопульт для професіоналів Star EVO-T-4F-125G із верхнім бачком 0,6 л та 1,2 мм соплом забезпечує ефективне нанесення матеріалу з ефективністю перенесення до 72%. Дюза 1,2 мм із нержавіючої сталі сумісна з широким спектром лакофарбових матеріалів, включно з водорозчинними. Модель EVO-T-4F-205G є оптимальним рішенням для робіт з автофарбування.</t>
+            <t xml:space="preserve">Забезпечує високий коефіцієнт перенесення густих матеріалів при низькому споживанні повітря, має м'який двоконтурний факел з можливістю регулювання його ширини, призначений для використання з нагнітальними баками або нижніми бачками</t>
           </r>
         </is>
       </c>
       <c r="F60" s="2"/>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Серія: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">EVO-T-4F</t>
+            <t xml:space="preserve">AM6008</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип системи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">LVLP</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип подачи: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Верхня</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">Фарбування</t>
+            <t xml:space="preserve">Нижня</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.2</t>
+            <t xml:space="preserve">1.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сопло в комплекті: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,2 мм</t>
+            <t xml:space="preserve">1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Змінні сопла: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,2 / 1,4 / 1,6 / 1,8 / 2,0 мм</t>
-[...53 lines deleted...]
-            <t xml:space="preserve">0,6 л</t>
+            <t xml:space="preserve">1,0 / 1,2 / 1,3 / 1,4 / 1,6 / 2,0 / 2,5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">198 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,3-1,5 бар</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">до 1.0</t>
+            <t xml:space="preserve">2,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">325 г</t>
+            <t xml:space="preserve">0,48 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H60" s="2">
-        <v>6653</v>
+        <v>6496</v>
       </c>
     </row>
     <row r="61" spans="1:8" customHeight="1" ht="150">
       <c r="A61" s="2" t="s">
-        <v>8</v>
+        <v>188</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C61" s="2"/>
       <c r="D61" s="2" t="s">
         <v>189</v>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Фарборозпилювач пневматичний міні Star SJ-108 (1,4 мм)</t>
+            <t xml:space="preserve">Фарборозпилювач пневматичний Fachowiec K899 REALLY HP (2,5 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний міні-фарбопульт Star SJ-108 із нижнім бачком та самоцентруючим мідним 1,4 мм соплом забезпечує ефективне нанесення матеріалу та є оптимальним рішенням для робіт з аерографії.</t>
+            <t xml:space="preserve">Фарборозпилювач має високу ефективність, забезпечує легкий і швидкий процес фарбування, а високий тиск HP має більш низьке споживання повітря в порівнянні з іншими системами. Модель без бачка, з нижнім підключенням, що дозволяє працювати з нагнітальними баками різних об'ємів.</t>
           </r>
         </is>
       </c>
       <c r="F61" s="2"/>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Серія: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">REALLY</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип системи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">HP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип подачи: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Нижня</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сопло в комплекті: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2,5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">385 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">4,0 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Краскопульты</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Пневматические</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Тип системы: HP
+Тип подачи: Нижняя</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H61" s="2">
+        <v>7582</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8" customHeight="1" ht="150">
+      <c r="A62" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B62" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" s="2"/>
+      <c r="D62" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="E62" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Фарборозпилювач пневматичний міні Star SJ-108 (1,4 мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Пневматичний міні-фарбопульт Star SJ-108 із нижнім бачком та самоцентруючим мідним 1,4 мм соплом забезпечує ефективне нанесення матеріалу та є оптимальним рішенням для робіт з аерографії.</t>
+          </r>
+        </is>
+      </c>
+      <c r="F62" s="2"/>
+      <c r="G62" s="2" t="inlineStr">
+        <is>
+          <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Механозбірка, Обробка поверхні</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
@@ -32253,51 +32676,51 @@
             <t xml:space="preserve">80-113 л/мин</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2,0-3,5 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H61" s="2">
+      <c r="H62" s="2">
         <v>3598</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>