--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -15,74 +15,74 @@
   <Default Extension="webp" ContentType="image/webp"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="202">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 15.10.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 06.12.2025р.</t>
   </si>
   <si>
     <t>Пневмомастер</t>
   </si>
   <si>
     <t>Кріпильні Інструменти</t>
   </si>
   <si>
     <t>Кліпер</t>
   </si>
   <si>
     <t>CLP-20L CLIPPER TOOL</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Зв&amp;#8217;язувальний пневмоінструмент кліпсатор (кліпер) CLP-20L CLIPPER TOOL</t>
@@ -148,81 +148,99 @@
       <t xml:space="preserve">Кліпса</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">M</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>EZ-Fasten</t>
+    <t>Prebena</t>
   </si>
   <si>
     <t>Шпилькозабивной</t>
   </si>
   <si>
-    <t>SUPER630</t>
+    <t>1GP-ALK35</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Пневмопістолет шпилькозабивний EZ-Fasten SUPER630</t>
+      <t xml:space="preserve">Пневмопістолет шпилькозабивний Prebena 1GP-ALK35</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Застосування: призначений для чистового, майже непомітного кріплення профілів бордюрів, орнаментів, кріплення дверних штапиків, декоративних елементів, для монтажу віконних рам, панелей, цокольних рейок.</t>
+      <t xml:space="preserve">Застосування:  призначений для чистового, майже непомітного кріплення декоративних прикрас, меблів, картин, профілів.</t>
     </r>
   </si>
   <si>
     <r>
+      <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">5cupfWNknOU</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
       <t xml:space="preserve">Сфера промисловості: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Будівництво, Деревообробка</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип задачі: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
@@ -245,284 +263,171 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Мікрошпилька, Мікроштифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">AL, B 6, P 6</t>
+      <t xml:space="preserve">AL, ALK</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12-30 мм</t>
+      <t xml:space="preserve">12-35 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Проволока: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,64 мм</t>
+      <t xml:space="preserve">0,65х0,95 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Робочий тиск: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4-7 бар</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,36 л/шпилька</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,94 кг</t>
+      <t xml:space="preserve">0,97 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розміри: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">200x45x180 мм</t>
-[...3 lines deleted...]
-    </r>
+      <t xml:space="preserve">220x207x42 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>EZ-Fasten</t>
   </si>
   <si>
     <t>Цвяховбивний</t>
   </si>
   <si>
-    <t>CRN45AA</t>
-[...132 lines deleted...]
-  <si>
     <t>SAN65*********</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пневмопістолет цвяхозабивний EZ-Fasten SAN65</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Застосування: призначений для збивання блоків, дверей, вікон, парканів, меблів, каркасів, настилу даху та підлоги, а також для кріплення дошки до бетону.</t>
     </r>
   </si>
   <si>
     <r>
@@ -1007,259 +912,50 @@
       <t xml:space="preserve">3,7 л/цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3,8 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>Prebena</t>
-[...207 lines deleted...]
-  <si>
     <t>5F-CNF-57</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пневмопістолет цвяхозабивний Prebena 5F-CNF57</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Застосування:  призначений для виготовлення ящиків, палет, при складанні каркасів, а також при виготовленні обрешітки, крокв.</t>
     </r>
   </si>
   <si>
     <r>
@@ -1452,310 +1148,50 @@
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2,7 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розміри: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">302x132x285 мм</t>
-    </r>
-[...258 lines deleted...]
-      <t xml:space="preserve">386x142x369 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>7XR-RK-90</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пневмопістолет цвяхозабивний Prebena 7XR-RK90</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
@@ -2733,268 +2169,2602 @@
       <t xml:space="preserve">0,98 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розміри: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">200x45x180 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>1GP-ALK35</t>
+    <t>SUPER630</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Пневмопістолет шпилькозабивний Prebena 1GP-ALK35</t>
+      <t xml:space="preserve">Пневмопістолет шпилькозабивний EZ-Fasten SUPER630</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Застосування:  призначений для чистового, майже непомітного кріплення декоративних прикрас, меблів, картин, профілів.</t>
+      <t xml:space="preserve">Застосування: призначений для чистового, майже непомітного кріплення профілів бордюрів, орнаментів, кріплення дверних штапиків, декоративних елементів, для монтажу віконних рам, панелей, цокольних рейок.</t>
     </r>
   </si>
   <si>
     <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Будівництво, Деревообробка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Встановлення вікон та дверей, Створення декоративних елементів</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Мікрошпилька, Мікроштифт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">AL, B 6, P 6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">12-30 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Проволока: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,64 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">4-7 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,94 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розміри: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">200x45x180 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>Штифтозабивний</t>
+  </si>
+  <si>
+    <t>BN16/64AC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневмопістолет штифтозабивний EZ-Fasten BN16/64AC</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: призначений для пробивання дошки підлоги, кріплення масивних елементів внутрішньої обробки.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Штифт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">FST, N</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">18-64 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Проволока: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,4х1,6 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">5-7 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,2 л/штифт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,9 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розміри: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">317x72x265 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>CN45N</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневмопістолет цвяхозабивний CN45N</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: призначений для покрівельних робіт, збірки палет, дерев'яної тари, дерев'яних піддонів, робіт з стелями та стінами, виготовлення огорож, будівельних робіт, обшивки, обробки, облицювання, зовнішніх робіт.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Будівництво</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Покрівельні роботи</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">CNW</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">45 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр стержня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,5-3,3 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">5-8 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,7 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розміри: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">278x275x116 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>F18/32VM</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневмопістолет штифтозабивний EZ-Fasten F18/32VM</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: призначений для робіт в промисловому та домашньому будівництві, при ремонті, обробці.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Штифт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">J</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10-32 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Проволока: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,05х1,25 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">4-6 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,7 л/штифт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,0 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розміри: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">255x62x205 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>TN64</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневмопістолет штифтозабивний EZ-Fasten TN64</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: призначений для кріплення фанери до стяжки.</t>
+    </r>
+  </si>
+  <si>
+    <r>
       <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5cupfWNknOU</t>
+      <t xml:space="preserve">KdzfDw5U1tg</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Штифт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">ST, T</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">18-64 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Проволока: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,2х2,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">5-7 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3,0 л/штифт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,8 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розміри: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">310x95x310 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>2p-J-50 SDS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневмопістолет штифтозабивний Prebena 2P-J50SDS</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування:  призначений для промислового та домашнього будівництва, ремонту, різної обробки.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">G-JcXkNx42U</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сфера промисловості: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Будівництво, Деревообробка</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип задачі: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Встановлення вікон та дверей, Створення декоративних елементів</t>
+      <t xml:space="preserve">Виготовлення тари, Виробництво вікон та дверей, Встановлення вікон та дверей, Кріплення елементів</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Мікрошпилька, Мікроштифт</t>
+      <t xml:space="preserve">Штифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">AL, ALK</t>
+      <t xml:space="preserve">J</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12-35 мм</t>
+      <t xml:space="preserve">16-50 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Проволока: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,65х0,95 мм</t>
+      <t xml:space="preserve">1,05х1,25 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина головки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Робочий тиск: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4-7 бар</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Витрата повітря: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,36 л/шпилька</t>
+      <t xml:space="preserve">0,7 л/штифт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,97 кг</t>
+      <t xml:space="preserve">1,25 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розміри: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">220x207x42 мм</t>
+      <t xml:space="preserve">235х57,5х232 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>#2p-J50 SDS-SE</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневмопістолет штифтозабивний Prebena 2P-J50SDS-SE в кейсі та з J-Box</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Спеціальна пропозиція присвячена 65 річчю Prebena! 
+Застосування:  призначений для промислового та домашнього будівництва, ремонту, різної обробки.</t>
+    </r>
+  </si>
+  <si>
+    <t>2p-J-50 SVN</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневмопістолет штифтозабивний Prebena 2P-J50SVN</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування:  призначений для кріплення штапиків в євровікнах (роблячи забивання, загинає штифт, тим самим гарантуючи цілісність склопакета).</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Будівництво, Деревообробка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Виробництво вікон та дверей, Встановлення вікон та дверей</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Штифт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">J</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">16-50 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Проволока: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,05х1,25 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина головки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">4-7 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,7 л/штифт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,5 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розміри: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">265x60x236,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>2XR-J50</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневмопістолет штифтозабивний Prebena 2XR-J50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування:  призначений для оббивки, кріплення ізоляції, робіт з килимовим покриттям, папером, скріплення картинних рам тощо.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Штифт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">J</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">16-50 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Проволока: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,05х1,25 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина головки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">4-7 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,6 л/штифт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,3 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розміри: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">245х56х244 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>3GP-N65,</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневмопістолет штифтозабивний Prebena 3GP-N65</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування:  призначений для кріплення плінтуса, видимого опалубка, опалубка карнизів, поручнів, дерев'яних парканів і т.д.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Штифт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">N</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">20-65 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Проволока: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,5х1,65 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина головки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,8 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">5-8 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,18 л/штифт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,85 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розміри: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">295x70x310 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>Каркасний</t>
+  </si>
+  <si>
+    <t>V-15WF</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пристрій для зшивання рамок EZ-Fasten V-15WF</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: призначений для зшивання рамок.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">7-15 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10,8 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">5,25 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розміри: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">300x200x320 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>Механічний інструмент</t>
+  </si>
+  <si>
+    <t>HP-J/VX16</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Степлер механічний Prebena HP-J/VX16</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: застосовується для кріплення ізоляції, підкладки, фольги, полотен, килимів, роботи з оббивними матеріалами і багато чого іншого. Може використовувати скобу VX і штифт J.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Будівництво</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Встановлення ізоляції</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба, Штифт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">J, VX</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6-16 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,6 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розміри: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">179x35x150 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>HFPF09</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Степлер механічний оббивочний Prebena HFPF09</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: призначений для оббивочних та оздоблювальних робіт, кріплення ізоляції та килимових покриттів.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Будівництво</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Встановлення ізоляції</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">PF</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6-9 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10,6 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Проволока: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,5х1,27 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,9 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розміри: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">300x25x50 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>HPPF14</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Степлер механічний оббивочний Prebena HPPF14</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: призначений для зшивання декоративних виробів, оббивки стін матерією, зшивання країв картону, матерії, шкіри.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Будівництво</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Встановлення ізоляції</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">PF</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6-14 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10,6 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Проволока: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,5х1,27 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,85 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розміри: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">190x25x155 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>CRN45AA</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневмопістолет цвяхозабивний EZ-Fasten CRN45AA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: призначений для покрівельних та будівельних робіт.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Цвях</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">З головкою</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">22-45 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр стержня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3,05 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Диаметр головки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,47 л/цвях</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>Оббивний</t>
   </si>
   <si>
     <t>1GP-V-16</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пневмопістолет скобозабивний оббивочний Prebena 1GP-V16</t>
     </r>
     <r>
@@ -3148,2474 +4918,50 @@
       <t xml:space="preserve">0,86 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розміри: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">220x50x155 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>Штифтозабивний</t>
-[...2422 lines deleted...]
-  <si>
     <t>W-M46T</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Зв’язувальний пневмоінструмент кліпсатор (кліпер) Woodpecker W-M46T</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Застосування: пневматичний зв’язувальний кліпсатор W-M46T, скоба типу JTK-02, призначений для кріплення матрацних кліпс, роботи з колючим дротом Egoza/Єгоза, виготовлення пружинних меблів та автокрісел, роботи з різними сітчастими конструкціями.</t>
     </r>
   </si>
   <si>
     <r>
@@ -5724,142 +5070,178 @@
       <t xml:space="preserve">3,36 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3.1 - 5.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>2p-H-30</t>
+    <t>3GP-H40.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Prebena 2P-H30SD</t>
+      <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Prebena 3GP-H40</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Застосування: призначений для декоративного оздоблення, кріплення ящиків, кріплення штапиків, кріплення дерев'яних елементів, виробництва меблів.</t>
+      <t xml:space="preserve">Застосування: призначений для деревообробки, кріплення ящиків, кріплення дерев'яних елементів, виробництва меблів, оббивки рами.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ojBcL0G7TXU</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Будівництво</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Монтаж та демонтаж, Ремонтні роботи</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
       <t xml:space="preserve">Тип кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип елемента кріплення: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">H</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Висота: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12-30 мм</t>
+      <t xml:space="preserve">15-40 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ширина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">8,6 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Проволока: </t>
     </r>
@@ -5869,105 +5251,105 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1,0х1,25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Робочий тиск: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4-7 бар</t>
+      <t xml:space="preserve">5-8 бар</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Витрата повітря: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,7 л/скоба</t>
+      <t xml:space="preserve">0,95 л/скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,25 кг</t>
+      <t xml:space="preserve">1,7 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розміри: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">235х57,5х222 мм</t>
+      <t xml:space="preserve">260x70x300 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>M-66C</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Кліпер EZ-Fasten M-66</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
@@ -6969,166 +6351,50 @@
       <t xml:space="preserve">Алюмінієвий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Проволока: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1,4 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>BG1316</t>
-[...114 lines deleted...]
-  <si>
     <t>90/25 AC</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пневмопістолет скобозабивний каркасний EZ-Fasten 90/25 AC</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Застосування: призначений для декоративного оздоблення, обрамлення картин, кріплення ящиків, кріплення штапиків, кріплення дерев'яних елементів, виробництва меблів.</t>
     </r>
   </si>
   <si>
     <r>
@@ -7595,184 +6861,50 @@
       <t xml:space="preserve">0,7 л/скоба</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1,78 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>CF15AA</t>
-[...132 lines deleted...]
-  <si>
     <t>MS16/64 A</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пневмопістолет скобозабивний каркасний EZ-Fasten MS 16/64 A</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Застосування: призначений для декоративного оздоблення, обрамлення картин, кріплення ящиків, кріплення штапиків, кріплення дерев'яних елементів, виробництва меблів.</t>
     </r>
   </si>
   <si>
     <r>
@@ -8293,498 +7425,50 @@
       <t xml:space="preserve">1,7 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розміри: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">260x70x300 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>1GP-A16LN50</t>
-[...446 lines deleted...]
-  <si>
     <t>3GP-L40</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Prebena 3GP-L40</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Застосування: призначений для деревообробки, кріплення ящиків, кріплення дерев'яних елементів, виробництва меблів, оббивки рами.</t>
     </r>
   </si>
   <si>
     <r>
@@ -8977,50 +7661,238 @@
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1,7 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розміри: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">260x70x300 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>1GP-D16</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневмопістолет скобозабивний оббивочний Prebena 1GP-D16</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: призначений для оббивочних робіт, зшивання шкіри, хутра, плівки, бітумних килимів, установки пластикових прикрас, декоративної обробки.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">D</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">4-16 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">12,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Проволока: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,5х1,25 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">4-7 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,27 л/скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,86 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розміри: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">220x50x155 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>4c-L-50</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Prebena 4C-L50</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
@@ -9225,238 +8097,50 @@
       <t xml:space="preserve">2,2 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розміри: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">360х85х283 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>4c-WS38</t>
-[...186 lines deleted...]
-  <si>
     <t>5c-WN-15SNS</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Prebena 5C-WN15SNS</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Застосування: призначений для стикування торців дверей, віконних рам, обрамлення картин, будівельних робіт.</t>
     </r>
   </si>
   <si>
     <r>
@@ -10992,50 +9676,256 @@
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">0,86 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розміри: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">220x155x49 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>1GP-A16LN50</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневмопістолет скобозабивний оббивочний Prebena 1GP-A16LN50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: призначений для зшивання декоративних виробів, оббивки стін матерією, зшивання країв картону, матерій, шкіри.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">WfK_sykBAcc</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">A</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">4-16 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">12,8 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Проволока: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,66х0,95 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">4-6 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,5 л/скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,1 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розміри: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">209x42x212 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>HTVX08 new</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Степлер механічний оббивочний Prebena HTVX08</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
@@ -11230,51 +10120,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_kliper_clp_20l_clipper_tool_01-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EZ-Fasten-SUPER630-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/iachsyftsvs-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/iachsytsuybhsh-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12yts-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tftsivvas-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_prebena_10x-rk160_01-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mshdtsuk-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ypnrka3-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7xr-rk90-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prof-s-sfvvm-v-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Prebena-ST2-ANK50-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-tu1230_01-1-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EZ-Fasten-MP30-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1gp-alk35-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dshchsh-tsuvam-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f-vs-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EZ-Fasten_F1832VM-150x15018.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1_2-150x15019.webp"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cvdxberw-150x15020.webp"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_prebena_2p-j50sds_se_02-150x15021.webp"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/apr-fyvchfchsiaf--150x15022.webp"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vcxvweykjmut-150x15023.webp"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/oshshchzdhshyavptsu-150x15024.webp"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ampryt-vmva-150x15025.webp"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/chsmv-fmf-va-vmm-150x15026.webp"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/iachs00-150x15027.webp"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cvxsfdqawehetgh-150x15028.webp"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cn45n_01-150x15029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dshchsh-tsuvam-150x15030.webp"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-qm87-01-150x15031.webp"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/schmenokuuktssv-150x15032.webp"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cxvyjktfwefwfg-150x15033.webp"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdsacnhjgwse-150x15034.webp"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro-sa8719-80_-150x15035.webp"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-7ca52_01-150x15036.webp"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_woodpecker_bwg12_01-150x15037.webp"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-bg1316_01-150x15038.webp"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sdvvsbdfbsdfb-150x15039.webp"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/smtsuo-150x15040.webp"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxcasjyuktcsddaw-150x15041.webp"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/casdcbngt-150x15042.webp"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cvfsdkutyktrfsadc-150x15043.webp"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/o-150x15044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3gp-e40-150x15045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/myt-uvamm-150x15046.webp"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/smytsukotsa-150x15047.webp"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3gp-l40-150x15048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Prebena_4C-L50-150x15049.webp"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Prebena_4C-WS38-150x15050.webp"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Prebena_5C-WN15SNS-150x15051.webp"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-21n838-01-150x15052.webp"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-21tn838_01-150x15053.webp"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-n8016s_01-150x15054.webp"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lbshhtsua-150x15055.webp"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/iachstsyyrtvapv-150x15056.webp"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mschmftsus-150x15057.webp"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fv-sf--150x15058.webp"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/brohm-vv-150x15059.webp"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cvxsfdqawehetgh-kopyia-150x15060.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_kliper_clp_20l_clipper_tool_01-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1gp-alk35-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/iachsytsuybhsh-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12yts-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tftsivvas-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mshdtsuk-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7xr-rk90-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/prof-s-sfvvm-v-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Prebena-ST2-ANK50-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-tu1230_01-1-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EZ-Fasten-MP30-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EZ-Fasten-SUPER630-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f-vs-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cn45n_01-150x15014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EZ-Fasten_F1832VM-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1_2-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cvdxberw-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_prebena_2p-j50sds_se_02-150x15018.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/apr-fyvchfchsiaf--150x15019.webp"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vcxvweykjmut-150x15020.webp"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/oshshchzdhshyavptsu-150x15021.webp"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ampryt-vmva-150x15022.webp"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/chsmv-fmf-va-vmm-150x15023.webp"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/iachs00-150x15024.webp"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_prebena_hppf14_f14-pf-348_01-1-150x15025.webp"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/iachsyftsvs-150x15026.webp"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dshchsh-tsuvam-150x15027.webp"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-qm87-01-150x15028.webp"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/smytsukotsa-150x15029.webp"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cxvyjktfwefwfg-150x15030.webp"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdsacnhjgwse-150x15031.webp"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro-sa8719-80_-150x15032.webp"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-7ca52_01-150x15033.webp"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_woodpecker_bwg12_01-150x15034.webp"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sdvvsbdfbsdfb-150x15035.webp"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/smtsuo-150x15036.webp"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxcasjyuktcsddaw-150x15037.webp"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cvfsdkutyktrfsadc-150x15038.webp"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/o-150x15039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3gp-e40-150x15040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3gp-l40-150x15041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dshchsh-tsuvam-150x15042.webp"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Prebena_4C-L50-150x15043.webp"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Prebena_5C-WN15SNS-150x15044.webp"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-21n838-01-150x15045.webp"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-21tn838_01-150x15046.webp"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-n8016s_01-150x15047.webp"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lbshhtsua-150x15048.webp"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/iachstsyyrtvapv-150x15049.webp"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mschmftsus-150x15050.webp"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fv-sf--150x15051.webp"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/brohm-vv-150x15052.webp"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/myt-uvamm-150x15053.webp"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cvxsfdqawehetgh-kopyia-150x15054.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -12855,230 +11745,50 @@
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="54" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...178 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -13332,54 +12042,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H61"/>
+  <dimension ref="A1:H55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H61" sqref="H61"/>
+      <selection activeCell="H55" sqref="H55"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -13518,65 +12228,83 @@
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет шпилькозабивний EZ-Fasten SUPER630</t>
+            <t xml:space="preserve">Пневмопістолет шпилькозабивний Prebena 1GP-ALK35</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для чистового, майже непомітного кріплення профілів бордюрів, орнаментів, кріплення дверних штапиків, декоративних елементів, для монтажу віконних рам, панелей, цокольних рейок.</t>
+            <t xml:space="preserve">Застосування:  призначений для чистового, майже непомітного кріплення декоративних прикрас, меблів, картин, профілів.</t>
           </r>
         </is>
       </c>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">5cupfWNknOU</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Будівництво, Деревообробка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
@@ -13599,483 +12327,573 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Мікрошпилька, Мікроштифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">AL, B 6, P 6</t>
+            <t xml:space="preserve">AL, ALK</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12-30 мм</t>
+            <t xml:space="preserve">12-35 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,64 мм</t>
+            <t xml:space="preserve">0,65х0,95 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4-7 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,36 л/шпилька</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,94 кг</t>
+            <t xml:space="preserve">0,97 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">200x45x180 мм</t>
+            <t xml:space="preserve">220x207x42 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>8113</v>
+        <v>14715</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет цвяхозабивний EZ-Fasten CRN45AA</t>
+            <t xml:space="preserve">Пневмопістолет цвяхозабивний EZ-Fasten SAN65</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для покрівельних та будівельних робіт.</t>
+            <t xml:space="preserve">Застосування: призначений для збивання блоків, дверей, вікон, парканів, меблів, каркасів, настилу даху та підлоги, а також для кріплення дошки до бетону.</t>
           </r>
         </is>
       </c>
       <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">З головкою</t>
+            <t xml:space="preserve">RK</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22-45 мм</t>
+            <t xml:space="preserve">38-64 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр стержня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,05 мм</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">10 мм</t>
+            <t xml:space="preserve">3,3-4,1 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,47 л/цвях</t>
+            <t xml:space="preserve">3,2 л/цвях</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2,5 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>16901</v>
+        <v>16756</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет цвяхозабивний EZ-Fasten SAN65</t>
+            <t xml:space="preserve">Пневмопістолет цвяхозабивний MCN55</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для збивання блоків, дверей, вікон, парканів, меблів, каркасів, настилу даху та підлоги, а також для кріплення дошки до бетону.</t>
+            <t xml:space="preserve">Застосування: призначений для збірки палет, дерев'яної тари, дерев'яних піддонів, робіт з стелями та стінами, виготовлення огорож, будівельних робіт, обшивки, обробки, облицювання, зовнішніх робіт.</t>
           </r>
         </is>
       </c>
       <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Деревообробка, Будівництво</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Виготовлення палет, Виготовлення тари, Кріплення елементів, Монтаж та демонтаж, Ремонтні роботи, Будівництво дерев'яних будинків</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">RK</t>
+            <t xml:space="preserve">CNW</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38-64 мм</t>
+            <t xml:space="preserve">25-55 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр стержня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,3-4,1 мм</t>
+            <t xml:space="preserve">2,1-2,5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">5-8 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,2 л/цвях</t>
+            <t xml:space="preserve">3,7 л/цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,5 кг</t>
+            <t xml:space="preserve">2,88 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розміри: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">335x130x295 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>16756</v>
+        <v>9058</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет цвяхозабивний MCN55</t>
+            <t xml:space="preserve">Пневмопістолет цвяхозабивний MCN80</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Застосування: призначений для збірки палет, дерев'яної тари, дерев'яних піддонів, робіт з стелями та стінами, виготовлення огорож, будівельних робіт, обшивки, обробки, облицювання, зовнішніх робіт.</t>
           </r>
         </is>
       </c>
       <c r="F6" s="2"/>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -14130,69 +12948,69 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CNW</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25-55 мм</t>
+            <t xml:space="preserve">50-83 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр стержня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,1-2,5 мм</t>
+            <t xml:space="preserve">2,5-3,3 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5-8 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
@@ -14202,119 +13020,119 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3,7 л/цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,88 кг</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">335x130x295 мм</t>
+            <t xml:space="preserve">3,8 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>9058</v>
+        <v>12310</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет цвяхозабивний MCN80</t>
+            <t xml:space="preserve">Пневмопістолет цвяхозабивний Prebena 5F-CNF57</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для збірки палет, дерев'яної тари, дерев'яних піддонів, робіт з стелями та стінами, виготовлення огорож, будівельних робіт, обшивки, обробки, облицювання, зовнішніх робіт.</t>
+            <t xml:space="preserve">Застосування:  призначений для виготовлення ящиків, палет, при складанні каркасів, а також при виготовленні обрешітки, крокв.</t>
           </r>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">QeAGr2k0XkY?rel=0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Деревообробка, Будівництво</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
@@ -14337,3152 +13155,3099 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CNW</t>
+            <t xml:space="preserve">CNF</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">50-83 мм</t>
+            <t xml:space="preserve">25-57 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр стержня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,5-3,3 мм</t>
+            <t xml:space="preserve">2,1-2,3 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Диаметр головки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">5,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5-8 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,7 л/цвях</t>
+            <t xml:space="preserve">1,55 л/цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,8 кг</t>
+            <t xml:space="preserve">2,7 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розміри: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">302x132x285 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>12310</v>
+        <v>23152</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет цвяхозабивний Prebena 10X-RK160</t>
+            <t xml:space="preserve">Пневмопістолет цвяхозабивний Prebena 7XR-RK90</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування:  призначений для виготовлення обрешітки, настилу підлоги та інших видів будівельних робіт, пыдходить для монтажу масивних дерев'яних конструкцій, кабельних барабанів, виготовлення спеціальної тари.</t>
+            <t xml:space="preserve">Застосування:  призначений для виготовлення стелажів, рам, дерев'яних коробок, обрешітки, дерев'яних збірних будинків, різних робіт в будівництві дерев'яних будинків.</t>
           </r>
         </is>
       </c>
       <c r="F8" s="2"/>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">P8jkorzpzZQ</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Будівництво</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Будівництво дерев'яних будинків, Монтаж та демонтаж, Ремонтні роботи</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RK</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">100-160 мм</t>
+            <t xml:space="preserve">50-90 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр стержня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,4-4,2 мм</t>
+            <t xml:space="preserve">2,8-3,1 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Диаметр головки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9,3 мм</t>
+            <t xml:space="preserve">7,4 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність магазину: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">50 цвяхів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6-8 бар</t>
+            <t xml:space="preserve">4-7 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4,9 л/цвях</t>
+            <t xml:space="preserve">2,0 л/цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,9 кг</t>
+            <t xml:space="preserve">3,2 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">568x145x478 мм</t>
+            <t xml:space="preserve">530x110x370 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>97119</v>
+        <v>11527</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет цвяхозабивний Prebena 5F-CNF57</t>
+            <t xml:space="preserve">Пневмопістолет цвяхозабивний Prebena 9F-CNW100-EPAL</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування:  призначений для виготовлення ящиків, палет, при складанні каркасів, а також при виготовленні обрешітки, крокв.</t>
+            <t xml:space="preserve">Застосування:  призначений для виготовлення європіддонів, ящиків та іншої тари, збірки каркасів, для будівництва дерев'яних будинків.</t>
           </r>
         </is>
       </c>
       <c r="F9" s="2"/>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">QeAGr2k0XkY?rel=0</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">Виготовлення палет, Виготовлення тари, Кріплення елементів, Монтаж та демонтаж, Ремонтні роботи, Будівництво дерев'яних будинків</t>
+            <t xml:space="preserve">vQnn-XX5Hig</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CNF</t>
+            <t xml:space="preserve">CNW</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25-57 мм</t>
+            <t xml:space="preserve">75-100 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр стержня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,1-2,3 мм</t>
+            <t xml:space="preserve">3,1-3,3 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Диаметр головки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5,8 мм</t>
+            <t xml:space="preserve">8,6 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5-8 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,55 л/цвях</t>
+            <t xml:space="preserve">5,38 л/цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,7 кг</t>
+            <t xml:space="preserve">5,3 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">302x132x285 мм</t>
+            <t xml:space="preserve">338x153x418 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>23152</v>
+        <v>50718</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>39</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет цвяхозабивний Prebena 7F-CNW90</t>
+            <t xml:space="preserve">Пневмопістолет цвяхозабивний Prebena ST2-ANK50</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування:  призначений для виготовлення ящиків, палет, збірки каркасів, а також для виготовлення обрешітки, крокв.</t>
+            <t xml:space="preserve">Застосування:  призначений для теслярських з'єднань та роз'ємів, кутових та анкерних з'єднань, для точного кріплення, дерев'яного будівництва.</t>
           </r>
         </is>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R1FFGPzKyZ0?rel=0, vQnn-XX5Hig?rel=0</t>
+            <t xml:space="preserve">8RHMb-LFJx0,12zqSQESro4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Деревообробка, Будівництво</t>
+            <t xml:space="preserve">Будівництво</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Виготовлення палет, Виготовлення тари, Кріплення елементів, Монтаж та демонтаж, Ремонтні роботи, Будівництво дерев'яних будинків</t>
+            <t xml:space="preserve">Будівництво дерев'яних будинків</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CNW</t>
+            <t xml:space="preserve">ANK</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45-90 мм</t>
+            <t xml:space="preserve">40-50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр стержня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,5-3,1 мм</t>
+            <t xml:space="preserve">4,2 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Диаметр головки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7,4 мм</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">200-300 цвяхів</t>
+            <t xml:space="preserve">8,3 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5-7 бар</t>
+            <t xml:space="preserve">6-7 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,0 л/цвях</t>
+            <t xml:space="preserve">2,6 л/цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,7 кг</t>
+            <t xml:space="preserve">1,9 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">386x142x369 мм</t>
+            <t xml:space="preserve">330х124,5х251,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>24329</v>
+        <v>22122</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет цвяхозабивний Prebena 7XR-RK90</t>
+            <t xml:space="preserve">Пневмопістолет цвяхозабивний Woodpecker TU1230</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування:  призначений для виготовлення стелажів, рам, дерев'яних коробок, обрешітки, дерев'яних збірних будинків, різних робіт в будівництві дерев'яних будинків.</t>
+            <t xml:space="preserve">Застосування: пневматичний забивач декоративних цвяхів TU1230 використовується для декоративного оформлення диванів класичного типу.</t>
           </r>
         </is>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
-[...52 lines deleted...]
-          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">RK</t>
-[...107 lines deleted...]
-            <t xml:space="preserve">2,0 л/цвях</t>
+            <t xml:space="preserve">З головкою</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина головки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">9-22 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,2 кг</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">530x110x370 мм</t>
+            <t xml:space="preserve">0,8 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>11527</v>
+        <v>6270</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет цвяхозабивний Prebena 9F-CNW100-EPAL</t>
+            <t xml:space="preserve">Пневмопістолет шпилькозабивний EZ-Fasten MP30</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування:  призначений для виготовлення європіддонів, ящиків та іншої тари, збірки каркасів, для будівництва дерев'яних будинків.</t>
+            <t xml:space="preserve">Застосування: призначений для чистового, майже непомітного кріплення профілів бордюрів, орнаментів.</t>
           </r>
         </is>
       </c>
       <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">vQnn-XX5Hig</t>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Будівництво, Деревообробка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Встановлення вікон та дверей, Створення декоративних елементів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях</t>
+            <t xml:space="preserve">Мікрошпилька</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CNW</t>
+            <t xml:space="preserve">AL, P 6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">75-100 мм</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">8,6 мм</t>
+            <t xml:space="preserve">12-30 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Проволока: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,64 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5-8 бар</t>
+            <t xml:space="preserve">4-6 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5,38 л/цвях</t>
+            <t xml:space="preserve">0,25 л/шпилька</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5,3 кг</t>
+            <t xml:space="preserve">0,98 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">338x153x418 мм</t>
+            <t xml:space="preserve">200x45x180 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H12" s="2">
-        <v>50718</v>
+        <v>7098</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="150">
       <c r="A13" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет цвяхозабивний Prebena ST2-ANK50</t>
+            <t xml:space="preserve">Пневмопістолет шпилькозабивний EZ-Fasten SUPER630</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування:  призначений для теслярських з'єднань та роз'ємів, кутових та анкерних з'єднань, для точного кріплення, дерев'яного будівництва.</t>
+            <t xml:space="preserve">Застосування: призначений для чистового, майже непомітного кріплення профілів бордюрів, орнаментів, кріплення дверних штапиків, декоративних елементів, для монтажу віконних рам, панелей, цокольних рейок.</t>
           </r>
         </is>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Будівництво</t>
+            <t xml:space="preserve">Будівництво, Деревообробка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Будівництво дерев'яних будинків</t>
+            <t xml:space="preserve">Встановлення вікон та дверей, Створення декоративних елементів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях</t>
+            <t xml:space="preserve">Мікрошпилька, Мікроштифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ANK</t>
+            <t xml:space="preserve">AL, B 6, P 6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40-50 мм</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">8,3 мм</t>
+            <t xml:space="preserve">12-30 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Проволока: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,64 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6-7 бар</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">2,6 л/цвях</t>
+            <t xml:space="preserve">4-7 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,9 кг</t>
+            <t xml:space="preserve">0,94 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">330х124,5х251,5 мм</t>
+            <t xml:space="preserve">200x45x180 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H13" s="2">
-        <v>22122</v>
+        <v>8113</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>19</v>
+        <v>52</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет цвяхозабивний Woodpecker TU1230</t>
+            <t xml:space="preserve">Пневмопістолет штифтозабивний EZ-Fasten BN16/64AC</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: пневматичний забивач декоративних цвяхів TU1230 використовується для декоративного оформлення диванів класичного типу.</t>
+            <t xml:space="preserve">Застосування: призначений для пробивання дошки підлоги, кріплення масивних елементів внутрішньої обробки.</t>
           </r>
         </is>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях</t>
+            <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">З головкою</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">9-22 мм</t>
+            <t xml:space="preserve">FST, N</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">18-64 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Проволока: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,4х1,6 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">5-7 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,2 л/штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,8 кг</t>
+            <t xml:space="preserve">0,9 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розміри: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">317x72x265 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H14" s="2">
-        <v>6270</v>
+        <v>11156</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="150">
       <c r="A15" s="2" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет шпилькозабивний EZ-Fasten MP30</t>
+            <t xml:space="preserve">Пневмопістолет цвяхозабивний CN45N</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для чистового, майже непомітного кріплення профілів бордюрів, орнаментів.</t>
+            <t xml:space="preserve">Застосування: призначений для покрівельних робіт, збірки палет, дерев'яної тари, дерев'яних піддонів, робіт з стелями та стінами, виготовлення огорож, будівельних робіт, обшивки, обробки, облицювання, зовнішніх робіт.</t>
           </r>
         </is>
       </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Будівництво, Деревообробка</t>
+            <t xml:space="preserve">Будівництво</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Встановлення вікон та дверей, Створення декоративних елементів</t>
+            <t xml:space="preserve">Покрівельні роботи</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікрошпилька</t>
+            <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">AL, P 6</t>
+            <t xml:space="preserve">CNW</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12-30 мм</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">0,64 мм</t>
+            <t xml:space="preserve">45 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр стержня: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2,5-3,3 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4-6 бар</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">0,25 л/шпилька</t>
+            <t xml:space="preserve">5-8 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,98 кг</t>
+            <t xml:space="preserve">2,7 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">200x45x180 мм</t>
+            <t xml:space="preserve">278x275x116 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H15" s="2">
-        <v>7098</v>
+        <v>8362</v>
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="150">
       <c r="A16" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>15</v>
+        <v>52</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет шпилькозабивний Prebena 1GP-ALK35</t>
+            <t xml:space="preserve">Пневмопістолет штифтозабивний EZ-Fasten F18/32VM</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування:  призначений для чистового, майже непомітного кріплення декоративних прикрас, меблів, картин, профілів.</t>
+            <t xml:space="preserve">Застосування: призначений для робіт в промисловому та домашньому будівництві, при ремонті, обробці.</t>
           </r>
         </is>
       </c>
       <c r="F16" s="2"/>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
-[...52 lines deleted...]
-          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Мікрошпилька, Мікроштифт</t>
+            <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">AL, ALK</t>
+            <t xml:space="preserve">J</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12-35 мм</t>
+            <t xml:space="preserve">10-32 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,65х0,95 мм</t>
+            <t xml:space="preserve">1,05х1,25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4-7 бар</t>
+            <t xml:space="preserve">4-6 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,36 л/шпилька</t>
+            <t xml:space="preserve">0,7 л/штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,97 кг</t>
+            <t xml:space="preserve">1,0 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">220x207x42 мм</t>
+            <t xml:space="preserve">255x62x205 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H16" s="2">
-        <v>14715</v>
+        <v>5916</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="150">
       <c r="A17" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет скобозабивний оббивочний Prebena 1GP-V16</t>
+            <t xml:space="preserve">Пневмопістолет штифтозабивний EZ-Fasten TN64</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для оббивочних робіт, декоративного оздоблення, встановлення пластикових прикрас, зшивання шкіри, хутра, плівки.</t>
+            <t xml:space="preserve">Застосування: призначений для кріплення фанери до стяжки.</t>
           </r>
         </is>
       </c>
       <c r="F17" s="2"/>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">KdzfDw5U1tg</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба</t>
+            <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">V</t>
+            <t xml:space="preserve">ST, T</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6-16 мм</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">9 мм</t>
+            <t xml:space="preserve">18-64 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,6х0,75 мм</t>
+            <t xml:space="preserve">2,2х2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4-7 бар</t>
+            <t xml:space="preserve">5-7 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,27 л/скоба</t>
+            <t xml:space="preserve">3,0 л/штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,86 кг</t>
+            <t xml:space="preserve">2,8 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">220x50x155 мм</t>
+            <t xml:space="preserve">310x95x310 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H17" s="2">
-        <v>8633</v>
+        <v>14298</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="150">
       <c r="A18" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D18" s="2" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет штифтозабивний EZ-Fasten BN16/64AC</t>
+            <t xml:space="preserve">Пневмопістолет штифтозабивний Prebena 2P-J50SDS</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для пробивання дошки підлоги, кріплення масивних елементів внутрішньої обробки.</t>
+            <t xml:space="preserve">Застосування:  призначений для промислового та домашнього будівництва, ремонту, різної обробки.</t>
           </r>
         </is>
       </c>
       <c r="F18" s="2"/>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">G-JcXkNx42U</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Будівництво, Деревообробка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Виготовлення тари, Виробництво вікон та дверей, Встановлення вікон та дверей, Кріплення елементів</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">FST, N</t>
+            <t xml:space="preserve">J</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18-64 мм</t>
+            <t xml:space="preserve">16-50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4х1,6 мм</t>
+            <t xml:space="preserve">1,05х1,25 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина головки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5-7 бар</t>
+            <t xml:space="preserve">4-7 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,2 л/штифт</t>
+            <t xml:space="preserve">0,7 л/штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,9 кг</t>
+            <t xml:space="preserve">1,25 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">317x72x265 мм</t>
+            <t xml:space="preserve">235х57,5х232 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H18" s="2">
-        <v>11156</v>
+        <v>9810</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="150">
       <c r="A19" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет штифтозабивний EZ-Fasten F18/32VM</t>
+            <t xml:space="preserve">Пневмопістолет штифтозабивний Prebena 2P-J50SDS-SE в кейсі та з J-Box</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для робіт в промисловому та домашньому будівництві, при ремонті, обробці.</t>
+            <t xml:space="preserve">Спеціальна пропозиція присвячена 65 річчю Prebena! 
+Застосування:  призначений для промислового та домашнього будівництва, ремонту, різної обробки.</t>
           </r>
         </is>
       </c>
       <c r="F19" s="2"/>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">G-JcXkNx42U</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Будівництво, Деревообробка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Виготовлення тари, Виробництво вікон та дверей, Встановлення вікон та дверей, Кріплення елементів</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10-32 мм</t>
+            <t xml:space="preserve">16-50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,05х1,25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Ширина головки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4-6 бар</t>
+            <t xml:space="preserve">4-7 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,7 л/штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 кг</t>
+            <t xml:space="preserve">1,25 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">255x62x205 мм</t>
+            <t xml:space="preserve">235х57,5х232 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H19" s="2">
-        <v>5916</v>
+        <v>12753</v>
       </c>
     </row>
     <row r="20" spans="1:8" customHeight="1" ht="150">
       <c r="A20" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет штифтозабивний EZ-Fasten TN64</t>
+            <t xml:space="preserve">Пневмопістолет штифтозабивний Prebena 2P-J50SVN</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для кріплення фанери до стяжки.</t>
+            <t xml:space="preserve">Застосування:  призначений для кріплення штапиків в євровікнах (роблячи забивання, загинає штифт, тим самим гарантуючи цілісність склопакета).</t>
           </r>
         </is>
       </c>
       <c r="F20" s="2"/>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">KdzfDw5U1tg</t>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Будівництво, Деревообробка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Виробництво вікон та дверей, Встановлення вікон та дверей</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ST, T</t>
+            <t xml:space="preserve">J</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18-64 мм</t>
+            <t xml:space="preserve">16-50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,2х2,5 мм</t>
+            <t xml:space="preserve">1,05х1,25 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина головки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5-7 бар</t>
+            <t xml:space="preserve">4-7 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,0 л/штифт</t>
+            <t xml:space="preserve">0,7 л/штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,8 кг</t>
+            <t xml:space="preserve">1,5 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">310x95x310 мм</t>
+            <t xml:space="preserve">265x60x236,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H20" s="2">
-        <v>14298</v>
+        <v>31000</v>
       </c>
     </row>
     <row r="21" spans="1:8" customHeight="1" ht="150">
       <c r="A21" s="2" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет штифтозабивний Prebena 2P-J50SDS</t>
+            <t xml:space="preserve">Пневмопістолет штифтозабивний Prebena 2XR-J50</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування:  призначений для промислового та домашнього будівництва, ремонту, різної обробки.</t>
+            <t xml:space="preserve">Застосування:  призначений для оббивки, кріплення ізоляції, робіт з килимовим покриттям, папером, скріплення картинних рам тощо.</t>
           </r>
         </is>
       </c>
       <c r="F21" s="2"/>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
-[...52 lines deleted...]
-          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
@@ -17559,8286 +16324,7007 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4-7 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,7 л/штифт</t>
+            <t xml:space="preserve">0,6 л/штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,25 кг</t>
+            <t xml:space="preserve">1,3 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">235х57,5х232 мм</t>
+            <t xml:space="preserve">245х56х244 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H21" s="2">
-        <v>9810</v>
+        <v>4047</v>
       </c>
     </row>
     <row r="22" spans="1:8" customHeight="1" ht="150">
       <c r="A22" s="2" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет штифтозабивний Prebena 2P-J50SDS-SE в кейсі та з J-Box</t>
+            <t xml:space="preserve">Пневмопістолет штифтозабивний Prebena 3GP-N65</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Спеціальна пропозиція присвячена 65 річчю Prebena! 
-Застосування:  призначений для промислового та домашнього будівництва, ремонту, різної обробки.</t>
+            <t xml:space="preserve">Застосування:  призначений для кріплення плінтуса, видимого опалубка, опалубка карнизів, поручнів, дерев'яних парканів і т.д.</t>
           </r>
         </is>
       </c>
       <c r="F22" s="2"/>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
-[...52 lines deleted...]
-          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">J</t>
+            <t xml:space="preserve">N</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16-50 мм</t>
+            <t xml:space="preserve">20-65 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,05х1,25 мм</t>
+            <t xml:space="preserve">1,5х1,65 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина головки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2 мм</t>
+            <t xml:space="preserve">2,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4-7 бар</t>
+            <t xml:space="preserve">5-8 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,7 л/штифт</t>
+            <t xml:space="preserve">1,18 л/штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,25 кг</t>
+            <t xml:space="preserve">1,85 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">235х57,5х232 мм</t>
+            <t xml:space="preserve">295x70x310 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H22" s="2">
-        <v>12753</v>
+        <v>18884</v>
       </c>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="150">
       <c r="A23" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>65</v>
+        <v>79</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>80</v>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет штифтозабивний Prebena 2P-J50SVN</t>
+            <t xml:space="preserve">Пристрій для зшивання рамок EZ-Fasten V-15WF</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування:  призначений для кріплення штапиків в євровікнах (роблячи забивання, загинає штифт, тим самим гарантуючи цілісність склопакета).</t>
+            <t xml:space="preserve">Застосування: призначений для зшивання рамок.</t>
           </r>
         </is>
       </c>
       <c r="F23" s="2"/>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штифт</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">J</t>
+            <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16-50 мм</t>
-[...71 lines deleted...]
-            <t xml:space="preserve">0,7 л/штифт</t>
+            <t xml:space="preserve">7-15 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,5 кг</t>
+            <t xml:space="preserve">5,25 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">265x60x236,5 мм</t>
+            <t xml:space="preserve">300x200x320 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H23" s="2">
-        <v>31000</v>
+        <v>17625</v>
       </c>
     </row>
     <row r="24" spans="1:8" customHeight="1" ht="150">
       <c r="A24" s="2" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>65</v>
+        <v>83</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет штифтозабивний Prebena 2XR-J50</t>
+            <t xml:space="preserve">Степлер механічний Prebena HP-J/VX16</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування:  призначений для оббивки, кріплення ізоляції, робіт з килимовим покриттям, папером, скріплення картинних рам тощо.</t>
+            <t xml:space="preserve">Застосування: застосовується для кріплення ізоляції, підкладки, фольги, полотен, килимів, роботи з оббивними матеріалами і багато чого іншого. Може використовувати скобу VX і штифт J.</t>
           </r>
         </is>
       </c>
       <c r="F24" s="2"/>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Будівництво</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Встановлення ізоляції</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штифт</t>
+            <t xml:space="preserve">Скоба, Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">J</t>
+            <t xml:space="preserve">J, VX</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16-50 мм</t>
-[...71 lines deleted...]
-            <t xml:space="preserve">0,6 л/штифт</t>
+            <t xml:space="preserve">6-16 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,3 кг</t>
+            <t xml:space="preserve">0,6 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">245х56х244 мм</t>
+            <t xml:space="preserve">179x35x150 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H24" s="2">
-        <v>4047</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="25" spans="1:8" customHeight="1" ht="150">
       <c r="A25" s="2" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>65</v>
+        <v>83</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет штифтозабивний Prebena 3GP-N65</t>
+            <t xml:space="preserve">Степлер механічний оббивочний Prebena HFPF09</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування:  призначений для кріплення плінтуса, видимого опалубка, опалубка карнизів, поручнів, дерев'яних парканів і т.д.</t>
+            <t xml:space="preserve">Застосування: призначений для оббивочних та оздоблювальних робіт, кріплення ізоляції та килимових покриттів.</t>
           </r>
         </is>
       </c>
       <c r="F25" s="2"/>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Будівництво</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Встановлення ізоляції</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штифт</t>
+            <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">N</t>
+            <t xml:space="preserve">PF</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20-65 мм</t>
+            <t xml:space="preserve">6-9 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10,6 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,5х1,65 мм</t>
-[...53 lines deleted...]
-            <t xml:space="preserve">1,18 л/штифт</t>
+            <t xml:space="preserve">0,5х1,27 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,85 кг</t>
+            <t xml:space="preserve">0,9 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">295x70x310 мм</t>
+            <t xml:space="preserve">300x25x50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H25" s="2">
-        <v>18884</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="26" spans="1:8" customHeight="1" ht="150">
       <c r="A26" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>90</v>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пристрій для зшивання рамок EZ-Fasten V-15WF</t>
+            <t xml:space="preserve">Степлер механічний оббивочний Prebena HPPF14</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для зшивання рамок.</t>
+            <t xml:space="preserve">Застосування: призначений для зшивання декоративних виробів, оббивки стін матерією, зшивання країв картону, матерії, шкіри.</t>
           </r>
         </is>
       </c>
       <c r="F26" s="2"/>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Будівництво</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Встановлення ізоляції</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">PF</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7-15 мм</t>
+            <t xml:space="preserve">6-14 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10,8 мм</t>
+            <t xml:space="preserve">10,6 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Проволока: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,5х1,27 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5,25 кг</t>
+            <t xml:space="preserve">0,85 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">300x200x320 мм</t>
+            <t xml:space="preserve">190x25x155 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H26" s="2">
-        <v>17625</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="150">
       <c r="A27" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C27" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" s="2" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Степлер механічний Prebena HP-J/VX16</t>
+            <t xml:space="preserve">Пневмопістолет цвяхозабивний EZ-Fasten CRN45AA</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: застосовується для кріплення ізоляції, підкладки, фольги, полотен, килимів, роботи з оббивними матеріалами і багато чого іншого. Може використовувати скобу VX і штифт J.</t>
+            <t xml:space="preserve">Застосування: призначений для покрівельних та будівельних робіт.</t>
           </r>
         </is>
       </c>
       <c r="F27" s="2"/>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба, Штифт</t>
+            <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">J, VX</t>
+            <t xml:space="preserve">З головкою</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6-16 мм</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">179x35x150 мм</t>
+            <t xml:space="preserve">22-45 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр стержня: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3,05 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Диаметр головки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2,47 л/цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H27" s="2">
-        <v>1748</v>
+        <v>16901</v>
       </c>
     </row>
     <row r="28" spans="1:8" customHeight="1" ht="150">
       <c r="A28" s="2" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>97</v>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Степлер механічний оббивочний Prebena HFPF09</t>
+            <t xml:space="preserve">Пневмопістолет скобозабивний оббивочний Prebena 1GP-V16</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для оббивочних та оздоблювальних робіт, кріплення ізоляції та килимових покриттів.</t>
+            <t xml:space="preserve">Застосування: призначений для оббивочних робіт, декоративного оздоблення, встановлення пластикових прикрас, зшивання шкіри, хутра, плівки.</t>
           </r>
         </is>
       </c>
       <c r="F28" s="2"/>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PF</t>
+            <t xml:space="preserve">V</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6-9 мм</t>
+            <t xml:space="preserve">6-16 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10,6 мм</t>
+            <t xml:space="preserve">9 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,5х1,27 мм</t>
+            <t xml:space="preserve">0,6х0,75 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">4-7 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,27 л/скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,9 кг</t>
+            <t xml:space="preserve">0,86 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">300x25x50 мм</t>
+            <t xml:space="preserve">220x50x155 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H28" s="2">
-        <v>2320</v>
+        <v>8633</v>
       </c>
     </row>
     <row r="29" spans="1:8" customHeight="1" ht="150">
       <c r="A29" s="2" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>100</v>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Степлер механічний оббивочний Prebena HPPF14</t>
+            <t xml:space="preserve">Зв’язувальний пневмоінструмент кліпсатор (кліпер) Woodpecker W-M46T</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для зшивання декоративних виробів, оббивки стін матерією, зшивання країв картону, матерії, шкіри.</t>
+            <t xml:space="preserve">Застосування: пневматичний зв’язувальний кліпсатор W-M46T, скоба типу JTK-02, призначений для кріплення матрацних кліпс, роботи з колючим дротом Egoza/Єгоза, виготовлення пружинних меблів та автокрісел, роботи з різними сітчастими конструкціями.</t>
           </r>
         </is>
       </c>
       <c r="F29" s="2"/>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Будівництво</t>
+            <t xml:space="preserve">Металообробка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Встановлення ізоляції</t>
+            <t xml:space="preserve">Виготовлення меблів, Виготовлення сидінь, Дротяні клітки, Пружинні матраци, Робота з дротом</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба</t>
+            <t xml:space="preserve">Кліпса</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PF</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">6-14 мм</t>
+            <t xml:space="preserve">CL</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10,6 мм</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">0,5х1,27 мм</t>
+            <t xml:space="preserve">11 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,85 кг</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">190x25x155 мм</t>
+            <t xml:space="preserve">3,36 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3.1 - 5.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H29" s="2">
-        <v>1373</v>
+        <v>13376</v>
       </c>
     </row>
     <row r="30" spans="1:8" customHeight="1" ht="150">
       <c r="A30" s="2" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>19</v>
+        <v>79</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>103</v>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет цвяхозабивний CN45N</t>
+            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Prebena 3GP-H40</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для покрівельних робіт, збірки палет, дерев'яної тари, дерев'яних піддонів, робіт з стелями та стінами, виготовлення огорож, будівельних робіт, обшивки, обробки, облицювання, зовнішніх робіт.</t>
+            <t xml:space="preserve">Застосування: призначений для деревообробки, кріплення ящиків, кріплення дерев'яних елементів, виробництва меблів, оббивки рами.</t>
           </r>
         </is>
       </c>
       <c r="F30" s="2"/>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">ojBcL0G7TXU</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Будівництво</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Покрівельні роботи</t>
+            <t xml:space="preserve">Монтаж та демонтаж, Ремонтні роботи</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях</t>
+            <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CNW</t>
+            <t xml:space="preserve">H</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45 мм</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">2,5-3,3 мм</t>
+            <t xml:space="preserve">15-40 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">8,6 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Проволока: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,0х1,25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5-8 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,95 л/скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,7 кг</t>
+            <t xml:space="preserve">1,7 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">278x275x116 мм</t>
+            <t xml:space="preserve">260x70x300 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H30" s="2">
-        <v>8362</v>
+        <v>21042</v>
       </c>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="150">
       <c r="A31" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>61</v>
+        <v>10</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>106</v>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет скобозабивний оббивочний Prebena 1GP-D16</t>
+            <t xml:space="preserve">Кліпер EZ-Fasten M-66</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для оббивочних робіт, зшивання шкіри, хутра, плівки, бітумних килимів, установки пластикових прикрас, декоративної обробки.</t>
+            <t xml:space="preserve">Застосування: кліпер M-66 призначений для кріплення матрацних кліпс, а також збору автокрісел.</t>
           </r>
         </is>
       </c>
       <c r="F31" s="2"/>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металообробка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Робота з дротом</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба</t>
+            <t xml:space="preserve">Кліпса</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">D</t>
+            <t xml:space="preserve">M</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4-16 мм</t>
+            <t xml:space="preserve">12,5-15,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12,5 мм</t>
-[...53 lines deleted...]
-            <t xml:space="preserve">0,27 л/скоба</t>
+            <t xml:space="preserve">19-22 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ємність магазину: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">50 кліпс</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,86 кг</t>
+            <t xml:space="preserve">3,0 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">220x50x155 мм</t>
+            <t xml:space="preserve">200x95x450 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H31" s="2">
-        <v>9893</v>
+        <v>35782</v>
       </c>
     </row>
     <row r="32" spans="1:8" customHeight="1" ht="150">
       <c r="A32" s="2" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>10</v>
+        <v>109</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Зв’язувальний пневмоінструмент кліпсатор (кліпер) Woodpecker W-M46T</t>
+            <t xml:space="preserve">Пневмопістолет (зшивач) пакувальний EZ-Fasten 35/22P</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: пневматичний зв’язувальний кліпсатор W-M46T, скоба типу JTK-02, призначений для кріплення матрацних кліпс, роботи з колючим дротом Egoza/Єгоза, виготовлення пружинних меблів та автокрісел, роботи з різними сітчастими конструкціями.</t>
+            <t xml:space="preserve">Застосування: призначений для виготовлення гофрованої тари.</t>
           </r>
         </is>
       </c>
       <c r="F32" s="2"/>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Ghc18pJ38f4?rel=0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Металообробка</t>
+            <t xml:space="preserve">Деревообробка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Виготовлення меблів, Виготовлення сидінь, Дротяні клітки, Пружинні матраци, Робота з дротом</t>
+            <t xml:space="preserve">Упаковка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Кліпса</t>
+            <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CL</t>
+            <t xml:space="preserve">B</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">22 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11 мм</t>
+            <t xml:space="preserve">34,75 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Проволока: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,92х2,3 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,36 кг</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">3.1 - 5.0</t>
+            <t xml:space="preserve">2,2 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розміри: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">342x115x220 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H32" s="2">
-        <v>13376</v>
+        <v>18983</v>
       </c>
     </row>
     <row r="33" spans="1:8" customHeight="1" ht="150">
       <c r="A33" s="2" t="s">
-        <v>32</v>
+        <v>113</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>89</v>
+        <v>114</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Prebena 2P-H30SD</t>
+            <t xml:space="preserve">Пневмопістолет C-Ring скобозабивний Air Pro SA8719-80</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для декоративного оздоблення, кріплення ящиків, кріплення штапиків, кріплення дерев'яних елементів, виробництва меблів.</t>
+            <t xml:space="preserve">Застосування: SA8719-80 з закриттям 8 мм застосовується для скріплення/зв'язування різних шнурів, дроту сітки.</t>
           </r>
         </is>
       </c>
       <c r="F33" s="2"/>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">H</t>
+            <t xml:space="preserve">C</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12-30 мм</t>
+            <t xml:space="preserve">12 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8,6 мм</t>
+            <t xml:space="preserve">23,7 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0х1,25 мм</t>
+            <t xml:space="preserve">1,8 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4-7 бар</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">0,7 л/скоба</t>
+            <t xml:space="preserve">5-7 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,25 кг</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">235х57,5х222 мм</t>
+            <t xml:space="preserve">1,63 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">332 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H33" s="2">
-        <v>11331</v>
+        <v>22990</v>
       </c>
     </row>
     <row r="34" spans="1:8" customHeight="1" ht="150">
       <c r="A34" s="2" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>10</v>
+        <v>114</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Кліпер EZ-Fasten M-66</t>
+            <t xml:space="preserve">Пневмопістолет C-Ring скобозабивний Woodpecker 7CA52</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: кліпер M-66 призначений для кріплення матрацних кліпс, а також збору автокрісел.</t>
+            <t xml:space="preserve">Застосування: пневмопістолет C-Ring 7CA52 має закриття скоби від 4,8 мм до 5,2 мм та призначений для скріплення/зв'язування сітчастих конструкцій, виготовлення кліток, пружинних матраців тощо.</t>
           </r>
         </is>
       </c>
       <c r="F34" s="2"/>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Металообробка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Робота з дротом</t>
+            <t xml:space="preserve">Виготовлення сидінь, Дротяні клітки, Закриття мішків, Огорожі, Пружинні матраци, Робота з дротом</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Кліпса</t>
+            <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">M</t>
+            <t xml:space="preserve">C</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12,5-15,5 мм</t>
+            <t xml:space="preserve">12 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19-22 мм</t>
+            <t xml:space="preserve">24 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Проволока: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність магазину: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">50 кліпс</t>
+            <t xml:space="preserve">100 скоб</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Алюмінієвий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,0 кг</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">200x95x450 мм</t>
+            <t xml:space="preserve">1,48 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H34" s="2">
-        <v>35782</v>
+        <v>14296</v>
       </c>
     </row>
     <row r="35" spans="1:8" customHeight="1" ht="150">
       <c r="A35" s="2" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет (зшивач) пакувальний EZ-Fasten 35/22P</t>
+            <t xml:space="preserve">Пневмопістолет C-Ring скобозабивний Woodpecker BWG12</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для виготовлення гофрованої тари.</t>
+            <t xml:space="preserve">Застосування: пневмопістолет C-Ring BWG12 має закриття скоби від 1,8 мм до 2,1 мм та призначений для з'єднання малопомітної перешкоди (МПП, путанка), сіток, огорож, дрібних деталей у виробах ручної роботи та багатьох інших застосувань тощо.</t>
           </r>
         </is>
       </c>
       <c r="F35" s="2"/>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Деревообробка</t>
+            <t xml:space="preserve">Металообробка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Упаковка</t>
+            <t xml:space="preserve">Дротяні клітки, Огорожі, Робота з дротом</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">B</t>
+            <t xml:space="preserve">C</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22 мм</t>
+            <t xml:space="preserve">6,3 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34,75 мм</t>
+            <t xml:space="preserve">11,4 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ємність магазину: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">100 скоб</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Алюмінієвий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,92х2,3 мм</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">342x115x220 мм</t>
+            <t xml:space="preserve">1,4 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H35" s="2">
-        <v>18983</v>
+        <v>19853</v>
       </c>
     </row>
     <row r="36" spans="1:8" customHeight="1" ht="150">
       <c r="A36" s="2" t="s">
-        <v>122</v>
+        <v>19</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>123</v>
+        <v>79</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>124</v>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет C-Ring скобозабивний Air Pro SA8719-80</t>
+            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний EZ-Fasten 90/25 AC</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: SA8719-80 з закриттям 8 мм застосовується для скріплення/зв'язування різних шнурів, дроту сітки.</t>
+            <t xml:space="preserve">Застосування: призначений для декоративного оздоблення, обрамлення картин, кріплення ящиків, кріплення штапиків, кріплення дерев'яних елементів, виробництва меблів.</t>
           </r>
         </is>
       </c>
       <c r="F36" s="2"/>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">C</t>
+            <t xml:space="preserve">E</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12 мм</t>
+            <t xml:space="preserve">10-25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23,7 мм</t>
+            <t xml:space="preserve">5,7 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,8 мм</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">1/4"</t>
+            <t xml:space="preserve">1,05х1,25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5-7 бар</t>
+            <t xml:space="preserve">4-7 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,63 кг</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">332 мм</t>
+            <t xml:space="preserve">1,2 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розміри: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">250x58x185 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H36" s="2">
-        <v>22990</v>
+        <v>5559</v>
       </c>
     </row>
     <row r="37" spans="1:8" customHeight="1" ht="150">
       <c r="A37" s="2" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>123</v>
+        <v>79</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>127</v>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет C-Ring скобозабивний Woodpecker 7CA52</t>
+            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний EZ-Fasten 92/25 AC</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: пневмопістолет C-Ring 7CA52 має закриття скоби від 4,8 мм до 5,2 мм та призначений для скріплення/зв'язування сітчастих конструкцій, виготовлення кліток, пружинних матраців тощо.</t>
+            <t xml:space="preserve">Застосування: призначений для кріплення каркасів м'яких меблів, гіпсокартону, для збирання ящиків, упаковок, станин, перегородок меблів, піддонів.</t>
           </r>
         </is>
       </c>
       <c r="F37" s="2"/>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">C</t>
+            <t xml:space="preserve">H</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12 мм</t>
+            <t xml:space="preserve">10-25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">24 мм</t>
+            <t xml:space="preserve">8,7 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,8 мм</t>
-[...53 lines deleted...]
-            <t xml:space="preserve">Алюмінієвий</t>
+            <t xml:space="preserve">1,0х1,25 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">5-7 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,48 кг</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">1.0 - 2.0</t>
+            <t xml:space="preserve">1,5 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розміри: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">250x58x185 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H37" s="2">
-        <v>14296</v>
+        <v>6761</v>
       </c>
     </row>
     <row r="38" spans="1:8" customHeight="1" ht="150">
       <c r="A38" s="2" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>123</v>
+        <v>79</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>130</v>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет C-Ring скобозабивний Woodpecker BWG12</t>
+            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний EZ-Fasten 92/40 АС</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: пневмопістолет C-Ring BWG12 має закриття скоби від 1,8 мм до 2,1 мм та призначений для з'єднання малопомітної перешкоди (МПП, путанка), сіток, огорож, дрібних деталей у виробах ручної роботи та багатьох інших застосувань тощо.</t>
+            <t xml:space="preserve">Застосування: призначений для декоративного оздоблення, обрамлення картин, кріплення ящиків, кріплення штапиків, кріплення дерев'яних елементів, виробництва меблів.</t>
           </r>
         </is>
       </c>
       <c r="F38" s="2"/>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">C</t>
+            <t xml:space="preserve">H</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,3 мм</t>
+            <t xml:space="preserve">16-40 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11,4 мм</t>
-[...53 lines deleted...]
-            <t xml:space="preserve">Алюмінієвий</t>
+            <t xml:space="preserve">8,6 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4 мм</t>
+            <t xml:space="preserve">1,0х1,25 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">4-7 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,7 л/скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,78 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H38" s="2">
-        <v>19853</v>
+        <v>11830</v>
       </c>
     </row>
     <row r="39" spans="1:8" customHeight="1" ht="150">
       <c r="A39" s="2" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>118</v>
+        <v>79</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>133</v>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет скобозабивний Woodpecker BG1316</t>
+            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний EZ-Fasten MS 16/64 A</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: пневматичний степлер BG1316 використовується для кріплення картону.</t>
+            <t xml:space="preserve">Застосування: призначений для декоративного оздоблення, обрамлення картин, кріплення ящиків, кріплення штапиків, кріплення дерев'яних елементів, виробництва меблів.</t>
           </r>
         </is>
       </c>
       <c r="F39" s="2"/>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">L, LM, Z</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16 мм</t>
+            <t xml:space="preserve">25-64 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12,8 мм</t>
+            <t xml:space="preserve">11,1 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,5 мм</t>
+            <t xml:space="preserve">1,4х1,6 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">5-7 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,9 л/скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,24 кг</t>
+            <t xml:space="preserve">2,76 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розміри: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">380x95x310 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H39" s="2">
-        <v>20691</v>
+        <v>14915</v>
       </c>
     </row>
     <row r="40" spans="1:8" customHeight="1" ht="150">
       <c r="A40" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>136</v>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний EZ-Fasten 90/25 AC</t>
+            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Prebena 1M-O25SDS-S10</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для декоративного оздоблення, обрамлення картин, кріплення ящиків, кріплення штапиків, кріплення дерев'яних елементів, виробництва меблів.</t>
+            <t xml:space="preserve">Застосування:  призначений для декоративного оздоблення, виробництва тари, зшивання шаф, листів та інших оббивочних робіт.</t>
           </r>
         </is>
       </c>
       <c r="F40" s="2"/>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">E</t>
+            <t xml:space="preserve">O</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10-25 мм</t>
+            <t xml:space="preserve">8-25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5,7 мм</t>
+            <t xml:space="preserve">4,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,05х1,25 мм</t>
+            <t xml:space="preserve">0,66х0,95 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4-7 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,25 л/скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,2 кг</t>
+            <t xml:space="preserve">1,0 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">250x58x185 мм</t>
+            <t xml:space="preserve">209x42x160 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H40" s="2">
-        <v>5559</v>
+        <v>13003</v>
       </c>
     </row>
     <row r="41" spans="1:8" customHeight="1" ht="150">
       <c r="A41" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>139</v>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний EZ-Fasten 92/25 AC</t>
+            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Prebena 3GP-E40</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для кріплення каркасів м'яких меблів, гіпсокартону, для збирання ящиків, упаковок, станин, перегородок меблів, піддонів.</t>
+            <t xml:space="preserve"> Застосування:  призначений для деревообробки, кріплення ящиків, кріплення дерев'яних елементів, виробництва меблів, оббивки рами.</t>
           </r>
         </is>
       </c>
       <c r="F41" s="2"/>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">H</t>
+            <t xml:space="preserve">E</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10-25 мм</t>
+            <t xml:space="preserve">15-40 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8,7 мм</t>
+            <t xml:space="preserve">5,7 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,0х1,25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5-7 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,95 л/скоба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,5 кг</t>
+            <t xml:space="preserve">1,7 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">250x58x185 мм</t>
+            <t xml:space="preserve">260x70x300 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H41" s="2">
-        <v>6761</v>
+        <v>21042</v>
       </c>
     </row>
     <row r="42" spans="1:8" customHeight="1" ht="150">
       <c r="A42" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>142</v>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний EZ-Fasten 92/40 АС</t>
+            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Prebena 3GP-L40</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для декоративного оздоблення, обрамлення картин, кріплення ящиків, кріплення штапиків, кріплення дерев'яних елементів, виробництва меблів.</t>
+            <t xml:space="preserve">Застосування: призначений для деревообробки, кріплення ящиків, кріплення дерев'яних елементів, виробництва меблів, оббивки рами.</t>
           </r>
         </is>
       </c>
       <c r="F42" s="2"/>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">ccQd3Pg7VTQ</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Будівництво</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Монтаж та демонтаж, Ремонтні роботи</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">H</t>
+            <t xml:space="preserve">L, LM</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16-40 мм</t>
+            <t xml:space="preserve">15-40 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8,6 мм</t>
+            <t xml:space="preserve">10,7 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0х1,25 мм</t>
+            <t xml:space="preserve">1,4х1,65 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4-7 бар</t>
+            <t xml:space="preserve">5-7 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,7 л/скоба</t>
+            <t xml:space="preserve">0,95 л/скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,78 кг</t>
+            <t xml:space="preserve">1,7 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розміри: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">260x70x300 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H42" s="2">
-        <v>11830</v>
+        <v>15107</v>
       </c>
     </row>
     <row r="43" spans="1:8" customHeight="1" ht="150">
       <c r="A43" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>145</v>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний EZ-Fasten CF 15AA</t>
+            <t xml:space="preserve">Пневмопістолет скобозабивний оббивочний Prebena 1GP-D16</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для складання віконних рам та дверних блоків, ящиків.</t>
+            <t xml:space="preserve">Застосування: призначений для оббивочних робіт, зшивання шкіри, хутра, плівки, бітумних килимів, установки пластикових прикрас, декоративної обробки.</t>
           </r>
         </is>
       </c>
       <c r="F43" s="2"/>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">WN</t>
+            <t xml:space="preserve">D</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9-15 мм</t>
+            <t xml:space="preserve">4-16 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25 мм</t>
+            <t xml:space="preserve">12,5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Проволока: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,5х1,25 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">4-7 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,27 л/скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,0 кг</t>
+            <t xml:space="preserve">0,86 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">310x90x285 мм</t>
+            <t xml:space="preserve">220x50x155 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H43" s="2">
-        <v>19559</v>
+        <v>9893</v>
       </c>
     </row>
     <row r="44" spans="1:8" customHeight="1" ht="150">
       <c r="A44" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>148</v>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний EZ-Fasten MS 16/64 A</t>
+            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Prebena 4C-L50</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для декоративного оздоблення, обрамлення картин, кріплення ящиків, кріплення штапиків, кріплення дерев'яних елементів, виробництва меблів.</t>
+            <t xml:space="preserve">Застосування: призначений для кріплення каркасів м'яких меблів, гіпсокартону, збивання ящиків, упаковок, станин, перегородок меблів, піддонів.</t>
           </r>
         </is>
       </c>
       <c r="F44" s="2"/>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">ccQd3Pg7VTQ</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Будівництво</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Монтаж та демонтаж, Ремонтні роботи</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">L, LM, Z</t>
+            <t xml:space="preserve">L, LM</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25-64 мм</t>
+            <t xml:space="preserve">19-50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11,1 мм</t>
+            <t xml:space="preserve">10,7 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4х1,6 мм</t>
+            <t xml:space="preserve">1,4х1,65 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5-7 бар</t>
+            <t xml:space="preserve">5-8 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,9 л/скоба</t>
+            <t xml:space="preserve">1,72 л/скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,76 кг</t>
+            <t xml:space="preserve">2,2 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">380x95x310 мм</t>
+            <t xml:space="preserve">360х85х283 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H44" s="2">
-        <v>14915</v>
+        <v>18884</v>
       </c>
     </row>
     <row r="45" spans="1:8" customHeight="1" ht="150">
       <c r="A45" s="2" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>151</v>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Prebena 1M-O25SDS-S10</t>
+            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Prebena 5C-WN15SNS</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування:  призначений для декоративного оздоблення, виробництва тари, зшивання шаф, листів та інших оббивочних робіт.</t>
+            <t xml:space="preserve">Застосування: призначений для стикування торців дверей, віконних рам, обрамлення картин, будівельних робіт.</t>
           </r>
         </is>
       </c>
       <c r="F45" s="2"/>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">z-XxKaSlTXo</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">O</t>
+            <t xml:space="preserve">WN</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8-25 мм</t>
+            <t xml:space="preserve">9-15 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4,5 мм</t>
+            <t xml:space="preserve">25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,66х0,95 мм</t>
+            <t xml:space="preserve">2,2 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4-7 бар</t>
+            <t xml:space="preserve">5-8 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,25 л/скоба</t>
+            <t xml:space="preserve">1,65 л/скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 кг</t>
+            <t xml:space="preserve">2,4 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">209x42x160 мм</t>
+            <t xml:space="preserve">300,5x82x282,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H45" s="2">
-        <v>13003</v>
+        <v>39117</v>
       </c>
     </row>
     <row r="46" spans="1:8" customHeight="1" ht="150">
       <c r="A46" s="2" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>154</v>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Prebena 3GP-E40</t>
+            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Woodpecker 21N838</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve"> Застосування:  призначений для деревообробки, кріплення ящиків, кріплення дерев'яних елементів, виробництва меблів, оббивки рами.</t>
+            <t xml:space="preserve">Застосування: пневматичний каркасний степлер 21N838 призначений для виготовлення шаф, дверей та вікон, кріплення ящиків, кріплення дерев'яних елементів, виробництва меблів, оббивки панелей.
+</t>
           </r>
         </is>
       </c>
       <c r="F46" s="2"/>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Тип елемента кріплення: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15-40 мм</t>
+            <t xml:space="preserve">19-38 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5,7 мм</t>
+            <t xml:space="preserve">10,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0х1,25 мм</t>
+            <t xml:space="preserve">1,4х1,6 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ємність магазину: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">150 скоб</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5-7 бар</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">0,95 л/скоба</t>
+            <t xml:space="preserve">5-8 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,7 кг</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">260x70x300 мм</t>
+            <t xml:space="preserve">2,2 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H46" s="2">
-        <v>21042</v>
+        <v>6270</v>
       </c>
     </row>
     <row r="47" spans="1:8" customHeight="1" ht="150">
       <c r="A47" s="2" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>61</v>
+        <v>79</v>
       </c>
       <c r="D47" s="2" t="s">
         <v>157</v>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет скобозабивний оббивочний Prebena 1GP-A16LN50</t>
+            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Woodpecker 21TN838</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для зшивання декоративних виробів, оббивки стін матерією, зшивання країв картону, матерій, шкіри.</t>
+            <t xml:space="preserve">Застосування: пневматичний каркасний степлер 21TN838 використовується для швидкого кріплення фіксованої арочної пружинної застібки на дерев’яній рамі.</t>
           </r>
         </is>
       </c>
       <c r="F47" s="2"/>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Тип елемента кріплення: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4-16 мм</t>
+            <t xml:space="preserve">19-38 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12,8 мм</t>
+            <t xml:space="preserve">10,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,66х0,95 мм</t>
+            <t xml:space="preserve">1,4х1,6 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ємність магазину: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">150 скоб</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4-6 бар</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">0,5 л/скоба</t>
+            <t xml:space="preserve">5-8 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,1 кг</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">209x42x212 мм</t>
+            <t xml:space="preserve">2,3 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H47" s="2">
-        <v>12263</v>
+        <v>6270</v>
       </c>
     </row>
     <row r="48" spans="1:8" customHeight="1" ht="150">
       <c r="A48" s="2" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>160</v>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Prebena 3GP-H40</t>
+            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Woodpecker N8016S</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для деревообробки, кріплення ящиків, кріплення дерев'яних елементів, виробництва меблів, оббивки рами.</t>
+            <t xml:space="preserve">Застосування: пневматичний каркасний степлер N8016S призначений для виробництва меблів, вкладання задніх стінок меблів, кріплення	всіх видів тонких стінок, тканинних та шкіряних чохлів диванів.</t>
           </r>
         </is>
       </c>
       <c r="F48" s="2"/>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
-[...52 lines deleted...]
-          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Тип елемента кріплення: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15-40 мм</t>
+            <t xml:space="preserve">6-16 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8,6 мм</t>
+            <t xml:space="preserve">12,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0х1,25 мм</t>
+            <t xml:space="preserve">0,65х0,95 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ємність магазину: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">100 скоб</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5-8 бар</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">0,95 л/скоба</t>
+            <t xml:space="preserve">4-8 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,7 кг</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">260x70x300 мм</t>
+            <t xml:space="preserve">0,9 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H48" s="2">
-        <v>21042</v>
+        <v>6270</v>
       </c>
     </row>
     <row r="49" spans="1:8" customHeight="1" ht="150">
       <c r="A49" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="D49" s="2" t="s">
         <v>163</v>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Prebena 3GP-L40</t>
+            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний для багетних стрілок EZ-Fasten BG5/15</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для деревообробки, кріплення ящиків, кріплення дерев'яних елементів, виробництва меблів, оббивки рами.</t>
+            <t xml:space="preserve">Застосування: призначений для обрамлення картин, фоторамок, дзеркал та інших виробів, де використовуються багетні стрілки.</t>
           </r>
         </is>
       </c>
       <c r="F49" s="2"/>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
-[...52 lines deleted...]
-          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Тип елемента кріплення: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15-40 мм</t>
+            <t xml:space="preserve">15 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10,7 мм</t>
+            <t xml:space="preserve">5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4х1,65 мм</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">0,95 л/скоба</t>
+            <t xml:space="preserve">0,35 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,7 кг</t>
+            <t xml:space="preserve">0,86 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260x70x300 мм</t>
+            <t xml:space="preserve">161x48x225 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H49" s="2">
-        <v>15107</v>
+        <v>8573</v>
       </c>
     </row>
     <row r="50" spans="1:8" customHeight="1" ht="150">
       <c r="A50" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>166</v>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Prebena 4C-L50</t>
+            <t xml:space="preserve">Пневмопістолет скобозабивний оббивочний  EZ-Fasten 80/16RN</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для кріплення каркасів м'яких меблів, гіпсокартону, збивання ящиків, упаковок, станин, перегородок меблів, піддонів.</t>
+            <t xml:space="preserve">Застосування: призначений для зшивання декоративних виробів, оббивки стін матерією, зшивання країв картону, матерії, шкіри.</t>
           </r>
         </is>
       </c>
       <c r="F50" s="2"/>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
-[...52 lines deleted...]
-          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">L, LM</t>
+            <t xml:space="preserve">A</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19-50 мм</t>
+            <t xml:space="preserve">4-16 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10,7 мм</t>
+            <t xml:space="preserve">12,9 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4х1,65 мм</t>
+            <t xml:space="preserve">0,65х0,95 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5-8 бар</t>
+            <t xml:space="preserve">4-6 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,72 л/скоба</t>
+            <t xml:space="preserve">0,25 л/скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,2 кг</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">360х85х283 мм</t>
+            <t xml:space="preserve">0,9 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H50" s="2">
-        <v>18884</v>
+        <v>5408</v>
       </c>
     </row>
     <row r="51" spans="1:8" customHeight="1" ht="150">
       <c r="A51" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>169</v>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Prebena 4C-WS38</t>
+            <t xml:space="preserve">Пневмопістолет скобозабивний оббивочний EZ-Fasten 80/16LNR</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для виготовлення будинків з дерева, кріплення черепиці, ізоляції, а також для виробництва тари та дерев'яних контейнерів, піддонів, і т.д.</t>
+            <t xml:space="preserve">Застосування: призначений для чистового, майже непомітного кріплення профілів бордюрів та орнаментів.</t>
           </r>
         </is>
       </c>
       <c r="F51" s="2"/>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">WS</t>
+            <t xml:space="preserve">A</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16-38 мм</t>
+            <t xml:space="preserve">4-16 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26,5 мм</t>
+            <t xml:space="preserve">12,9 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4х1,6 мм</t>
+            <t xml:space="preserve">0,65х0,95 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5-8 бар</t>
+            <t xml:space="preserve">4-6 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,36 л/скоба</t>
+            <t xml:space="preserve">0,25 л/скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,6 кг</t>
+            <t xml:space="preserve">1,1 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">360x85x236 мм</t>
+            <t xml:space="preserve">232x48x205 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H51" s="2">
-        <v>32373</v>
+        <v>6846</v>
       </c>
     </row>
     <row r="52" spans="1:8" customHeight="1" ht="150">
       <c r="A52" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>172</v>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Prebena 5C-WN15SNS</t>
+            <t xml:space="preserve">Пневмопістолет скобозабивний оббивочний EZ-Fasten 80/16R</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для стикування торців дверей, віконних рам, обрамлення картин, будівельних робіт.</t>
+            <t xml:space="preserve">Застосування: призначений для зшивання декоративних виробів, оббивки стін матерією, зшивання країв картону, матерій, шкіри.</t>
           </r>
         </is>
       </c>
       <c r="F52" s="2"/>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">WN</t>
+            <t xml:space="preserve">A</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9-15 мм</t>
+            <t xml:space="preserve">4-16 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25 мм</t>
+            <t xml:space="preserve">12,9 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,2 мм</t>
+            <t xml:space="preserve">0,65х0,95 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5-8 бар</t>
+            <t xml:space="preserve">4-6 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,65 л/скоба</t>
+            <t xml:space="preserve">0,25 л/скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,4 кг</t>
+            <t xml:space="preserve">0,9 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">300,5x82x282,5 мм</t>
+            <t xml:space="preserve">232x45x152 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H52" s="2">
-        <v>39117</v>
+        <v>5098</v>
       </c>
     </row>
     <row r="53" spans="1:8" customHeight="1" ht="150">
       <c r="A53" s="2" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>175</v>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Woodpecker 21N838</t>
+            <t xml:space="preserve">Пневмопістолет скобозабивний оббивочний Prebena 1GP-A16</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: пневматичний каркасний степлер 21N838 призначений для виготовлення шаф, дверей та вікон, кріплення ящиків, кріплення дерев'яних елементів, виробництва меблів, оббивки панелей.
-</t>
+            <t xml:space="preserve">Застосування: призначений для зшивання декоративних виробів, оббивки стін матерією, зшивання країв картону, матерій, шкіри.</t>
           </r>
         </is>
       </c>
       <c r="F53" s="2"/>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SeSxiy7to_A?rel=0,NrpTkqUL9E4?rel=0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Будівництво</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Ремонтні роботи</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">A</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19-38 мм</t>
+            <t xml:space="preserve">4-16 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10,8 мм</t>
+            <t xml:space="preserve">12,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4х1,6 мм</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">150 скоб</t>
+            <t xml:space="preserve">0,66х0,95 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5-8 бар</t>
+            <t xml:space="preserve">4-7 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,27 л/скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,2 кг</t>
+            <t xml:space="preserve">0,86 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розміри: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">220x155x49 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H53" s="2">
-        <v>6270</v>
+        <v>6475</v>
       </c>
     </row>
     <row r="54" spans="1:8" customHeight="1" ht="150">
       <c r="A54" s="2" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>178</v>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Woodpecker 21TN838</t>
+            <t xml:space="preserve">Пневмопістолет скобозабивний оббивочний Prebena 1GP-A16LN50</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: пневматичний каркасний степлер 21TN838 використовується для швидкого кріплення фіксованої арочної пружинної застібки на дерев’яній рамі.</t>
+            <t xml:space="preserve">Застосування: призначений для зшивання декоративних виробів, оббивки стін матерією, зшивання країв картону, матерій, шкіри.</t>
           </r>
         </is>
       </c>
       <c r="F54" s="2"/>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">WfK_sykBAcc</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">A</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19-38 мм</t>
+            <t xml:space="preserve">4-16 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10,8 мм</t>
+            <t xml:space="preserve">12,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4х1,6 мм</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">150 скоб</t>
+            <t xml:space="preserve">0,66х0,95 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5-8 бар</t>
+            <t xml:space="preserve">4-6 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,5 л/скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,3 кг</t>
+            <t xml:space="preserve">1,1 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розміри: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">209x42x212 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H54" s="2">
-        <v>6270</v>
+        <v>12263</v>
       </c>
     </row>
     <row r="55" spans="1:8" customHeight="1" ht="150">
       <c r="A55" s="2" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>181</v>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Woodpecker N8016S</t>
+            <t xml:space="preserve">Степлер механічний оббивочний Prebena HTVX08</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: пневматичний каркасний степлер N8016S призначений для виробництва меблів, вкладання задніх стінок меблів, кріплення	всіх видів тонких стінок, тканинних та шкіряних чохлів диванів.</t>
+            <t xml:space="preserve">Застосування: призначений для зшивання декоративних виробів, оббивки стін матерією, зшивання країв картону, матерії, шкіри.</t>
           </r>
         </is>
       </c>
       <c r="F55" s="2"/>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">VX</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6-16 мм</t>
+            <t xml:space="preserve">6-8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12,8 мм</t>
+            <t xml:space="preserve">11,35 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,65х0,95 мм</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">4-8 бар</t>
+            <t xml:space="preserve">0,58х0,75 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,9 кг</t>
+            <t xml:space="preserve">0,25 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розміри: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">155x20x90 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H55" s="2">
-        <v>6270</v>
-[...1186 lines deleted...]
-      <c r="H61" s="2">
         <v>1167</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>