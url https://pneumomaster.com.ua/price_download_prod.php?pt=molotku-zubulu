--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -14,74 +14,74 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="webp" ContentType="image/webp"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 18.10.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 07.12.2025р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Молотки, зубила</t>
   </si>
   <si>
     <t>SA8706</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гравер пневматичний Air Pro SA8706</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -3807,364 +3807,50 @@
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2.1 - 3.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">284 мм</t>
-    </r>
-[...312 lines deleted...]
-      <t xml:space="preserve">256 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>RH-9502XK</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Клепальний молоток ударний пневматичний пістолетного типу Air Pro RH-9502XK KIT</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
@@ -4880,51 +4566,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfds-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7231-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sbjkter-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxdwe-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cxvwexcs-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7601_01-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/xcvawecz-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxdcesgv-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7108_01-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/yjzsd-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/yts-1-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/shablon-vertykalnykh-osnovnykh-foto-kopyia-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vas-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7357_01-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7123_01-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/msy-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/iach-3-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rol-150x15018.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxcewjnm-150x15019.webp"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/wduikb-150x15020.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfds-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7231-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sbjkter-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxdwe-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cxvwexcs-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7601_01-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/xcvawecz-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxdcesgv-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7108_01-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/yjzsd-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/yts-1-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/shablon-vertykalnykh-osnovnykh-foto-kopyia-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vas-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7357_01-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7123_01-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/msy-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rol-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxcewjnm-150x15018.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/wduikb-150x15019.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -5455,80 +5141,50 @@
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -5782,54 +5438,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H21"/>
+  <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H21" sqref="H21"/>
+      <selection activeCell="H20" sqref="H20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -9885,78 +9541,78 @@
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="150">
       <c r="A18" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="2"/>
       <c r="D18" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Клепальний молоток ударний пневматичний пістолетного типу Air Pro RH-9507XK KIT</t>
+            <t xml:space="preserve">Клепальний молоток ударний пневматичний пістолетного типу Air Pro RH-9502XK KIT</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: клепальний молоток ударної дії RH-9507XK в кейсі з набором насадок призначений для установки алюмінієвих заклепок 7,9 мм і сталевих заклепок 6,4 мм.</t>
+            <t xml:space="preserve">Особливості: клепальний молоток ударної дії RH-9502XK в кейсі з набором насадок призначений для установки алюмінієвих заклепок 3,2 мм і сталевих заклепок 2, 4 мм.</t>
           </r>
         </is>
       </c>
       <c r="F18" s="2"/>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">V8BiXjG9I4k?rel=0</t>
+            <t xml:space="preserve">We2is3RTpYc?rel=0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Молоток</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип молотка: </t>
           </r>
@@ -9966,177 +9622,177 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Клепальний, Ударний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7,9/6,4 мм (алюміній/сталь)</t>
+            <t xml:space="preserve">3,2/2,4 мм (алюміній/сталь)</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Размер алюминиевой заклепки, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7.9</t>
+            <t xml:space="preserve">3.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір сталевої заклепки, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6.4</t>
+            <t xml:space="preserve">2.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударів: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1140 уд/хв</t>
+            <t xml:space="preserve">2580 уд/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударов, уд/мин: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1000 - 3000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">620 л/хв</t>
+            <t xml:space="preserve">350 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр поршня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19 мм</t>
+            <t xml:space="preserve">12,7 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Хід поршня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">98,4 мм</t>
+            <t xml:space="preserve">57,2 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
@@ -10146,328 +9802,256 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,3 кг</t>
+            <t xml:space="preserve">1,2 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.1 - 3.0</t>
+            <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">256 мм</t>
+            <t xml:space="preserve">140 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H18" s="2">
-        <v>20388</v>
+        <v>13145</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="150">
       <c r="A19" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="2"/>
       <c r="D19" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Клепальний молоток ударний пневматичний пістолетного типу Air Pro RH-9502XK KIT</t>
+            <t xml:space="preserve">Зубило пневматичне пряме ультратонке Air Pro SA7209</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: клепальний молоток ударної дії RH-9502XK в кейсі з набором насадок призначений для установки алюмінієвих заклепок 3,2 мм і сталевих заклепок 2, 4 мм.</t>
+            <t xml:space="preserve">Особливості: пневматичне пряме ультратонке зубило SA7209 в сталевому корпусі з гумовою рукояткою, має тригер, потужний інструмент, який застосовується в різних галузях промисловості.</t>
           </r>
         </is>
       </c>
       <c r="F19" s="2"/>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Молоток</t>
-[...71 lines deleted...]
-            <t xml:space="preserve">2.4</t>
+            <t xml:space="preserve">Зубило</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Обробка поверхні</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Обробка металевих поверхонь, Очищення поверхонь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударів: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2580 уд/хв</t>
+            <t xml:space="preserve">5000 уд/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударов, уд/мин: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1000 - 3000</t>
+            <t xml:space="preserve">3001 - 5000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">350 л/хв</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">12,7 мм</t>
+            <t xml:space="preserve">283,2 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Хід поршня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">57,2 мм</t>
+            <t xml:space="preserve">33 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
@@ -10477,487 +10061,228 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,2 кг</t>
+            <t xml:space="preserve">2,8 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0 - 2.0</t>
+            <t xml:space="preserve">2.1 - 3.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">140 мм</t>
+            <t xml:space="preserve">700 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H19" s="2">
-        <v>13145</v>
+        <v>6849</v>
       </c>
     </row>
     <row r="20" spans="1:8" customHeight="1" ht="150">
       <c r="A20" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="2"/>
       <c r="D20" s="2" t="s">
         <v>65</v>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Зубило пневматичне пряме ультратонке Air Pro SA7209</t>
+            <t xml:space="preserve">Шабер-шкребок пневматичний Air Pro SA8700K KIT</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: пневматичне пряме ультратонке зубило SA7209 в сталевому корпусі з гумовою рукояткою, має тригер, потужний інструмент, який застосовується в різних галузях промисловості.</t>
+            <t xml:space="preserve">Пневматичний шабер-шкребок з ножів в комплекті Air Pro SA8700K KIT
+</t>
           </r>
         </is>
       </c>
       <c r="F20" s="2"/>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Інструмент: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Обробка поверхні</t>
+            <t xml:space="preserve">Деревообробка, Обробка поверхні</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Обробка металевих поверхонь, Очищення поверхонь</t>
-[...89 lines deleted...]
-            <t xml:space="preserve">1/4"</t>
+            <t xml:space="preserve">Очищення поверхонь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,3 бар</t>
-[...53 lines deleted...]
-            <t xml:space="preserve">700 мм</t>
+            <t xml:space="preserve">6,2 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Частота рухів: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">4000 коливань/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H20" s="2">
-        <v>6849</v>
-[...132 lines deleted...]
-      <c r="H21" s="2">
         <v>1905</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>