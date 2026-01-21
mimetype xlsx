--- v1 (2025-12-07)
+++ v2 (2026-01-21)
@@ -14,74 +14,74 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="webp" ContentType="image/webp"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 07.12.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 20.01.2026р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Молотки, зубила</t>
   </si>
   <si>
     <t>SA8706</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гравер пневматичний Air Pro SA8706</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -252,71 +252,71 @@
       <t xml:space="preserve">до 1.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">140 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>SA7231</t>
+    <t>SA7420</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Молоток пневматичний відбійний подовжений Air Pro SA7231</t>
+      <t xml:space="preserve">Молоток пневматичний відбійний Air Pro SA7420</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Особливості: подовжений відбійний пневмомолоток SA7231 має шестигранний патрон розміром 17,3 мм, застосовується в різних галузях промисловості.</t>
+      <t xml:space="preserve">Особливості: відбійний молоток SA7420 має овальний патрон розміром 17,3 мм, застосовується в різних галузях промисловості.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Інструмент: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Молоток</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип молотка: </t>
     </r>
     <r>
@@ -325,159 +325,231 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Відбійний</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Частота ударів: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3600 уд/хв</t>
+      <t xml:space="preserve">1900 уд/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Частота ударов, уд/мин: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3001 - 5000</t>
+      <t xml:space="preserve">1000 - 3000</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Витрата повітря: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">860 л/хв</t>
+      <t xml:space="preserve">158,5 л/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Патрон: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">17,3 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
+      <t xml:space="preserve">Діаметр поршня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">28,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
       <t xml:space="preserve">Хід поршня: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">85 мм</t>
+      <t xml:space="preserve">119 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3/8"</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Робочий тиск: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6,3 бар</t>
+      <t xml:space="preserve">6,2 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">8,5 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">5.1 і більше</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">450 мм</t>
+      <t xml:space="preserve">419 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>SA7603</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Трамбовка пневматична ударна Air Pro SA7603</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
@@ -1936,50 +2008,238 @@
       <t xml:space="preserve">2.1 - 3.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">275 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
+    <t>SA7231</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Молоток пневматичний відбійний подовжений Air Pro SA7231</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: подовжений відбійний пневмомолоток SA7231 має шестигранний патрон розміром 17,3 мм, застосовується в різних галузях промисловості.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Інструмент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Молоток</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип молотка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Відбійний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударів: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3600 уд/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударов, уд/мин: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3001 - 5000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">860 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Патрон: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">17,3 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Хід поршня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">85 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">450 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
     <t>SA7414</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Молоток пневматичний відбійний з віброзахистом Air Pro SA7414</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: відбійний молоток SA7414 з віброзахистом має овальний патрон розміром 17,3 мм, застосовується в різних галузях промисловості.</t>
     </r>
   </si>
   <si>
     <r>
@@ -2244,50 +2504,624 @@
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">5.1 і більше</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">425 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA7434XR</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Молоток пневматичний відбійний mini Air Pro SA7434XR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: відбійний міні молоток SA7434XR має овальний патрон розміром 17,3/14,7мм, застосовується в різних галузях промисловості.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Інструмент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Молоток</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Обробка поверхні</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Обробка металевих поверхонь, Очищення поверхонь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип молотка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Відбійний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударів: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2600 уд/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударов, уд/мин: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1000 - 3000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Енергія удару: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">15 Дж</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">710 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Патрон: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">17,3/14,7 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр поршня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">28 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Хід поршня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">52 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3/8"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">5,0 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3.1 - 5.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">379 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA7301</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Молоток голчастий пневматичний прямий Air Pro SA7301</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: голчастий молоток SA7301 застосовується для очищення поверхні від іржі, крапель розплавленого металу, обробки каменю і т.д., також може бути використаний для декоративного оздоблення поверхонь (ефект текстури).</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">OokFsjTnE3s</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Інструмент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Молоток</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип молотка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Голчастий</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір ігл: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3x180 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Кількість голок в пучку: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">19 шт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударів: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">4600 уд/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударов, уд/мин: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3001 - 5000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">200 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Хід поршня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">33 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,7 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.1 - 3.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">420 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>VGL</t>
   </si>
   <si>
     <t>SA8708</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гравер пневматичний VGL SA8708</t>
     </r>
     <r>
@@ -2441,310 +3275,50 @@
       <t xml:space="preserve">до 1.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">170 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>SA7420</t>
-[...258 lines deleted...]
-  <si>
     <t>SA7320</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Молоток голчастий пневматичний пістолетного типу Air Pro SA7320</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: голчастий молоток SA7320 застосовується для очищення поверхні від іржі, задирок, очищення швів від крапель розплавленого металу і т.д.</t>
     </r>
   </si>
   <si>
     <r>
@@ -3275,50 +3849,166 @@
       <t xml:space="preserve">1,4 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
+    <t>SA7189HCK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Клепальний ударний пневмомолоток пістолетного типу зі зниженою вібросистемою Air Pro SA7189HCK KIT</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: клепальний молоток SA7189HCK ударної дії зі зниженою вібросистемою в кейсі та набором насадок.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Інструмент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Молоток</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Металообробка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Монтаж та демонтаж</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип молотка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Клепальний, Ударний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
     <t>SA7123</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Клепальний молоток ударний пневматичний пістолетного типу Air Pro SA7123</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: клепальний молоток ударної дії SA7123 з регулюванням швидкості призначений для установки алюмінієвих заклепок 4,0 та сталевих заклепок 3,2 мм.</t>
     </r>
   </si>
   <si>
     <r>
@@ -3813,71 +4503,388 @@
       <t xml:space="preserve">2.1 - 3.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">284 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
+    <t>RH-9507XK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Клепальний молоток ударний пневматичний пістолетного типу Air Pro RH-9507XK KIT</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: клепальний молоток ударної дії RH-9507XK в кейсі з набором насадок призначений для установки алюмінієвих заклепок 7,9 мм і сталевих заклепок 6,4 мм.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">V8BiXjG9I4k?rel=0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Інструмент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Молоток</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип молотка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Клепальний, Ударний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір заклепки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">7,9/6,4 мм (алюміній/сталь)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Размер алюминиевой заклепки, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">7.9</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір сталевої заклепки, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6.4</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударів: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1140 уд/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударов, уд/мин: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1000 - 3000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">620 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр поршня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">19 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Хід поршня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">98,4 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,3 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.1 - 3.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">256 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>Aircraft/Авіація</t>
+  </si>
+  <si>
     <t>RH-9502XK</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Клепальний молоток ударний пневматичний пістолетного типу Air Pro RH-9502XK KIT</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Особливості: клепальний молоток ударної дії RH-9502XK в кейсі з набором насадок призначений для установки алюмінієвих заклепок 3,2 мм і сталевих заклепок 2, 4 мм.</t>
+      <t xml:space="preserve">Клепальний aircraft молоток ударної дії RH-9502XK в кейсі з набором насадок призначений для установки алюмінієвих заклепок.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">We2is3RTpYc?rel=0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Інструмент: </t>
     </r>
     <r>
@@ -4121,50 +5128,678 @@
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">140 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>RH-9504XK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Клепальний авіаційний молоток ударний пневматичний пістолетного типу Air Pro RH-9504XK KIT</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Клепальний aircraft молоток ударної дії RH-9504XK в кейсі з набором насадок призначений для установки алюмінієвих заклепок.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">We2is3RTpYc?rel=0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Інструмент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Молоток</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип молотка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Клепальний, Ударний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір заклепки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3,2/2,4 мм (алюміній/сталь)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Размер алюминиевой заклепки, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3.2</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір сталевої заклепки, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.4</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударів: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1740 уд/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударов, уд/мин: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1000 - 3000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">170-370 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр поршня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">12,7 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Хід поршня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">77,8 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,4 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0 - 2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">211 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>RH-9503XK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Клепальний авіаційний молоток ударний пневматичний пістолетного типу Air Pro RH-9503XK KIT</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Клепальний aircraft молоток ударної дії RH-9503XK в кейсі з набором насадок призначений для установки алюмінієвих заклепок і сталевих заклепок.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">We2is3RTpYc?rel=0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Інструмент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Молоток</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип молотка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Клепальний, Ударний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір заклепки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3,2/2,4 мм (алюміній/сталь)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Размер алюминиевой заклепки, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3.2</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір сталевої заклепки, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.4</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударів: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2160 уд/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударов, уд/мин: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1000 - 3000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">410 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр поршня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">12,7 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Хід поршня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">73 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,3 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0 - 2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">186 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>SA7209</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Зубило пневматичне пряме ультратонке Air Pro SA7209</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
@@ -4566,51 +6201,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfds-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7231-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sbjkter-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxdwe-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cxvwexcs-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7601_01-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/xcvawecz-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxdcesgv-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7108_01-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/yjzsd-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/yts-1-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/shablon-vertykalnykh-osnovnykh-foto-kopyia-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vas-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7357_01-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7123_01-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/msy-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rol-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxcewjnm-150x15018.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/wduikb-150x15019.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfds-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/shablon-vertykalnykh-osnovnykh-foto-kopyia-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sbjkter-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxdwe-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cxvwexcs-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7601_01-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/xcvawecz-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxdcesgv-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7108_01-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7231-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/yjzsd-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfcxvw-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cvsedwcv-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/yts-1-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vas-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7357_01-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7189hck_01-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7123_01-150x15018.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/msy-150x15019.webp"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/iach-3-150x15020.webp"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rol-150x15021.webp"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rol-150x15022.webp"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rol-150x15023.webp"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxcewjnm-150x15024.webp"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/wduikb-150x15025.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -5141,50 +6776,230 @@
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -5438,54 +7253,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H20"/>
+  <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H20" sqref="H20"/>
+      <selection activeCell="H26" sqref="H26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -5702,84 +7517,84 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">140 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>4132</v>
+        <v>4158</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2"/>
       <c r="D3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Молоток пневматичний відбійний подовжений Air Pro SA7231</t>
+            <t xml:space="preserve">Молоток пневматичний відбійний Air Pro SA7420</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: подовжений відбійний пневмомолоток SA7231 має шестигранний патрон розміром 17,3 мм, застосовується в різних галузях промисловості.</t>
+            <t xml:space="preserve">Особливості: відбійний молоток SA7420 має овальний патрон розміром 17,3 мм, застосовується в різних галузях промисловості.</t>
           </r>
         </is>
       </c>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Молоток</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -5791,167 +7606,239 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Відбійний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударів: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3600 уд/хв</t>
+            <t xml:space="preserve">1900 уд/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударов, уд/мин: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3001 - 5000</t>
+            <t xml:space="preserve">1000 - 3000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">860 л/хв</t>
+            <t xml:space="preserve">158,5 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Патрон: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">17,3 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Діаметр поршня: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">28,5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Хід поршня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">85 мм</t>
+            <t xml:space="preserve">119 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3/8"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,3 бар</t>
+            <t xml:space="preserve">6,2 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">8,5 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">5.1 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">450 мм</t>
+            <t xml:space="preserve">419 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>14923</v>
+        <v>19008</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2"/>
       <c r="D4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6130,51 +8017,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">620 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>29349</v>
+        <v>29539</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6335,51 +8222,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">880 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>11505</v>
+        <v>11580</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6558,51 +8445,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">370 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>10603</v>
+        <v>10672</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6763,51 +8650,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">280 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>9530</v>
+        <v>9592</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2"/>
       <c r="D8" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -7004,51 +8891,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">222 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>3541</v>
+        <v>3564</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2"/>
       <c r="D9" s="2" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -7245,51 +9132,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">275 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>4789</v>
+        <v>4820</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="2"/>
       <c r="D10" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -7522,958 +9409,994 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">275 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>3396</v>
+        <v>3418</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Молоток пневматичний відбійний з віброзахистом Air Pro SA7414</t>
+            <t xml:space="preserve">Молоток пневматичний відбійний подовжений Air Pro SA7231</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: відбійний молоток SA7414 з віброзахистом має овальний патрон розміром 17,3 мм, застосовується в різних галузях промисловості.</t>
+            <t xml:space="preserve">Особливості: подовжений відбійний пневмомолоток SA7231 має шестигранний патрон розміром 17,3 мм, застосовується в різних галузях промисловості.</t>
           </r>
         </is>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Молоток</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Тип молотка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Відбійний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударів: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1500 уд/хв</t>
+            <t xml:space="preserve">3600 уд/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударов, уд/мин: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1000 - 3000</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">30,46 Дж</t>
+            <t xml:space="preserve">3001 - 5000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">860 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Патрон: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">17,3 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Діаметр поршня: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Хід поршня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">102 мм</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">3/8"</t>
+            <t xml:space="preserve">85 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Вага: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">425 мм</t>
+            <t xml:space="preserve">450 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>24359</v>
+        <v>15019</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="2"/>
       <c r="D12" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Гравер пневматичний VGL SA8708</t>
+            <t xml:space="preserve">Молоток пневматичний відбійний з віброзахистом Air Pro SA7414</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: граверна ручка (пневмогравер) SA8708 застосовується для робіт по металу, дереву та камінню.</t>
+            <t xml:space="preserve">Особливості: відбійний молоток SA7414 з віброзахистом має овальний патрон розміром 17,3 мм, застосовується в різних галузях промисловості.</t>
           </r>
         </is>
       </c>
       <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Гравер</t>
+            <t xml:space="preserve">Молоток</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Обробка поверхні</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Обробка металевих поверхонь, Очищення поверхонь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип молотка: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Відбійний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударів: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3400 уд/хв</t>
+            <t xml:space="preserve">1500 уд/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударов, уд/мин: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3001 - 5000</t>
+            <t xml:space="preserve">1000 - 3000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Енергія удару: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">30,46 Дж</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">120 л/хв</t>
+            <t xml:space="preserve">860 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Патрон: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">17,3 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр поршня: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">28,6 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Хід поршня: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">102 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3/8"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Рівень шуму: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,13 кг</t>
+            <t xml:space="preserve">9,0 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 1.0</t>
+            <t xml:space="preserve">5.1 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">170 мм</t>
+            <t xml:space="preserve">425 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H12" s="2">
-        <v>2318</v>
+        <v>24516</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="150">
       <c r="A13" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="2"/>
       <c r="D13" s="2" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Молоток пневматичний відбійний Air Pro SA7420</t>
+            <t xml:space="preserve">Молоток пневматичний відбійний mini Air Pro SA7434XR</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: відбійний молоток SA7420 має овальний патрон розміром 17,3 мм, застосовується в різних галузях промисловості.</t>
+            <t xml:space="preserve">Особливості: відбійний міні молоток SA7434XR має овальний патрон розміром 17,3/14,7мм, застосовується в різних галузях промисловості.</t>
           </r>
         </is>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Молоток</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Обробка поверхні</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Обробка металевих поверхонь, Очищення поверхонь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Тип молотка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Відбійний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударів: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1900 уд/хв</t>
+            <t xml:space="preserve">2600 уд/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударов, уд/мин: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1000 - 3000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Енергія удару: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">15 Дж</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">158,5 л/хв</t>
+            <t xml:space="preserve">710 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Патрон: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17,3 мм</t>
+            <t xml:space="preserve">17,3/14,7 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр поршня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28,5 мм</t>
+            <t xml:space="preserve">28 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Хід поршня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">119 мм</t>
+            <t xml:space="preserve">52 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3/8"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,2 бар</t>
+            <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8,5 кг</t>
+            <t xml:space="preserve">5,0 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.1 і більше</t>
+            <t xml:space="preserve">3.1 - 5.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">419 мм</t>
+            <t xml:space="preserve">379 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H13" s="2">
-        <v>18886</v>
+        <v>16470</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="2"/>
       <c r="D14" s="2" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Молоток голчастий пневматичний пістолетного типу Air Pro SA7320</t>
+            <t xml:space="preserve">Молоток голчастий пневматичний прямий Air Pro SA7301</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: голчастий молоток SA7320 застосовується для очищення поверхні від іржі, задирок, очищення швів від крапель розплавленого металу і т.д.</t>
+            <t xml:space="preserve">Особливості: голчастий молоток SA7301 застосовується для очищення поверхні від іржі, крапель розплавленого металу, обробки каменю і т.д., також може бути використаний для декоративного оздоблення поверхонь (ефект текстури).</t>
           </r>
         </is>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">OokFsjTnE3s</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Молоток</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Тип молотка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Голчастий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір ігл: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
@@ -8496,105 +10419,105 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">19 шт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударів: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3000 уд/хв</t>
+            <t xml:space="preserve">4600 уд/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударов, уд/мин: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1000 - 3000</t>
+            <t xml:space="preserve">3001 - 5000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">200 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Хід поршня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">71 мм</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">1/4"</t>
+            <t xml:space="preserve">33 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
@@ -8622,1587 +10545,3213 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.1 - 3.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">370 мм</t>
+            <t xml:space="preserve">420 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H14" s="2">
-        <v>5397</v>
+        <v>18000</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="150">
       <c r="A15" s="2" t="s">
-        <v>8</v>
+        <v>49</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="2"/>
       <c r="D15" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Компактний голчастий пневматичний молоток пістолетного типу Air Pro SA7357</t>
+            <t xml:space="preserve">Гравер пневматичний VGL SA8708</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: голчастий пневмомолоток SA7357 застосовується для видалення іржі, фарби, окалини, забруднень з металу, дерева, цементу чи інших твердих поверхонь.</t>
+            <t xml:space="preserve">Особливості: граверна ручка (пневмогравер) SA8708 застосовується для робіт по металу, дереву та камінню.</t>
           </r>
         </is>
       </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Молоток</t>
-[...89 lines deleted...]
-            <t xml:space="preserve">11 шт</t>
+            <t xml:space="preserve">Гравер</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударів: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3400 уд/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударов, уд/мин: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3001 - 5000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Хід поршня: </t>
-[...29 lines deleted...]
-            <t xml:space="preserve">1/4"</t>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">120 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,2 бар</t>
+            <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Рівень шуму: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">92 Дб</t>
+            <t xml:space="preserve">78/89 Дб (тиск/потужність)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,13 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">241 мм</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">1.0 - 2.0</t>
+            <t xml:space="preserve">170 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H15" s="2">
-        <v>6897</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="150">
       <c r="A16" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="2"/>
       <c r="D16" s="2" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Клепальний молоток ударний пневматичний пістолетного типу Air Pro SA7123</t>
+            <t xml:space="preserve">Молоток голчастий пневматичний пістолетного типу Air Pro SA7320</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: клепальний молоток ударної дії SA7123 з регулюванням швидкості призначений для установки алюмінієвих заклепок 4,0 та сталевих заклепок 3,2 мм.</t>
+            <t xml:space="preserve">Особливості: голчастий молоток SA7320 застосовується для очищення поверхні від іржі, задирок, очищення швів від крапель розплавленого металу і т.д.</t>
           </r>
         </is>
       </c>
       <c r="F16" s="2"/>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Молоток</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металообробка, Обробка поверхні</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Обробка металевих поверхонь, Очищення поверхонь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Тип молотка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Клепальний, Ударний</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">4,0/3,2 мм (алюміній/сталь)</t>
+            <t xml:space="preserve">Голчастий</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір ігл: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3x180 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Кількість голок в пучку: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">19 шт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударів: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2850 уд/хв</t>
+            <t xml:space="preserve">3000 уд/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударов, уд/мин: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1000 - 3000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Витрата повітря: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Хід поршня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">61 мм</t>
+            <t xml:space="preserve">71 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,95 кг</t>
+            <t xml:space="preserve">2,7 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 1.0</t>
+            <t xml:space="preserve">2.1 - 3.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">95 мм</t>
+            <t xml:space="preserve">370 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H16" s="2">
-        <v>9447</v>
+        <v>5432</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="150">
       <c r="A17" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="2"/>
       <c r="D17" s="2" t="s">
         <v>56</v>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Клепальний молоток ударний пневматичний пістолетного типу Air Pro RH-9509XK KIT</t>
+            <t xml:space="preserve">Компактний голчастий пневматичний молоток пістолетного типу Air Pro SA7357</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: клепальний молоток ударної дії RH-9509XK в кейсі з набором насадок призначений для установки алюмінієвих і сталевих заклепок 9,5 мм.</t>
+            <t xml:space="preserve">Особливості: голчастий пневмомолоток SA7357 застосовується для видалення іржі, фарби, окалини, забруднень з металу, дерева, цементу чи інших твердих поверхонь.</t>
           </r>
         </is>
       </c>
       <c r="F17" s="2"/>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Молоток</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металообробка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Очищення поверхонь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Тип молотка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Клепальний, Ударний</t>
-[...53 lines deleted...]
-            <t xml:space="preserve">9.5</t>
+            <t xml:space="preserve">Голчастий</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір ігл: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3×115 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Кількість голок в пучку: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">11 шт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударів: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">900 уд/хв</t>
+            <t xml:space="preserve">3400 уд/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударов, уд/мин: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 1000</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">19 мм</t>
+            <t xml:space="preserve">3001 - 5000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Хід поршня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">147,6 мм</t>
+            <t xml:space="preserve">20 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,3 бар</t>
+            <t xml:space="preserve">6,2 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Рівень шуму: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">92 Дб</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">241 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,7 кг</t>
+            <t xml:space="preserve">1,4 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.1 - 3.0</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">284 мм</t>
+            <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H17" s="2">
-        <v>22615</v>
+        <v>6942</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="150">
       <c r="A18" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="2"/>
       <c r="D18" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Клепальний молоток ударний пневматичний пістолетного типу Air Pro RH-9502XK KIT</t>
+            <t xml:space="preserve">Клепальний ударний пневмомолоток пістолетного типу зі зниженою вібросистемою Air Pro SA7189HCK KIT</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: клепальний молоток ударної дії RH-9502XK в кейсі з набором насадок призначений для установки алюмінієвих заклепок 3,2 мм і сталевих заклепок 2, 4 мм.</t>
+            <t xml:space="preserve">Особливості: клепальний молоток SA7189HCK ударної дії зі зниженою вібросистемою в кейсі та набором насадок.</t>
           </r>
         </is>
       </c>
       <c r="F18" s="2"/>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Молоток</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металообробка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Монтаж та демонтаж</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Тип молотка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Клепальний, Ударний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Розмір заклепки: </t>
-[...142 lines deleted...]
-          <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...70 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H18" s="2">
-        <v>13145</v>
+        <v>7152</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="150">
       <c r="A19" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="2"/>
       <c r="D19" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Зубило пневматичне пряме ультратонке Air Pro SA7209</t>
+            <t xml:space="preserve">Клепальний молоток ударний пневматичний пістолетного типу Air Pro SA7123</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: пневматичне пряме ультратонке зубило SA7209 в сталевому корпусі з гумовою рукояткою, має тригер, потужний інструмент, який застосовується в різних галузях промисловості.</t>
+            <t xml:space="preserve">Особливості: клепальний молоток ударної дії SA7123 з регулюванням швидкості призначений для установки алюмінієвих заклепок 4,0 та сталевих заклепок 3,2 мм.</t>
           </r>
         </is>
       </c>
       <c r="F19" s="2"/>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Зубило</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">Обробка металевих поверхонь, Очищення поверхонь</t>
+            <t xml:space="preserve">Молоток</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип молотка: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Клепальний, Ударний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір заклепки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">4,0/3,2 мм (алюміній/сталь)</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударів: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5000 уд/хв</t>
+            <t xml:space="preserve">2850 уд/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударов, уд/мин: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3001 - 5000</t>
+            <t xml:space="preserve">1000 - 3000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">283,2 л/хв</t>
+            <t xml:space="preserve">6,2 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр поршня: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">14,25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Хід поршня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33 мм</t>
+            <t xml:space="preserve">61 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Робочий тиск: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,8 кг</t>
+            <t xml:space="preserve">0,95 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.1 - 3.0</t>
+            <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">700 мм</t>
+            <t xml:space="preserve">95 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H19" s="2">
-        <v>6849</v>
+        <v>9508</v>
       </c>
     </row>
     <row r="20" spans="1:8" customHeight="1" ht="150">
       <c r="A20" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="2"/>
       <c r="D20" s="2" t="s">
         <v>65</v>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шабер-шкребок пневматичний Air Pro SA8700K KIT</t>
+            <t xml:space="preserve">Клепальний молоток ударний пневматичний пістолетного типу Air Pro RH-9509XK KIT</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Пневматичний шабер-шкребок з ножів в комплекті Air Pro SA8700K KIT
-</t>
+            <t xml:space="preserve">Особливості: клепальний молоток ударної дії RH-9509XK в кейсі з набором насадок призначений для установки алюмінієвих і сталевих заклепок 9,5 мм.</t>
           </r>
         </is>
       </c>
       <c r="F20" s="2"/>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Інструмент: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Молоток</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип молотка: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Клепальний, Ударний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір заклепки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">9,5 мм (алюміній/сталь)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Размер алюминиевой заклепки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">9.5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір сталевої заклепки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">9.5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Частота ударів: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">900 уд/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Частота ударов, уд/мин: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">450 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр поршня: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">19 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Хід поршня: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">147,6 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2,7 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.1 - 3.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">284 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H20" s="2">
+        <v>22761</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" customHeight="1" ht="150">
+      <c r="A21" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" s="2"/>
+      <c r="D21" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E21" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Клепальний молоток ударний пневматичний пістолетного типу Air Pro RH-9507XK KIT</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Особливості: клепальний молоток ударної дії RH-9507XK в кейсі з набором насадок призначений для установки алюмінієвих заклепок 7,9 мм і сталевих заклепок 6,4 мм.</t>
+          </r>
+        </is>
+      </c>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">V8BiXjG9I4k?rel=0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Інструмент: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Молоток</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип молотка: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Клепальний, Ударний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір заклепки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">7,9/6,4 мм (алюміній/сталь)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Размер алюминиевой заклепки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">7.9</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір сталевої заклепки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6.4</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Частота ударів: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1140 уд/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Частота ударов, уд/мин: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1000 - 3000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">620 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр поршня: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">19 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Хід поршня: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">98,4 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2,3 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.1 - 3.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">256 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H21" s="2">
+        <v>20520</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" customHeight="1" ht="150">
+      <c r="A22" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="E22" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Клепальний молоток ударний пневматичний пістолетного типу Air Pro RH-9502XK KIT</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Клепальний aircraft молоток ударної дії RH-9502XK в кейсі з набором насадок призначений для установки алюмінієвих заклепок.</t>
+          </r>
+        </is>
+      </c>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">We2is3RTpYc?rel=0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Інструмент: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Молоток</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип молотка: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Клепальний, Ударний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір заклепки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3,2/2,4 мм (алюміній/сталь)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Размер алюминиевой заклепки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3.2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір сталевої заклепки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.4</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Частота ударів: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2580 уд/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Частота ударов, уд/мин: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1000 - 3000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">350 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр поршня: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12,7 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Хід поршня: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">57,2 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,2 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.0 - 2.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">140 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H22" s="2">
+        <v>13230</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" customHeight="1" ht="150">
+      <c r="A23" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C23" s="2"/>
+      <c r="D23" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="E23" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Клепальний авіаційний молоток ударний пневматичний пістолетного типу Air Pro RH-9504XK KIT</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Клепальний aircraft молоток ударної дії RH-9504XK в кейсі з набором насадок призначений для установки алюмінієвих заклепок.</t>
+          </r>
+        </is>
+      </c>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">We2is3RTpYc?rel=0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Інструмент: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Молоток</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип молотка: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Клепальний, Ударний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір заклепки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3,2/2,4 мм (алюміній/сталь)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Размер алюминиевой заклепки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3.2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір сталевої заклепки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.4</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Частота ударів: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1740 уд/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Частота ударов, уд/мин: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1000 - 3000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">170-370 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр поршня: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12,7 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Хід поршня: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">77,8 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,4 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.0 - 2.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">211 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H23" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" customHeight="1" ht="150">
+      <c r="A24" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C24" s="2"/>
+      <c r="D24" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="E24" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Клепальний авіаційний молоток ударний пневматичний пістолетного типу Air Pro RH-9503XK KIT</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Клепальний aircraft молоток ударної дії RH-9503XK в кейсі з набором насадок призначений для установки алюмінієвих заклепок і сталевих заклепок.</t>
+          </r>
+        </is>
+      </c>
+      <c r="F24" s="2"/>
+      <c r="G24" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">We2is3RTpYc?rel=0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Інструмент: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Молоток</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип молотка: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Клепальний, Ударний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір заклепки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3,2/2,4 мм (алюміній/сталь)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Размер алюминиевой заклепки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3.2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір сталевої заклепки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.4</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Частота ударів: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2160 уд/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Частота ударов, уд/мин: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1000 - 3000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">410 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр поршня: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12,7 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Хід поршня: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">73 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,3 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.0 - 2.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">186 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H24" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" customHeight="1" ht="150">
+      <c r="A25" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B25" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" s="2"/>
+      <c r="D25" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="E25" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Зубило пневматичне пряме ультратонке Air Pro SA7209</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Особливості: пневматичне пряме ультратонке зубило SA7209 в сталевому корпусі з гумовою рукояткою, має тригер, потужний інструмент, який застосовується в різних галузях промисловості.</t>
+          </r>
+        </is>
+      </c>
+      <c r="F25" s="2"/>
+      <c r="G25" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Інструмент: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Зубило</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">Обробка поверхні</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Обробка металевих поверхонь, Очищення поверхонь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Частота ударів: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">5000 уд/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Частота ударов, уд/мин: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3001 - 5000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">283,2 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Хід поршня: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">33 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2,8 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.1 - 3.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">700 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H25" s="2">
+        <v>6894</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" customHeight="1" ht="150">
+      <c r="A26" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="E26" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Шабер-шкребок пневматичний Air Pro SA8700K KIT</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Пневматичний шабер-шкребок з ножів в комплекті Air Pro SA8700K KIT
+</t>
+          </r>
+        </is>
+      </c>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">Деревообробка, Обробка поверхні</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Очищення поверхонь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
@@ -10238,52 +13787,52 @@
             <t xml:space="preserve">6,2 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота рухів: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4000 коливань/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H20" s="2">
-        <v>1905</v>
+      <c r="H26" s="2">
+        <v>1917</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>