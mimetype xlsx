--- v2 (2026-01-21)
+++ v3 (2026-03-11)
@@ -1,116 +1,2883 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="webp" ContentType="image/webp"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 20.01.2026р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 11.03.2026р.</t>
+  </si>
+  <si>
+    <t>VGL</t>
+  </si>
+  <si>
+    <t>Молотки, зубила</t>
+  </si>
+  <si>
+    <t>SA8708</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Гравер пневматичний VGL SA8708</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: граверна ручка (пневмогравер) SA8708 застосовується для робіт по металу, дереву та камінню.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Інструмент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Гравер</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударів: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3400 уд/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударов, уд/мин: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3001 - 5000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">120 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Рівень шуму: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">78/89 Дб (тиск/потужність)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,13 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">170 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
-    <t>Молотки, зубила</t>
+    <t>SA7434XR</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Молоток пневматичний відбійний mini Air Pro SA7434XR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: відбійний міні молоток SA7434XR має овальний патрон розміром 17,3/14,7мм, застосовується в різних галузях промисловості.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Інструмент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Молоток</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Обробка поверхні</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Обробка металевих поверхонь, Очищення поверхонь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип молотка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Відбійний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударів: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2600 уд/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударов, уд/мин: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1000 - 3000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Енергія удару: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">15 Дж</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">710 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Патрон: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">17,3/14,7 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр поршня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">28 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Хід поршня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">52 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3/8"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">5,0 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3.1 - 5.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">379 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA7603</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Трамбовка пневматична ударна Air Pro SA7603</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: пневматична трамбовка ударної дії SA7603 застосовується для робіт з ущільнення формувальних сумішей в ливарному виробництві, а також на скляних і машинобудівних підприємствах при виробництві стержнів і форм самого різного призначення.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Інструмент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Трамбовка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударів: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">800 уд/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударов, уд/мин: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Енергія удару: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">24,12 Дж</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр поршня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">25,4 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Хід штоку: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">100 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">5.1 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">620 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA7602L</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Трамбовка пневматична ударна Air Pro SA7602L</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: пневматична трамбовка ударної дії SA7602L застосовується для робіт з ущільнення формувальних сумішей в ливарному виробництві, а також на скляних і машинобудівних підприємствах при виробництві стержнів і форм самого різного призначення.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Інструмент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Трамбовка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударів: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1000 уд/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударов, уд/мин: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1000 - 3000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр поршня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">22 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Хід штоку: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">25 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3,75 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3.1 - 5.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">880 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA7602</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Трамбовка пневматична ударна Air Pro SA7602</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: пневматична трамбовка ударної дії SA7602 застосовується для робіт з ущільнення формувальних сумішей в ливарному виробництві, а також на скляних і машинобудівних підприємствах при виробництві стержнів і форм самого різного призначення.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Інструмент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Трамбовка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударів: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1000 уд/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударов, уд/мин: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1000 - 3000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Енергія удару: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">11,63 Дж</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр поршня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">22 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Хід штоку: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">65 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,95 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.1 - 3.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">370 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA7601</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Трамбовка міні пневматична ударна Air Pro SA7601</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: пневматична міні трамбовка ударної дії SA7601 застосовується для робіт з ущільнення формувальних сумішей в ливарному виробництві, а також на скляних і машинобудівних підприємствах при виробництві стержнів і форм самого різного призначення.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Інструмент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Трамбовка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">11 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударів: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1500 уд/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударов, уд/мин: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1000 - 3000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр поршня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">18 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Хід штоку: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">50 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,6 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0 - 2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">280 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA7221F</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Стамеска пневматична пряма Air Pro SA7221F</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: пневматична пряма ультралегка стамеска SA7221F.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Інструмент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Стамеска</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Деревообробка, Обробка поверхні</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Очищення поверхонь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударів: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 уд/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударов, уд/мин: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">5001 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">23 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр поршня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">29,8 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Хід поршня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">16 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,3 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">222 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA7108K</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Молоток пневматичний ударний Air Pro SA7108K Kit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: ударний молоток SA7108K в кейсі з різними насадками застосовується в різних галузях промисловості.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Інструмент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Молоток</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип молотка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Ударний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударів: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2200 уд/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударов, уд/мин: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1000 - 3000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр поршня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10,1 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Рівень шуму: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">100/111 Дб (тиск/потужність)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,34 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.1 - 3.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">275 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA7108</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Молоток пневматичний ударний Air Pro SA7108</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: ударний молоток SA7108 застосовується в різних галузях промисловості.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Інструмент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Молоток</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Обробка поверхні</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Обробка металевих поверхонь, Очищення поверхонь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип молотка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Ударний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударів: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2200 уд/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударов, уд/мин: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1000 - 3000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр поршня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10,1 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Рівень шуму: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">100/111 Дб (тиск/потужність)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,34 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.1 - 3.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">275 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA7231</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Молоток пневматичний відбійний подовжений Air Pro SA7231</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: подовжений відбійний пневмомолоток SA7231 має шестигранний патрон розміром 17,3 мм, застосовується в різних галузях промисловості.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Інструмент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Молоток</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип молотка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Відбійний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударів: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3600 уд/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударов, уд/мин: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3001 - 5000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">860 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Патрон: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">17,3 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Хід поршня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">85 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">450 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA7414</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Молоток пневматичний відбійний з віброзахистом Air Pro SA7414</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: відбійний молоток SA7414 з віброзахистом має овальний патрон розміром 17,3 мм, застосовується в різних галузях промисловості.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Інструмент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Молоток</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Обробка поверхні</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Обробка металевих поверхонь, Очищення поверхонь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип молотка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Відбійний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударів: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1500 уд/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударов, уд/мин: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1000 - 3000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Енергія удару: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">30,46 Дж</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">860 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Патрон: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">17,3 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр поршня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">28,6 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Хід поршня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">102 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3/8"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">9,0 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">5.1 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">425 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA7420</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Молоток пневматичний відбійний Air Pro SA7420</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: відбійний молоток SA7420 має овальний патрон розміром 17,3 мм, застосовується в різних галузях промисловості.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Інструмент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Молоток</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип молотка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Відбійний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударів: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1900 уд/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Частота ударов, уд/мин: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1000 - 3000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">158,5 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Патрон: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">17,3 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр поршня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">28,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Хід поршня: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">119 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3/8"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,2 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">8,5 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">5.1 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">419 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>Пневмогріндери</t>
   </si>
   <si>
     <t>SA8706</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Гравер пневматичний Air Pro SA8706</t>
+      <t xml:space="preserve">Гравер пневматичний для авіабудування Air Pro SA8706</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Особливості: граверна ручка (пневмогравер) SA8706 має корпус з нержавіючої сталі, використовується для нанесення маркування на металі, камені та інших матеріалах</t>
+      <t xml:space="preserve">Особливості: граверна ручка (пневмогравер) для авіаційних робіт SA8706 має корпус з нержавіючої сталі, використовується для нанесення маркування на металі, камені та інших матеріалах</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Інструмент: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гравер</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Частота ударів: </t>
     </r>
     <r>
@@ -246,2622 +3013,50 @@
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">до 1.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">140 мм</t>
-    </r>
-[...2570 lines deleted...]
-      <t xml:space="preserve">379 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>SA7301</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Молоток голчастий пневматичний прямий Air Pro SA7301</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
@@ -3084,241 +3279,50 @@
       <t xml:space="preserve">2.1 - 3.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">420 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>VGL</t>
-[...189 lines deleted...]
-  <si>
     <t>SA7320</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Молоток голчастий пневматичний пістолетного типу Air Pro SA7320</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: голчастий молоток SA7320 застосовується для очищення поверхні від іржі, задирок, очищення швів від крапель розплавленого металу і т.д.</t>
     </r>
   </si>
   <si>
     <r>
@@ -4038,51 +4042,51 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Клепальний, Ударний</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розмір заклепки: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4,0/3,2 мм (алюміній/сталь)</t>
+      <t xml:space="preserve">4,0 (алюміній) / 3,2 мм (сталь)</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Частота ударів: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2850 уд/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Частота ударов, уд/мин: </t>
     </r>
@@ -4205,73 +4209,76 @@
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">до 1.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">95 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
+  </si>
+  <si>
+    <t>Клепальні молотки</t>
   </si>
   <si>
     <t>RH-9509XK</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Клепальний молоток ударний пневматичний пістолетного типу Air Pro RH-9509XK KIT</t>
+      <t xml:space="preserve">Клепальний молоток пневматичний ударний для авіабудування Air Pro RH-9509XK KIT</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Особливості: клепальний молоток ударної дії RH-9509XK в кейсі з набором насадок призначений для установки алюмінієвих і сталевих заклепок 9,5 мм.</t>
+      <t xml:space="preserve">Особливості: клепальний молоток ударної дії RH-9509XK в кейсі для встановлення заклепок різних розмірів при авіаційних роботах, в комплекті бойок 32 мм.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Інструмент: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Молоток</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип молотка: </t>
     </r>
     <r>
@@ -4280,87 +4287,69 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Клепальний, Ударний</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розмір заклепки: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9,5 мм (алюміній/сталь)</t>
-[...35 lines deleted...]
-      <t xml:space="preserve">9.5</t>
+      <t xml:space="preserve">2,4 / 3,2 / 4,0 / 4,8 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір заклепки, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.4, 3.2, 4.0, 4.8, 32</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Частота ударів: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">900 уд/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Частота ударов, уд/мин: </t>
     </r>
@@ -4370,51 +4359,51 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">до 1000</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Витрата повітря: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">450 л/хв</t>
+      <t xml:space="preserve">760 л/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр поршня: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">19 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Хід поршня: </t>
     </r>
@@ -4460,114 +4449,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">6,3 бар</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2,7 кг</t>
+      <t xml:space="preserve">1,2 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2.1 - 3.0</t>
+      <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">284 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>RH-9507XK</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Клепальний молоток ударний пневматичний пістолетного типу Air Pro RH-9507XK KIT</t>
+      <t xml:space="preserve">Клепальний молоток пневматичний ударний для авіабудування Air Pro RH-9507XK KIT</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Особливості: клепальний молоток ударної дії RH-9507XK в кейсі з набором насадок призначений для установки алюмінієвих заклепок 7,9 мм і сталевих заклепок 6,4 мм.</t>
+      <t xml:space="preserve">Особливості: клепальний молоток ударної дії RH-9507XK в кейсі для встановлення заклепок різних розмірів при авіаційних роботах, в комплекті бойок 32 мм.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">V8BiXjG9I4k?rel=0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Інструмент: </t>
     </r>
     <r>
@@ -4594,87 +4583,51 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Клепальний, Ударний</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розмір заклепки: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7,9/6,4 мм (алюміній/сталь)</t>
-[...35 lines deleted...]
-      <t xml:space="preserve">6.4</t>
+      <t xml:space="preserve">2,4 / 3,2 / 4,0 / 4,8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Частота ударів: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1140 уд/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Частота ударов, уд/мин: </t>
     </r>
@@ -4774,117 +4727,114 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">6,3 бар</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2,3 кг</t>
+      <t xml:space="preserve">1,0 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2.1 - 3.0</t>
+      <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">256 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t>Aircraft/Авіація</t>
   </si>
   <si>
     <t>RH-9502XK</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Клепальний молоток ударний пневматичний пістолетного типу Air Pro RH-9502XK KIT</t>
+      <t xml:space="preserve">Клепальний молоток пневматичний ударний для авіабудування Air Pro RH-9502XK KIT</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Клепальний aircraft молоток ударної дії RH-9502XK в кейсі з набором насадок призначений для установки алюмінієвих заклепок.</t>
+      <t xml:space="preserve">Особливості: клепальний молоток ударної дії RH-9502XK в кейсі з набором насадок для встановлення заклепок різних розмірів при авіаційних роботах, в комплекті бойок 25,4 мм.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">We2is3RTpYc?rel=0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Інструмент: </t>
     </r>
     <r>
@@ -4911,141 +4861,123 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Клепальний, Ударний</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розмір заклепки: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3,2/2,4 мм (алюміній/сталь)</t>
-[...35 lines deleted...]
-      <t xml:space="preserve">2.4</t>
+      <t xml:space="preserve">2,4 / 3,2 / 4,0 / 4,8 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір заклепки, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.4, 3.2, 4.0, 4.8, 24.5</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Частота ударів: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2580 уд/хв</t>
+      <t xml:space="preserve">2850 уд/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Частота ударов, уд/мин: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1000 - 3000</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Витрата повітря: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">350 л/хв</t>
+      <t xml:space="preserve">500 л/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр поршня: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">12,7 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Хід поршня: </t>
     </r>
@@ -5127,679 +5059,329 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">140 мм</t>
+      <t xml:space="preserve">170 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>RH-9504XK</t>
+    <t>RH-9501X</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Клепальний авіаційний молоток ударний пневматичний пістолетного типу Air Pro RH-9504XK KIT</t>
+      <t xml:space="preserve">Клепальний молоток пневматичний для авіабудування Air Pro RH-9501X</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Клепальний aircraft молоток ударної дії RH-9504XK в кейсі з набором насадок призначений для установки алюмінієвих заклепок.</t>
+      <t xml:space="preserve">Особливості: клепальний молоток пістолетного типу RH-9501X призначений для встановлення алюмінієвих заклепок 4,0 мм та сталевих заклепок 3,2 мм при авіаційних роботах.</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
-[...16 lines deleted...]
-    <r>
       <t xml:space="preserve">Інструмент: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Молоток</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип молотка: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Клепальний, Ударний</t>
+      <t xml:space="preserve">Клепальний</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розмір заклепки: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3,2/2,4 мм (алюміній/сталь)</t>
-[...35 lines deleted...]
-      <t xml:space="preserve">2.4</t>
+      <t xml:space="preserve">4,0 (алюміній) / 3,2 мм (сталь)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір заклепки, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3.2, 4.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал заклепки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">алюміній, сталь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Частота ударів: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1740 уд/хв</t>
+      <t xml:space="preserve">2850 уд/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Частота ударов, уд/мин: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1000 - 3000</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Витрата повітря: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">170-370 л/хв</t>
+      <t xml:space="preserve">300 л/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр поршня: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12,7 мм</t>
+      <t xml:space="preserve">14,3 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Хід поршня: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">77,8 мм</t>
+      <t xml:space="preserve">35 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1/4"</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
-      <t xml:space="preserve">Робочий тиск: </t>
-[...16 lines deleted...]
-    <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4 кг</t>
+      <t xml:space="preserve">1,0 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">211 мм</t>
-[...313 lines deleted...]
-      <t xml:space="preserve">186 мм</t>
+      <t xml:space="preserve">115 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>SA7209</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Зубило пневматичне пряме ультратонке Air Pro SA7209</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
@@ -6201,51 +5783,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfds-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/shablon-vertykalnykh-osnovnykh-foto-kopyia-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sbjkter-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxdwe-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cxvwexcs-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7601_01-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/xcvawecz-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxdcesgv-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7108_01-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7231-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/yjzsd-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfcxvw-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cvsedwcv-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/yts-1-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vas-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7357_01-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7189hck_01-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7123_01-150x15018.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/msy-150x15019.webp"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/iach-3-150x15020.webp"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rol-150x15021.webp"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rol-150x15022.webp"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rol-150x15023.webp"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxcewjnm-150x15024.webp"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/wduikb-150x15025.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/yts-1-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfcxvw-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sbjkter-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxdwe-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cxvwexcs-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7601_01-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/xcvawecz-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxdcesgv-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7108_01-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7231-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/yjzsd-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/shablon-vertykalnykh-osnovnykh-foto-kopyia-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfds-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7301_01-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vas-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7357_01-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7189hck_01-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa7123_01-150x15018.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/msy-150x15019.webp"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/iach-3-150x15020.webp"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rol-150x15021.webp"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10-150x15022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxcewjnm-150x15023.webp"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/wduikb-150x15024.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -6926,80 +6508,50 @@
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -7253,54 +6805,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H26"/>
+  <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H26" sqref="H26"/>
+      <selection activeCell="H25" sqref="H25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -7320,537 +6872,573 @@
       </c>
     </row>
     <row r="2" spans="1:8" customHeight="1" ht="150">
       <c r="A2" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="2"/>
       <c r="D2" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Гравер пневматичний Air Pro SA8706</t>
+            <t xml:space="preserve">Гравер пневматичний VGL SA8708</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: граверна ручка (пневмогравер) SA8706 має корпус з нержавіючої сталі, використовується для нанесення маркування на металі, камені та інших матеріалах</t>
+            <t xml:space="preserve">Особливості: граверна ручка (пневмогравер) SA8708 застосовується для робіт по металу, дереву та камінню.</t>
           </r>
         </is>
       </c>
       <c r="F2" s="2"/>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гравер</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударів: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14 000 уд/хв</t>
+            <t xml:space="preserve">3400 уд/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударов, уд/мин: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5001 і більше</t>
+            <t xml:space="preserve">3001 - 5000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30 л/хв</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">1/4"</t>
+            <t xml:space="preserve">120 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Рівень шуму: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">80,1/90,1 Дб (тиск/потужність)</t>
+            <t xml:space="preserve">78/89 Дб (тиск/потужність)</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,22 кг</t>
+            <t xml:space="preserve">0,13 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">140 мм</t>
+            <t xml:space="preserve">170 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>4158</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2"/>
       <c r="D3" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Молоток пневматичний відбійний Air Pro SA7420</t>
+            <t xml:space="preserve">Молоток пневматичний відбійний mini Air Pro SA7434XR</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: відбійний молоток SA7420 має овальний патрон розміром 17,3 мм, застосовується в різних галузях промисловості.</t>
+            <t xml:space="preserve">Особливості: відбійний міні молоток SA7434XR має овальний патрон розміром 17,3/14,7мм, застосовується в різних галузях промисловості.</t>
           </r>
         </is>
       </c>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Молоток</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Обробка поверхні</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Обробка металевих поверхонь, Очищення поверхонь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Тип молотка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Відбійний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударів: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1900 уд/хв</t>
+            <t xml:space="preserve">2600 уд/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударов, уд/мин: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1000 - 3000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Енергія удару: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">15 Дж</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">158,5 л/хв</t>
+            <t xml:space="preserve">710 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Патрон: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17,3 мм</t>
+            <t xml:space="preserve">17,3/14,7 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр поршня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28,5 мм</t>
+            <t xml:space="preserve">28 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Хід поршня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">119 мм</t>
+            <t xml:space="preserve">52 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3/8"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,2 бар</t>
+            <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8,5 кг</t>
+            <t xml:space="preserve">5,0 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.1 і більше</t>
+            <t xml:space="preserve">3.1 - 5.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">419 мм</t>
+            <t xml:space="preserve">379 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>19008</v>
+        <v>17006</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2"/>
       <c r="D4" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Трамбовка пневматична ударна Air Pro SA7603</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: пневматична трамбовка ударної дії SA7603 застосовується для робіт з ущільнення формувальних сумішей в ливарному виробництві, а також на скляних і машинобудівних підприємствах при виробництві стержнів і форм самого різного призначення.</t>
           </r>
         </is>
       </c>
       <c r="F4" s="2"/>
@@ -8017,63 +7605,63 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">620 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>29539</v>
+        <v>30501</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Трамбовка пневматична ударна Air Pro SA7602L</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: пневматична трамбовка ударної дії SA7602L застосовується для робіт з ущільнення формувальних сумішей в ливарному виробництві, а також на скляних і машинобудівних підприємствах при виробництві стержнів і форм самого різного призначення.</t>
           </r>
         </is>
       </c>
       <c r="F5" s="2"/>
@@ -8222,63 +7810,63 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">880 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>11580</v>
+        <v>11957</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Трамбовка пневматична ударна Air Pro SA7602</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: пневматична трамбовка ударної дії SA7602 застосовується для робіт з ущільнення формувальних сумішей в ливарному виробництві, а також на скляних і машинобудівних підприємствах при виробництві стержнів і форм самого різного призначення.</t>
           </r>
         </is>
       </c>
       <c r="F6" s="2"/>
@@ -8445,63 +8033,63 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">370 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>10672</v>
+        <v>11019</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Трамбовка міні пневматична ударна Air Pro SA7601</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: пневматична міні трамбовка ударної дії SA7601 застосовується для робіт з ущільнення формувальних сумішей в ливарному виробництві, а також на скляних і машинобудівних підприємствах при виробництві стержнів і форм самого різного призначення.</t>
           </r>
         </is>
       </c>
       <c r="F7" s="2"/>
@@ -8650,63 +8238,63 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">280 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>9592</v>
+        <v>9904</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2"/>
       <c r="D8" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стамеска пневматична пряма Air Pro SA7221F</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: пневматична пряма ультралегка стамеска SA7221F.</t>
           </r>
         </is>
       </c>
       <c r="F8" s="2"/>
@@ -8891,63 +8479,63 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">222 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>3564</v>
+        <v>3680</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2"/>
       <c r="D9" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Молоток пневматичний ударний Air Pro SA7108K Kit</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: ударний молоток SA7108K в кейсі з різними насадками застосовується в різних галузях промисловості.</t>
           </r>
         </is>
       </c>
       <c r="F9" s="2"/>
@@ -9132,63 +8720,63 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">275 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>4820</v>
+        <v>4976</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="2"/>
       <c r="D10" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Молоток пневматичний ударний Air Pro SA7108</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: ударний молоток SA7108 застосовується в різних галузях промисловості.</t>
           </r>
         </is>
       </c>
       <c r="F10" s="2"/>
@@ -9409,63 +8997,63 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">275 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>3418</v>
+        <v>3530</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Молоток пневматичний відбійний подовжений Air Pro SA7231</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: подовжений відбійний пневмомолоток SA7231 має шестигранний патрон розміром 17,3 мм, застосовується в різних галузях промисловості.</t>
           </r>
         </is>
       </c>
       <c r="F11" s="2"/>
@@ -9619,58 +9207,58 @@
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">450 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
         <v>15019</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="2"/>
       <c r="D12" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Молоток пневматичний відбійний з віброзахистом Air Pro SA7414</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: відбійний молоток SA7414 з віброзахистом має овальний патрон розміром 17,3 мм, застосовується в різних галузях промисловості.</t>
           </r>
         </is>
       </c>
       <c r="F12" s="2"/>
@@ -9945,876 +9533,840 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">425 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H12" s="2">
-        <v>24516</v>
+        <v>25315</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="150">
       <c r="A13" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="2"/>
       <c r="D13" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Молоток пневматичний відбійний mini Air Pro SA7434XR</t>
+            <t xml:space="preserve">Молоток пневматичний відбійний Air Pro SA7420</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: відбійний міні молоток SA7434XR має овальний патрон розміром 17,3/14,7мм, застосовується в різних галузях промисловості.</t>
+            <t xml:space="preserve">Особливості: відбійний молоток SA7420 має овальний патрон розміром 17,3 мм, застосовується в різних галузях промисловості.</t>
           </r>
         </is>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Молоток</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Тип молотка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Відбійний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударів: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2600 уд/хв</t>
+            <t xml:space="preserve">1900 уд/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударов, уд/мин: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1000 - 3000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Енергія удару: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">710 л/хв</t>
+            <t xml:space="preserve">158,5 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Патрон: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17,3/14,7 мм</t>
+            <t xml:space="preserve">17,3 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр поршня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28 мм</t>
+            <t xml:space="preserve">28,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Хід поршня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">52 мм</t>
+            <t xml:space="preserve">119 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3/8"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,3 бар</t>
+            <t xml:space="preserve">6,2 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5,0 кг</t>
+            <t xml:space="preserve">8,5 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.1 - 5.0</t>
+            <t xml:space="preserve">5.1 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">379 мм</t>
+            <t xml:space="preserve">419 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H13" s="2">
-        <v>16470</v>
+        <v>19627</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="C14" s="2"/>
       <c r="D14" s="2" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Молоток голчастий пневматичний прямий Air Pro SA7301</t>
+            <t xml:space="preserve">Гравер пневматичний для авіабудування Air Pro SA8706</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: голчастий молоток SA7301 застосовується для очищення поверхні від іржі, крапель розплавленого металу, обробки каменю і т.д., також може бути використаний для декоративного оздоблення поверхонь (ефект текстури).</t>
+            <t xml:space="preserve">Особливості: граверна ручка (пневмогравер) для авіаційних робіт SA8706 має корпус з нержавіючої сталі, використовується для нанесення маркування на металі, камені та інших матеріалах</t>
           </r>
         </is>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Молоток</t>
-[...53 lines deleted...]
-            <t xml:space="preserve">19 шт</t>
+            <t xml:space="preserve">Гравер</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударів: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4600 уд/хв</t>
+            <t xml:space="preserve">14 000 уд/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударов, уд/мин: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3001 - 5000</t>
+            <t xml:space="preserve">5001 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">200 л/хв</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">33 мм</t>
+            <t xml:space="preserve">30 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Рівень шуму: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">80,1/90,1 Дб (тиск/потужність)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,7 кг</t>
+            <t xml:space="preserve">0,22 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.1 - 3.0</t>
+            <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">420 мм</t>
+            <t xml:space="preserve">140 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H14" s="2">
-        <v>18000</v>
+        <v>4294</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="150">
       <c r="A15" s="2" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="2"/>
       <c r="D15" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Гравер пневматичний VGL SA8708</t>
+            <t xml:space="preserve">Молоток голчастий пневматичний прямий Air Pro SA7301</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: граверна ручка (пневмогравер) SA8708 застосовується для робіт по металу, дереву та камінню.</t>
+            <t xml:space="preserve">Особливості: голчастий молоток SA7301 застосовується для очищення поверхні від іржі, крапель розплавленого металу, обробки каменю і т.д., також може бути використаний для декоративного оздоблення поверхонь (ефект текстури).</t>
           </r>
         </is>
       </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">OokFsjTnE3s</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Гравер</t>
+            <t xml:space="preserve">Молоток</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип молотка: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Голчастий</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір ігл: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3x180 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Кількість голок в пучку: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">19 шт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударів: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3400 уд/хв</t>
+            <t xml:space="preserve">4600 уд/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударов, уд/мин: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3001 - 5000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">120 л/хв</t>
+            <t xml:space="preserve">200 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Хід поршня: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">33 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Рівень шуму: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,13 кг</t>
+            <t xml:space="preserve">2,7 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 1.0</t>
+            <t xml:space="preserve">2.1 - 3.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">170 мм</t>
+            <t xml:space="preserve">420 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H15" s="2">
-        <v>2333</v>
+        <v>18000</v>
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="150">
       <c r="A16" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="2"/>
       <c r="D16" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Молоток голчастий пневматичний пістолетного типу Air Pro SA7320</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: голчастий молоток SA7320 застосовується для очищення поверхні від іржі, задирок, очищення швів від крапель розплавленого металу і т.д.</t>
           </r>
         </is>
       </c>
       <c r="F16" s="2"/>
@@ -11053,63 +10605,63 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">370 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H16" s="2">
-        <v>5432</v>
+        <v>5609</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="150">
       <c r="A17" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="2"/>
       <c r="D17" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Компактний голчастий пневматичний молоток пістолетного типу Air Pro SA7357</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: голчастий пневмомолоток SA7357 застосовується для видалення іржі, фарби, окалини, забруднень з металу, дерева, цементу чи інших твердих поверхонь.</t>
           </r>
         </is>
       </c>
       <c r="F17" s="2"/>
@@ -11366,63 +10918,63 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H17" s="2">
-        <v>6942</v>
+        <v>7168</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="150">
       <c r="A18" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="2"/>
       <c r="D18" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Клепальний ударний пневмомолоток пістолетного типу зі зниженою вібросистемою Air Pro SA7189HCK KIT</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: клепальний молоток SA7189HCK ударної дії зі зниженою вібросистемою в кейсі та набором насадок.</t>
           </r>
         </is>
       </c>
       <c r="F18" s="2"/>
@@ -11499,63 +11051,63 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H18" s="2">
-        <v>7152</v>
+        <v>7385</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="150">
       <c r="A19" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="2"/>
       <c r="D19" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Клепальний молоток ударний пневматичний пістолетного типу Air Pro SA7123</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: клепальний молоток ударної дії SA7123 з регулюванням швидкості призначений для установки алюмінієвих заклепок 4,0 та сталевих заклепок 3,2 мм.</t>
           </r>
         </is>
       </c>
       <c r="F19" s="2"/>
@@ -11588,51 +11140,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Клепальний, Ударний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4,0/3,2 мм (алюміній/сталь)</t>
+            <t xml:space="preserve">4,0 (алюміній) / 3,2 мм (сталь)</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударів: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2850 уд/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударов, уд/мин: </t>
           </r>
@@ -11758,84 +11310,84 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">95 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H19" s="2">
-        <v>9508</v>
+        <v>9817</v>
       </c>
     </row>
     <row r="20" spans="1:8" customHeight="1" ht="150">
       <c r="A20" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="C20" s="2"/>
       <c r="D20" s="2" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Клепальний молоток ударний пневматичний пістолетного типу Air Pro RH-9509XK KIT</t>
+            <t xml:space="preserve">Клепальний молоток пневматичний ударний для авіабудування Air Pro RH-9509XK KIT</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: клепальний молоток ударної дії RH-9509XK в кейсі з набором насадок призначений для установки алюмінієвих і сталевих заклепок 9,5 мм.</t>
+            <t xml:space="preserve">Особливості: клепальний молоток ударної дії RH-9509XK в кейсі для встановлення заклепок різних розмірів при авіаційних роботах, в комплекті бойок 32 мм.</t>
           </r>
         </is>
       </c>
       <c r="F20" s="2"/>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Молоток</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -11847,87 +11399,69 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Клепальний, Ударний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9,5 мм (алюміній/сталь)</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">9.5</t>
+            <t xml:space="preserve">2,4 / 3,2 / 4,0 / 4,8 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір заклепки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.4, 3.2, 4.0, 4.8, 32</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударів: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">900 уд/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударов, уд/мин: </t>
           </r>
@@ -11937,51 +11471,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">450 л/хв</t>
+            <t xml:space="preserve">760 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр поршня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">19 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Хід поршня: </t>
           </r>
@@ -12027,128 +11561,128 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,7 кг</t>
+            <t xml:space="preserve">1,2 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.1 - 3.0</t>
+            <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">284 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H20" s="2">
-        <v>22761</v>
+        <v>23502</v>
       </c>
     </row>
     <row r="21" spans="1:8" customHeight="1" ht="150">
       <c r="A21" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="C21" s="2"/>
       <c r="D21" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Клепальний молоток ударний пневматичний пістолетного типу Air Pro RH-9507XK KIT</t>
+            <t xml:space="preserve">Клепальний молоток пневматичний ударний для авіабудування Air Pro RH-9507XK KIT</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: клепальний молоток ударної дії RH-9507XK в кейсі з набором насадок призначений для установки алюмінієвих заклепок 7,9 мм і сталевих заклепок 6,4 мм.</t>
+            <t xml:space="preserve">Особливості: клепальний молоток ударної дії RH-9507XK в кейсі для встановлення заклепок різних розмірів при авіаційних роботах, в комплекті бойок 32 мм.</t>
           </r>
         </is>
       </c>
       <c r="F21" s="2"/>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">V8BiXjG9I4k?rel=0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -12178,87 +11712,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Клепальний, Ударний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7,9/6,4 мм (алюміній/сталь)</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">6.4</t>
+            <t xml:space="preserve">2,4 / 3,2 / 4,0 / 4,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударів: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1140 уд/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударов, уд/мин: </t>
           </r>
@@ -12358,128 +11856,128 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,3 кг</t>
+            <t xml:space="preserve">1,0 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.1 - 3.0</t>
+            <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">256 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H21" s="2">
-        <v>20520</v>
+        <v>21188</v>
       </c>
     </row>
     <row r="22" spans="1:8" customHeight="1" ht="150">
       <c r="A22" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="C22" s="2"/>
       <c r="D22" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Клепальний молоток ударний пневматичний пістолетного типу Air Pro RH-9502XK KIT</t>
+            <t xml:space="preserve">Клепальний молоток пневматичний ударний для авіабудування Air Pro RH-9502XK KIT</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Клепальний aircraft молоток ударної дії RH-9502XK в кейсі з набором насадок призначений для установки алюмінієвих заклепок.</t>
+            <t xml:space="preserve">Особливості: клепальний молоток ударної дії RH-9502XK в кейсі з набором насадок для встановлення заклепок різних розмірів при авіаційних роботах, в комплекті бойок 25,4 мм.</t>
           </r>
         </is>
       </c>
       <c r="F22" s="2"/>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">We2is3RTpYc?rel=0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -12509,141 +12007,123 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Клепальний, Ударний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,2/2,4 мм (алюміній/сталь)</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">2.4</t>
+            <t xml:space="preserve">2,4 / 3,2 / 4,0 / 4,8 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір заклепки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.4, 3.2, 4.0, 4.8, 24.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударів: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2580 уд/хв</t>
+            <t xml:space="preserve">2850 уд/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударов, уд/мин: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1000 - 3000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">350 л/хв</t>
+            <t xml:space="preserve">500 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр поршня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12,7 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Хід поршня: </t>
           </r>
@@ -12725,623 +12205,515 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">140 мм</t>
+            <t xml:space="preserve">170 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H22" s="2">
-        <v>13230</v>
+        <v>13661</v>
       </c>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="150">
       <c r="A23" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="C23" s="2"/>
       <c r="D23" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Клепальний авіаційний молоток ударний пневматичний пістолетного типу Air Pro RH-9504XK KIT</t>
+            <t xml:space="preserve">Клепальний молоток пневматичний для авіабудування Air Pro RH-9501X</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Клепальний aircraft молоток ударної дії RH-9504XK в кейсі з набором насадок призначений для установки алюмінієвих заклепок.</t>
+            <t xml:space="preserve">Особливості: клепальний молоток пістолетного типу RH-9501X призначений для встановлення алюмінієвих заклепок 4,0 мм та сталевих заклепок 3,2 мм при авіаційних роботах.</t>
           </r>
         </is>
       </c>
       <c r="F23" s="2"/>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Молоток</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип молотка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Клепальний, Ударний</t>
+            <t xml:space="preserve">Клепальний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,2/2,4 мм (алюміній/сталь)</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">2.4</t>
+            <t xml:space="preserve">4,0 (алюміній) / 3,2 мм (сталь)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір заклепки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3.2, 4.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал заклепки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">алюміній, сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударів: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1740 уд/хв</t>
+            <t xml:space="preserve">2850 уд/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударов, уд/мин: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1000 - 3000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">170-370 л/хв</t>
+            <t xml:space="preserve">300 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр поршня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12,7 мм</t>
+            <t xml:space="preserve">14,3 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Хід поршня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">77,8 мм</t>
+            <t xml:space="preserve">35 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Робочий тиск: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4 кг</t>
+            <t xml:space="preserve">1,0 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">211 мм</t>
+            <t xml:space="preserve">115 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:8" customHeight="1" ht="150">
       <c r="A24" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>71</v>
+        <v>9</v>
       </c>
       <c r="C24" s="2"/>
       <c r="D24" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Клепальний авіаційний молоток ударний пневматичний пістолетного типу Air Pro RH-9503XK KIT</t>
+            <t xml:space="preserve">Зубило пневматичне пряме ультратонке Air Pro SA7209</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Клепальний aircraft молоток ударної дії RH-9503XK в кейсі з набором насадок призначений для установки алюмінієвих заклепок і сталевих заклепок.</t>
+            <t xml:space="preserve">Особливості: пневматичне пряме ультратонке зубило SA7209 в сталевому корпусі з гумовою рукояткою, має тригер, потужний інструмент, який застосовується в різних галузях промисловості.</t>
           </r>
         </is>
       </c>
       <c r="F24" s="2"/>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Молоток</t>
-[...71 lines deleted...]
-            <t xml:space="preserve">2.4</t>
+            <t xml:space="preserve">Зубило</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Обробка поверхні</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Обробка металевих поверхонь, Очищення поверхонь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударів: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2160 уд/хв</t>
+            <t xml:space="preserve">5000 уд/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота ударов, уд/мин: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1000 - 3000</t>
+            <t xml:space="preserve">3001 - 5000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">410 л/хв</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">12,7 мм</t>
+            <t xml:space="preserve">283,2 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Хід поршня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">73 мм</t>
+            <t xml:space="preserve">33 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
@@ -13351,488 +12723,229 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,3 кг</t>
+            <t xml:space="preserve">2,8 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0 - 2.0</t>
+            <t xml:space="preserve">2.1 - 3.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">186 мм</t>
+            <t xml:space="preserve">700 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H24" s="2">
-        <v>0</v>
+        <v>7118</v>
       </c>
     </row>
     <row r="25" spans="1:8" customHeight="1" ht="150">
       <c r="A25" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C25" s="2"/>
       <c r="D25" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Зубило пневматичне пряме ультратонке Air Pro SA7209</t>
+            <t xml:space="preserve">Шабер-шкребок пневматичний Air Pro SA8700K KIT</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: пневматичне пряме ультратонке зубило SA7209 в сталевому корпусі з гумовою рукояткою, має тригер, потужний інструмент, який застосовується в різних галузях промисловості.</t>
+            <t xml:space="preserve">Пневматичний шабер-шкребок з ножів в комплекті Air Pro SA8700K KIT
+</t>
           </r>
         </is>
       </c>
       <c r="F25" s="2"/>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Інструмент: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Обробка поверхні</t>
+            <t xml:space="preserve">Деревообробка, Обробка поверхні</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Обробка металевих поверхонь, Очищення поверхонь</t>
-[...89 lines deleted...]
-            <t xml:space="preserve">1/4"</t>
+            <t xml:space="preserve">Очищення поверхонь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,3 бар</t>
-[...53 lines deleted...]
-            <t xml:space="preserve">700 мм</t>
+            <t xml:space="preserve">6,2 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Частота рухів: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">4000 коливань/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H25" s="2">
-        <v>6894</v>
-[...133 lines deleted...]
-        <v>1917</v>
+        <v>1980</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>