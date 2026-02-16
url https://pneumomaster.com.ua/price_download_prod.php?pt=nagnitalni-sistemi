--- v0 (2025-10-31)
+++ v1 (2026-02-16)
@@ -15,312 +15,282 @@
   <Default Extension="webp" ContentType="image/webp"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 31.10.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 16.02.2026р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Нагнітальні системи</t>
   </si>
   <si>
+    <t>77-2QT-1.5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Бак нагнітальний 2,2 л + фарборозпилювач 1,5 мм + шланг 2 м пневматичний Air Pro 77-2QT</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: має високий коефіцієнт перенесення матеріалу, щелевидне сопло для плаского факелу, укомплектований навісним нагнітальним баком для більш густих витратних матеріалів, зручності та економії часу на дозаправку, підходить для нанесення клею, зручний для фарбування в різних площинах
+В комплекті: бак нагнітальний 2,2 л, фарборозпилювач 77-P з соплами 1,0 - 2,5 мм, шланги 2 м для повітря і матеріалу</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Ємність бачка: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,2 л</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Емкость бака, л: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.2</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">200-320 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0-4,5 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Перемішування: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Немає</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">К-ть фарборозпилювачів, що підключаються: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал бака: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Алюміній</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>77-2QT-2.0</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Бак нагнітальний 2,2 л + фарборозпилювач 2,0 мм + шланг 2 м пневматичний Air Pro 77-2QT</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: має високий коефіцієнт перенесення матеріалу, щелевидне сопло для плаского факелу, укомплектований навісним нагнітальним баком для більш густих витратних матеріалів, зручності та економії часу на дозаправку, підходить для нанесення клею, зручний для фарбування в різних площинах
+В комплекті: бак нагнітальний 2,2 л, фарборозпилювач 77-P з соплами 1,0 - 2,5 мм, шланги 2 м для повітря і матеріалу</t>
+    </r>
+  </si>
+  <si>
     <t>77-2QT-2.5</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Бак нагнітальний 2,2 л + фарборозпилювач 2,5 мм + шланг 2 м пневматичний Air Pro 77-2QT</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: має високий коефіцієнт перенесення матеріалу, щелевидне сопло для плаского факелу, укомплектований навісним нагнітальним баком для більш густих витратних матеріалів, зручності та економії часу на дозаправку, підходить для нанесення клею, зручний для фарбування в різних площинах
 В комплекті: бак нагнітальний 2,2 л, фарборозпилювач 77-P з соплами 1,0 - 2,5 мм, шланги 2 м для повітря і матеріалу</t>
-    </r>
-[...206 lines deleted...]
-      <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>AT-10E-3S</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Бак нагнітальний пневматичний Air Pro AT-10E-3S</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: нагнітальний бак на колесах ємністю 10 літрів з тефлоновим покриттям придатний для всіх типів матеріалів, може використовуватися з водними матеріалами, легко чиститься, має додатковий подвійний регулятор, комплектується додатковим вкладишем з нержавіючої сталі.</t>
     </r>
@@ -1454,51 +1424,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_77-2qt-1-5-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_at-10e-3s-1-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_at-10e-3s-1-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_at-10ht-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/air-tools-all_nagnitalni-sistemi_at-20a-150x1505.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_at-10e-3s-1-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_at-10e-3s-1-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_at-3e-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/air-tools-all_nagnitalni-sistemi_at-20a-150x1509.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_at-10e-3s-1-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_at-10e-3s-1-150x15011.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_77-2qt-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_77-2qt-1-5-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_77-2qt-1-5-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_at-10e-3s-1-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_at-10ht-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/air-tools-all_nagnitalni-sistemi_at-20a-150x1506.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_at-10e-3s-1-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_at-10e-3s-1-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_at-3e-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/air-tools-all_nagnitalni-sistemi_at-20a-150x15010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_at-10e-3s-1-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_at-10e-3s-1-150x15012.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1789,50 +1759,80 @@
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -2086,54 +2086,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H12" sqref="H12"/>
+      <selection activeCell="H13" sqref="H13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -2153,51 +2153,51 @@
       </c>
     </row>
     <row r="2" spans="1:8" customHeight="1" ht="150">
       <c r="A2" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="2"/>
       <c r="D2" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Бак нагнітальний 2,2 л + фарборозпилювач 2,5 мм + шланг 2 м пневматичний Air Pro 77-2QT</t>
+            <t xml:space="preserve">Бак нагнітальний 2,2 л + фарборозпилювач 1,5 мм + шланг 2 м пневматичний Air Pro 77-2QT</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: має високий коефіцієнт перенесення матеріалу, щелевидне сопло для плаского факелу, укомплектований навісним нагнітальним баком для більш густих витратних матеріалів, зручності та економії часу на дозаправку, підходить для нанесення клею, зручний для фарбування в різних площинах
 В комплекті: бак нагнітальний 2,2 л, фарборозпилювач 77-P з соплами 1,0 - 2,5 мм, шланги 2 м для повітря і матеріалу</t>
           </r>
         </is>
       </c>
       <c r="F2" s="2"/>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -2297,350 +2297,424 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал бака: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Алюміній</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>10516</v>
+        <v>10864</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2"/>
       <c r="D3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Бак нагнітальний пневматичний Air Pro AT-10E</t>
+            <t xml:space="preserve">Бак нагнітальний 2,2 л + фарборозпилювач 2,0 мм + шланг 2 м пневматичний Air Pro 77-2QT</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: нагнітальний бак AT-10E з алюмінієвою підкладкою на колесах місткістю 10 літрів підходить для всіх типів матеріалів, легко чиститься, має додатковий подвійний регулятор, всередині має тефлонове покриття.</t>
+            <t xml:space="preserve">Особливості: має високий коефіцієнт перенесення матеріалу, щелевидне сопло для плаского факелу, укомплектований навісним нагнітальним баком для більш густих витратних матеріалів, зручності та економії часу на дозаправку, підходить для нанесення клею, зручний для фарбування в різних площинах
+В комплекті: бак нагнітальний 2,2 л, фарборозпилювач 77-P з соплами 1,0 - 2,5 мм, шланги 2 м для повітря і матеріалу</t>
           </r>
         </is>
       </c>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 л</t>
+            <t xml:space="preserve">2,2 л</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0</t>
+            <t xml:space="preserve">2.2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">200-320 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2,0-4,5 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Перемішування: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Немає</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">К-ть фарборозпилювачів, що підключаються: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал бака: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Тефлон</t>
+            <t xml:space="preserve">Алюміній</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>9123</v>
+        <v>10864</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2"/>
       <c r="D4" s="2" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Бак нагнітальний пневматичний Air Pro AT-10E-3S</t>
+            <t xml:space="preserve">Бак нагнітальний 2,2 л + фарборозпилювач 2,5 мм + шланг 2 м пневматичний Air Pro 77-2QT</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: нагнітальний бак на колесах ємністю 10 літрів з тефлоновим покриттям придатний для всіх типів матеріалів, може використовуватися з водними матеріалами, легко чиститься, має додатковий подвійний регулятор, комплектується додатковим вкладишем з нержавіючої сталі.</t>
+            <t xml:space="preserve">Особливості: має високий коефіцієнт перенесення матеріалу, щелевидне сопло для плаского факелу, укомплектований навісним нагнітальним баком для більш густих витратних матеріалів, зручності та економії часу на дозаправку, підходить для нанесення клею, зручний для фарбування в різних площинах
+В комплекті: бак нагнітальний 2,2 л, фарборозпилювач 77-P з соплами 1,0 - 2,5 мм, шланги 2 м для повітря і матеріалу</t>
           </r>
         </is>
       </c>
       <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 л</t>
+            <t xml:space="preserve">2,2 л</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0</t>
+            <t xml:space="preserve">2.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">350-420 л/хв</t>
+            <t xml:space="preserve">200-320 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 6,0 бар</t>
+            <t xml:space="preserve">2,0-4,5 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Перемішування: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Немає</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">К-ть фарборозпилювачів, що підключаються: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2</t>
+            <t xml:space="preserve">1</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал бака: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Тефлон</t>
+            <t xml:space="preserve">Алюміній</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>19410</v>
+        <v>10864</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Бак нагнітальний пневматичний Air Pro AT-10HT</t>
+            <t xml:space="preserve">Бак нагнітальний пневматичний Air Pro AT-10E-3S</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: нагнітальний бак без колес ємністю 10 літрів з тефлоновим покриттям, дозволяє економно наносити лакофарбові матеріали та клейові суміші будь-якого типу, які використовуються в великих обсягах, придатний для всіх типів матеріалів, комплектується додатковим вкладишем з нержавіючої сталі, оснащений додатковим подвійним регулятором, легко чиститься.</t>
+            <t xml:space="preserve">Особливості: нагнітальний бак на колесах ємністю 10 літрів з тефлоновим покриттям придатний для всіх типів матеріалів, може використовуватися з водними матеріалами, легко чиститься, має додатковий подвійний регулятор, комплектується додатковим вкладишем з нержавіючої сталі.</t>
           </r>
         </is>
       </c>
       <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 л</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -2652,333 +2726,333 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">220-250 л/хв</t>
+            <t xml:space="preserve">350-420 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 5,0 бар</t>
+            <t xml:space="preserve">до 6,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Перемішування: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Немає</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">К-ть фарборозпилювачів, що підключаються: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1</t>
+            <t xml:space="preserve">2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал бака: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тефлон</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>15825</v>
+        <v>20051</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Бак нагнітальний пневматичний Air Pro AT-20A</t>
+            <t xml:space="preserve">Бак нагнітальний пневматичний Air Pro AT-10HT</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: нагнітальний бак на колесах ємністю 20 літрів з тефлоновим покриттям, комплектується автоматичним перемішувачем та додатковим вкладишем з нержавіючої сталі, придатний для всіх типів матеріалів, крім водних, легко чиститься, має додатковий подвійний регулятор.</t>
+            <t xml:space="preserve">Особливості: нагнітальний бак без колес ємністю 10 літрів з тефлоновим покриттям, дозволяє економно наносити лакофарбові матеріали та клейові суміші будь-якого типу, які використовуються в великих обсягах, придатний для всіх типів матеріалів, комплектується додатковим вкладишем з нержавіючої сталі, оснащений додатковим подвійним регулятором, легко чиститься.</t>
           </r>
         </is>
       </c>
       <c r="F6" s="2"/>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20 л</t>
+            <t xml:space="preserve">10 л</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20</t>
+            <t xml:space="preserve">1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">350-420 л/хв</t>
+            <t xml:space="preserve">220-250 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 6,0 бар</t>
+            <t xml:space="preserve">до 5,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Перемішування: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Автоматичне</t>
+            <t xml:space="preserve">Немає</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">К-ть фарборозпилювачів, що підключаються: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2</t>
+            <t xml:space="preserve">1</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал бака: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тефлон</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>35308</v>
+        <v>16348</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Бак нагнітальний пневматичний Air Pro AT-20E</t>
+            <t xml:space="preserve">Бак нагнітальний пневматичний Air Pro AT-20A</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: нагнітальний бак на колесах ємністю 20 літрів з тефлоновим покриттям придатний для всіх типів матеріалів, крім водних, легко чиститься, має додатковий подвійний регулятор.</t>
+            <t xml:space="preserve">Особливості: нагнітальний бак на колесах ємністю 20 літрів з тефлоновим покриттям, комплектується автоматичним перемішувачем та додатковим вкладишем з нержавіючої сталі, придатний для всіх типів матеріалів, крім водних, легко чиститься, має додатковий подвійний регулятор.</t>
           </r>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">20 л</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -3026,128 +3100,128 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 6,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Перемішування: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Немає</t>
+            <t xml:space="preserve">Автоматичне</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">К-ть фарборозпилювачів, що підключаються: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал бака: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тефлон</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>25447</v>
+        <v>36473</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2"/>
       <c r="D8" s="2" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Бак нагнітальний пневматичний Air Pro AT-20E-3S</t>
+            <t xml:space="preserve">Бак нагнітальний пневматичний Air Pro AT-20E</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: нагнітальний бак на колесах ємністю 20 літрів з тефлоновим покриттям придатний для всіх типів матеріалів, може використовуватися з водними матеріалами, легко чиститься, має додатковий подвійний регулятор, комплектується додатковим вкладишем з нержавіючої сталі.</t>
+            <t xml:space="preserve">Особливості: нагнітальний бак на колесах ємністю 20 літрів з тефлоновим покриттям придатний для всіх типів матеріалів, крім водних, легко чиститься, має додатковий подвійний регулятор.</t>
           </r>
         </is>
       </c>
       <c r="F8" s="2"/>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">20 л</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -3239,404 +3313,404 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал бака: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тефлон</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>27817</v>
+        <v>26288</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2"/>
       <c r="D9" s="2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Бак нагнітальний пневматичний Air Pro AT-3E</t>
+            <t xml:space="preserve">Бак нагнітальний пневматичний Air Pro AT-20E-3S</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: нагнітальний бак без коліс ємністю 2,5 літра з алюмінієвим покриттям дає прекрасну можливість економно наносити матеріали практично будь-якого типу, що використовуються в середніх обсягах, прекрасно зарекомендував себе при оздоблювальних роботах на висоті, а також при фарбуванні металоконструкцій, легко чиститься.</t>
+            <t xml:space="preserve">Особливості: нагнітальний бак на колесах ємністю 20 літрів з тефлоновим покриттям придатний для всіх типів матеріалів, може використовуватися з водними матеріалами, легко чиститься, має додатковий подвійний регулятор, комплектується додатковим вкладишем з нержавіючої сталі.</t>
           </r>
         </is>
       </c>
       <c r="F9" s="2"/>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,5 л</t>
+            <t xml:space="preserve">20 л</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.5</t>
+            <t xml:space="preserve">20</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">220-250 л/хв</t>
+            <t xml:space="preserve">350-420 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 6,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Перемішування: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Немає</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">К-ть фарборозпилювачів, що підключаються: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1</t>
+            <t xml:space="preserve">2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал бака: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Алюміній</t>
+            <t xml:space="preserve">Тефлон</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>7136</v>
+        <v>28736</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="2"/>
       <c r="D10" s="2" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Бак нагнітальний пневматичний Air Pro AT-40A</t>
+            <t xml:space="preserve">Бак нагнітальний пневматичний Air Pro AT-3E</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: нагнітальний бак на колесах ємністю 40 літрів з тефлоновим покриттям, комплектується автоматичним перемішувачем та додатковим вкладишем з нержавіючої сталі, придатний для всіх типів матеріалів, крім водних, легко чиститься, має додатковий подвійний регулятор.</t>
+            <t xml:space="preserve">Особливості: нагнітальний бак без коліс ємністю 2,5 літра з алюмінієвим покриттям дає прекрасну можливість економно наносити матеріали практично будь-якого типу, що використовуються в середніх обсягах, прекрасно зарекомендував себе при оздоблювальних роботах на висоті, а також при фарбуванні металоконструкцій, легко чиститься.</t>
           </r>
         </is>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40 л</t>
+            <t xml:space="preserve">2,5 л</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Емкость бака, л: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40</t>
+            <t xml:space="preserve">2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">350-420 л/хв</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">до 6,0 бар</t>
+            <t xml:space="preserve">220-250 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Перемішування: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Автоматичне</t>
+            <t xml:space="preserve">Немає</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">К-ть фарборозпилювачів, що підключаються: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2</t>
+            <t xml:space="preserve">1</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал бака: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Тефлон</t>
+            <t xml:space="preserve">Алюміній</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>37289</v>
+        <v>7372</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Бак нагнітальний пневматичний Air Pro AT-40E</t>
+            <t xml:space="preserve">Бак нагнітальний пневматичний Air Pro AT-40A</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: нагнітальний бак на колесах ємністю 40 літрів з тефлоновим покриттям придатний для всіх типів матеріалів, крім водних, легко чиститься, має додатковий подвійний регулятор.</t>
+            <t xml:space="preserve">Особливості: нагнітальний бак на колесах ємністю 40 літрів з тефлоновим покриттям, комплектується автоматичним перемішувачем та додатковим вкладишем з нержавіючої сталі, придатний для всіх типів матеріалів, крім водних, легко чиститься, має додатковий подвійний регулятор.</t>
           </r>
         </is>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">40 л</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -3684,128 +3758,128 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 6,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Перемішування: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Немає</t>
+            <t xml:space="preserve">Автоматичне</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">К-ть фарборозпилювачів, що підключаються: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал бака: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тефлон</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>28513</v>
+        <v>38520</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="2"/>
       <c r="D12" s="2" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Бак нагнітальний пневматичний Air Pro AT-40E-3S</t>
+            <t xml:space="preserve">Бак нагнітальний пневматичний Air Pro AT-40E</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: нагнітальний бак на колесах ємністю 40 літрів з тефлоновим покриттям придатний для всіх типів матеріалів, може використовуватися з водними матеріалами, легко чиститься, має додатковий подвійний регулятор, комплектується додатковим вкладишем з нержавіючої сталі.</t>
+            <t xml:space="preserve">Особливості: нагнітальний бак на колесах ємністю 40 літрів з тефлоновим покриттям придатний для всіх типів матеріалів, крім водних, легко чиститься, має додатковий подвійний регулятор.</t>
           </r>
         </is>
       </c>
       <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">40 л</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -3897,51 +3971,220 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал бака: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Тефлон</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H12" s="2">
-        <v>33586</v>
+        <v>29454</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" customHeight="1" ht="150">
+      <c r="A13" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E13" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Бак нагнітальний пневматичний Air Pro AT-40E-3S</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Особливості: нагнітальний бак на колесах ємністю 40 літрів з тефлоновим покриттям придатний для всіх типів матеріалів, може використовуватися з водними матеріалами, легко чиститься, має додатковий подвійний регулятор, комплектується додатковим вкладишем з нержавіючої сталі.</t>
+          </r>
+        </is>
+      </c>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Ємність бачка: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">40 л</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Емкость бака, л: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">40</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">350-420 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 6,0 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Перемішування: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Немає</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">К-ть фарборозпилювачів, що підключаються: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал бака: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Тефлон</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H13" s="2">
+        <v>34695</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>