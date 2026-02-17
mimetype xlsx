--- v0 (2025-10-12)
+++ v1 (2026-02-17)
@@ -15,74 +15,74 @@
   <Default Extension="webp" ContentType="image/webp"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 12.10.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 17.02.2026р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Електричний степлер</t>
   </si>
   <si>
     <t>Оббивний</t>
   </si>
   <si>
     <t>SEEN0250W-01B</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Електричний скобозабивний оббивочний степлер Air Pro SEEN0250W-01B</t>
@@ -274,253 +274,256 @@
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розміри: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">186x64x235 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>Оббивний, Штифтозабивний</t>
+    <t>Гайковерти</t>
   </si>
   <si>
-    <t>SEEN0600W-01C</t>
+    <t>Пістолетного типу</t>
   </si>
   <si>
-    <r>
-[...9 lines deleted...]
-      <t xml:space="preserve">Електричний скобо-штифтозабивний степлер Air Pro SEEN0600W-01C</t>
+    <t>SEID2000V-005</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Акумуляторний ударний гайковерт 1/4&amp;#8243; безщітковий Air Pro SEID2000V-005</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Особливості: скобо-штифтозабивний електростеплер SEEN0600W-01C призначений для оббивки, виготовлення меблів та різних робіт на будівництві.</t>
+      <t xml:space="preserve">Особливості: професійний акумуляторний безщітковий ударний гайковерт з АБК 4 мА SEID2000V-005 має накінечник 1/4″, гарну систему амортизації та 4 режими швидкості. Світлодіодний прожектор в ПОДАРУНОК!</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Тип кріплення: </t>
-[...101 lines deleted...]
-      <t xml:space="preserve">до 1.0</t>
+      <t xml:space="preserve">Накінечник: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Накінечник, дюйми: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.4</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Крутний момент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">200 Нм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Зусилля, Нм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">менше 3000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 10 000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Реверс: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Є</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Напруга: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">220 В</t>
+      <t xml:space="preserve">20 В</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,9 кг</t>
+      <t xml:space="preserve">1,04 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1.0 - 2.0</t>
-    </r>
-[...16 lines deleted...]
-      <t xml:space="preserve">231x68x272 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>Пневмомастер</t>
   </si>
   <si>
     <t>Кріпильні Інструменти</t>
   </si>
   <si>
     <t>Цвяховбивний</t>
   </si>
   <si>
     <t>CN45N</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -683,53 +686,50 @@
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розміри: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">278x275x116 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>Пневмошуруповерти</t>
   </si>
   <si>
-    <t>Пістолетного типу</t>
-[...1 lines deleted...]
-  <si>
     <t>SA6219</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA6219</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості:  шуруповерт пістолетного типу SA6219 з шестигранним патроном для кріплення головок 1/4″, оснащений подвійним молотковим механізмом.</t>
     </r>
   </si>
   <si>
     <r>
@@ -1500,346 +1500,300 @@
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розміри: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">250x68x240 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>Акумуляторні степлери</t>
+    <t>Оббивний, Штифтозабивний</t>
   </si>
   <si>
-    <t>Скобозабивний</t>
+    <t>SEEN0600W-01C</t>
   </si>
   <si>
-    <t>LD8016</t>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Електричний скобо-штифтозабивний степлер Air Pro SEEN0600W-01C</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: скобо-штифтозабивний електростеплер SEEN0600W-01C призначений для оббивки, виготовлення меблів та різних робіт на будівництві.</t>
+    </r>
   </si>
   <si>
     <r>
-      <rPr>
-[...8 lines deleted...]
-      <t xml:space="preserve">Акумуляторний скобозабивний пістолет Freeman LD8016 2,0 Ah</t>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба, Штифт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина головки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,25 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ємність магазину: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">100</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">30 пострілів/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,6 кВт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність, кВт: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Напруга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">220 В</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,9 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0 - 2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розміри: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">231x68x272 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>Прожектор</t>
+  </si>
+  <si>
+    <t>SEWL2000V-001A</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Світлодіодний прожектор Air Pro SEWL2000V-001A під АКБ 4 мА</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Особливості: акумуляторний скобозабивний пістолет LD8016 призначений для кріплення скобами різних матеріалів, таких як тканина, шкіра, картон, дерево тощо. </t>
+      <t xml:space="preserve">Особливості: світлодіодний робочий ліхтар SEWL2000V-001A чудово підходить для освітлення майстерень, гаражів, будівельних та виконання робіт поза приміщенням.</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Тип кріплення: </t>
-[...142 lines deleted...]
-    <r>
       <t xml:space="preserve">Напруга: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">20 В</t>
-    </r>
-[...106 lines deleted...]
-      <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>Пневмодрилі</t>
   </si>
   <si>
     <t>Кутовий</t>
   </si>
   <si>
     <t>SA61169</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
@@ -1924,98 +1878,51 @@
       <t xml:space="preserve">0,99 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">до 1.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>Гайковерти</t>
-[...46 lines deleted...]
-    </r>
+    <t>Акумуляторні степлери</t>
   </si>
   <si>
     <t>LDAF30</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Акумуляторний штифтозабивний пістолет Freeman LDAF30 2,0 Ah</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: акумуляторний штифтозабивний пістолет LDAF30 ідеально підходить для укладання підлогових покриттів, монтажу дерев'яних конструкцій, встановлення віконних і дверних коробок, а також інших будівельних робіт. </t>
     </r>
   </si>
@@ -3618,256 +3525,50 @@
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3,0 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2.1 - 3.0</t>
-    </r>
-[...204 lines deleted...]
-      <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>MCN80</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пневмопістолет цвяхозабивний MCN80</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
@@ -4653,51 +4354,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_seen0250w-01b_01-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_seen600w-01c_01-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cn45n_01-150x1503.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6219-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_freeman_f2040bk_4ah-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_freeman_f2020bk_2ah-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_seen600w-01_01-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_seen0600w-02c_01-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_freeman_ld8016_01-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa61169_01-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sewl2000v-001a_01-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_freeman_ldaf30_01-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_freeman_ld635_01-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_freeman_ldst64_01-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_freeman_ld40_01-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_freeman_ld3490_01-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_seiw2000v-011a_gift-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_seid2000v-005_gift-150x15018.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tftsivvas-150x15019.webp"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_freeman_lk4l_pe20v1gck_01-150x15020.webp"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_cg2853_0121.webp"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-r39-bpn-150x15022.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_seen0250w-01b_01-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_seid2000v-005_gift-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cn45n_01-150x1503.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6219-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_freeman_f2040bk_4ah-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_freeman_f2020bk_2ah-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_seen600w-01_01-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_seen0600w-02c_01-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_seen600w-01c_01-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sewl2000v-001a_01-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa61169_01-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_freeman_ldaf30_01-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_freeman_ld635_01-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_freeman_ldst64_01-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_freeman_ld40_01-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_freeman_ld3490_01-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_seiw2000v-011a_gift-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tftsivvas-150x15018.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_freeman_lk4l_pe20v1gck_01-150x15019.webp"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_cg2853_0120.webp"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-r39-bpn-150x15021.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -5288,80 +4989,50 @@
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -5615,54 +5286,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H23" sqref="H23"/>
+      <selection activeCell="H22" sqref="H22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -5899,290 +5570,290 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">186x64x235 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>5225</v>
+        <v>5398</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D3" s="2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Електричний скобо-штифтозабивний степлер Air Pro SEEN0600W-01C</t>
+            <t xml:space="preserve">Акумуляторний ударний гайковерт 1/4&amp;#8243; безщітковий Air Pro SEID2000V-005</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: скобо-штифтозабивний електростеплер SEEN0600W-01C призначений для оббивки, виготовлення меблів та різних робіт на будівництві.</t>
+            <t xml:space="preserve">Особливості: професійний акумуляторний безщітковий ударний гайковерт з АБК 4 мА SEID2000V-005 має накінечник 1/4″, гарну систему амортизації та 4 режими швидкості. Світлодіодний прожектор в ПОДАРУНОК!</t>
           </r>
         </is>
       </c>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Тип кріплення: </t>
-[...101 lines deleted...]
-            <t xml:space="preserve">до 1.0</t>
+            <t xml:space="preserve">Накінечник: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Накінечник, дюйми: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.4</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Крутний момент: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">200 Нм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Зусилля, Нм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">менше 3000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 10 000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Реверс: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Напруга: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">220 В</t>
+            <t xml:space="preserve">20 В</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,9 кг</t>
+            <t xml:space="preserve">1,04 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...16 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>7733</v>
+        <v>11443</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Пневмопістолет цвяхозабивний CN45N</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Застосування: призначений для покрівельних робіт, збірки палет, дерев'яної тари, дерев'яних піддонів, робіт з стелями та стінами, виготовлення огорож, будівельних робіт, обшивки, обробки, облицювання, зовнішніх робіт.</t>
           </r>
         </is>
       </c>
       <c r="F4" s="2"/>
@@ -6331,62 +6002,62 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">278x275x116 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>8362</v>
+        <v>8638</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA6219</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості:  шуруповерт пістолетного типу SA6219 з шестигранним патроном для кріплення головок 1/4″, оснащений подвійним молотковим механізмом.</t>
           </r>
@@ -6538,51 +6209,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">160 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>7064</v>
+        <v>7297</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -6637,51 +6308,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Напруга: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">20 В</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>2383</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -6736,51 +6407,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Напруга: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">20 В</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>1421</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -6979,51 +6650,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">239x68x265 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>6688</v>
+        <v>6909</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -7222,578 +6893,488 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">250x68x240 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>8987</v>
+        <v>9284</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="B10" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="C10" s="2" t="s">
+      <c r="D10" s="2" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Акумуляторний скобозабивний пістолет Freeman LD8016 2,0 Ah</t>
+            <t xml:space="preserve">Електричний скобо-штифтозабивний степлер Air Pro SEEN0600W-01C</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: акумуляторний скобозабивний пістолет LD8016 призначений для кріплення скобами різних матеріалів, таких як тканина, шкіра, картон, дерево тощо. </t>
+            <t xml:space="preserve">Особливості: скобо-штифтозабивний електростеплер SEEN0600W-01C призначений для оббивки, виготовлення меблів та різних робіт на будівництві.</t>
           </r>
         </is>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Скоба</t>
-[...89 lines deleted...]
-            <t xml:space="preserve">0,66х0,95 мм</t>
+            <t xml:space="preserve">Скоба, Штифт</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина головки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,25 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ємність магазину: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">100</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">120-180 пострілів/хв</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">до 6000</t>
+            <t xml:space="preserve">30 пострілів/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,6 кВт</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність, кВт: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Напруга: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20 В</t>
-[...53 lines deleted...]
-            <t xml:space="preserve">90 хв / 40 Ач</t>
+            <t xml:space="preserve">220 В</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,9 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">228х234х68 мм</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">1.0 - 2.0</t>
+            <t xml:space="preserve">231x68x272 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>11077</v>
+        <v>7988</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D11" s="2" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль пневматичний кутовий Air Pro SA61169</t>
+            <t xml:space="preserve">Світлодіодний прожектор Air Pro SEWL2000V-001A під АКБ 4 мА</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: 360° кутовий пневмодриль SA61169 без цанги з різьбою 9/32"-40 UNF призначений для механоскладальних робіт в авіа- та автомобілебудівництві.</t>
+            <t xml:space="preserve">Особливості: світлодіодний робочий ліхтар SEWL2000V-001A чудово підходить для освітлення майстерень, гаражів, будівельних та виконання робіт поза приміщенням.</t>
           </r>
         </is>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...83 lines deleted...]
-            <t xml:space="preserve">до 1.0</t>
+            <t xml:space="preserve">Напруга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">20 В</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>17472</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="D12" s="2" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Світлодіодний прожектор Air Pro SEWL2000V-001A під АКБ 4 мА</t>
+            <t xml:space="preserve">Дриль пневматичний кутовий Air Pro SA61169</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: світлодіодний робочий ліхтар SEWL2000V-001A чудово підходить для освітлення майстерень, гаражів, будівельних та виконання робіт поза приміщенням.</t>
+            <t xml:space="preserve">Особливості: 360° кутовий пневмодриль SA61169 без цанги з різьбою 9/32"-40 UNF призначений для механоскладальних робіт в авіа- та автомобілебудівництві.</t>
           </r>
         </is>
       </c>
       <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Напруга: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">20 В</t>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металообробка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Свердління та обробка отворів</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3200 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,99 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H12" s="2">
-        <v>2090</v>
+        <v>18049</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="150">
       <c r="A13" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>47</v>
+        <v>60</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Акумуляторний штифтозабивний пістолет Freeman LDAF30 2,0 Ah</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: акумуляторний штифтозабивний пістолет LDAF30 ідеально підходить для укладання підлогових покриттів, монтажу дерев'яних конструкцій, встановлення віконних і дверних коробок, а також інших будівельних робіт. </t>
           </r>
         </is>
       </c>
       <c r="F13" s="2"/>
@@ -8050,65 +7631,65 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H13" s="2">
-        <v>9405</v>
+        <v>9716</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>47</v>
+        <v>60</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Акумуляторний шпилькозабивний пістолет Freeman LD635 2,0 Ah</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: акумуляторний шпилькозабивний пістолет LD635 призначений для кріплення різноманітних елементів, таких як дюбелі, анкери, гачки, скоби тощо, використовується у будівництві та ремонті. </t>
           </r>
         </is>
       </c>
       <c r="F14" s="2"/>
@@ -8365,65 +7946,65 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H14" s="2">
-        <v>11704</v>
+        <v>12090</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="150">
       <c r="A15" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>47</v>
+        <v>60</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Акумуляторний цвяхозабивний пістолет для бетону Freeman LDST64 4,0 Ah</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: акумуляторний цвяхозабивний пістолет LDST64 призначений для забивання цвяхів у бетон, цеглу, камінь та інші тверді матеріали, застосовується в будівництві та ремонті. </t>
           </r>
         </is>
       </c>
       <c r="F15" s="2"/>
@@ -8662,65 +8243,65 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5.1 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H15" s="2">
-        <v>24662</v>
+        <v>25476</v>
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="150">
       <c r="A16" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>47</v>
+        <v>60</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Акумуляторний цвяхозабивний пістолет для бетону Freeman LD40 4,0 Ah</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: акумуляторний цвяхозабивний пістолет LD40 призначений для роботи з кріпленням кабелів, труб, дюралайту, гіпсокартону, деревини та інших матеріалів до бетону, цегли, каменю й інших твердих поверхонь. </t>
           </r>
         </is>
       </c>
       <c r="F16" s="2"/>
@@ -8941,65 +8522,65 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.1 - 5.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H16" s="2">
-        <v>24662</v>
+        <v>25476</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="150">
       <c r="A17" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>47</v>
+        <v>60</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Акумуляторний цвяхозабивний пістолет Freeman LD3490 4,0 Ah</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: акумуляторний цвяхозабивний пістолет LD3490 широко використовується у будівництві та ремонті для монтажу облицювання, панелей, плінтусів, укладання підлог, покрівельних робіт, виготовлення меблів та інших завдань.</t>
           </r>
         </is>
       </c>
       <c r="F17" s="2"/>
@@ -9256,65 +8837,65 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.1 - 5.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H17" s="2">
-        <v>24662</v>
+        <v>25476</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="150">
       <c r="A18" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>57</v>
+        <v>14</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Акумуляторний ударний гайковерт 3/4&amp;#8243; безщітковий Air Pro SEIW2000V-011A</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: професійний акумуляторний безщітковий ударний гайковерт з АБК 5 мА SEIW2000V-011A має накінечник 3/4″, відмінну систему амортизації та 5 режимів швидкості. Світлодіодний прожектор в ПОДАРУНОК!</t>
           </r>
         </is>
       </c>
       <c r="F18" s="2"/>
@@ -9499,1080 +9080,855 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.1 - 3.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H18" s="2">
-        <v>24871</v>
+        <v>25692</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="150">
       <c r="A19" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Акумуляторний ударний гайковерт 1/4&amp;#8243; безщітковий Air Pro SEID2000V-005</t>
+            <t xml:space="preserve">Пневмопістолет цвяхозабивний MCN80</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: професійний акумуляторний безщітковий ударний гайковерт з АБК 4 мА SEID2000V-005 має накінечник 1/4″, гарну систему амортизації та 4 режими швидкості. Світлодіодний прожектор в ПОДАРУНОК!</t>
+            <t xml:space="preserve">Застосування: призначений для збірки палет, дерев'яної тари, дерев'яних піддонів, робіт з стелями та стінами, виготовлення огорож, будівельних робіт, обшивки, обробки, облицювання, зовнішніх робіт.</t>
           </r>
         </is>
       </c>
       <c r="F19" s="2"/>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Накінечник: </t>
-[...137 lines deleted...]
-            <t xml:space="preserve">20 В</t>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Деревообробка, Будівництво</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Виготовлення палет, Виготовлення тари, Кріплення елементів, Монтаж та демонтаж, Ремонтні роботи, Будівництво дерев'яних будинків</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Цвях</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">CNW</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">50-83 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр стержня: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2,5-3,3 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">5-8 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3,7 л/цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,04 кг</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">1.0 - 2.0</t>
+            <t xml:space="preserve">3,8 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H19" s="2">
-        <v>11077</v>
+        <v>12716</v>
       </c>
     </row>
     <row r="20" spans="1:8" customHeight="1" ht="150">
       <c r="A20" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="C20" s="2"/>
       <c r="D20" s="2" t="s">
         <v>83</v>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет цвяхозабивний MCN80</t>
+            <t xml:space="preserve">Акумуляторний компресор на 4 л Freeman LK4L (PE20V1GCK) 4,0 Ah</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для збірки палет, дерев'яної тари, дерев'яних піддонів, робіт з стелями та стінами, виготовлення огорож, будівельних робіт, обшивки, обробки, облицювання, зовнішніх робіт.</t>
+            <t xml:space="preserve">Особливості: LK4L (PE20V1GCK) із об’ємом 4 л, напругою 20 В та потужністю 1/3 кінської сили, є портативним і безмасляним акумуляторним компресором, що працює від 1 батареї. </t>
           </r>
         </is>
       </c>
       <c r="F20" s="2"/>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...106 lines deleted...]
-          <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5-8 бар</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">3,8 кг</t>
+            <t xml:space="preserve">8,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Кількість пострілів до підзарядки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 700</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Напруга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">20 В</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип акумулятора: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Freeman F20</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ємність акумулятора: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">4,0 Ah</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Середній час заряджання акумулятора: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">30 хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H20" s="2">
-        <v>12310</v>
+        <v>10795</v>
       </c>
     </row>
     <row r="21" spans="1:8" customHeight="1" ht="150">
       <c r="A21" s="2" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C21" s="2"/>
       <c r="D21" s="2" t="s">
         <v>87</v>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Акумуляторний компресор на 4 л Freeman LK4L (PE20V1GCK) 4,0 Ah</t>
+            <t xml:space="preserve">Пістолет для двохкомпонентних герметиків пневматичний Air Pro CG2853</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: LK4L (PE20V1GCK) із об’ємом 4 л, напругою 20 В та потужністю 1/3 кінської сили, є портативним і безмасляним акумуляторним компресором, що працює від 1 батареї. </t>
+            <t xml:space="preserve">Особливості: промисловий пістолет CG2853 для герметиків до 600 мл з посадкою для 2-х туб, має алюмінієвий корпус, оснащений повітряним поршнем, підходить для герметиків в пластикових тубах. </t>
           </r>
         </is>
       </c>
       <c r="F21" s="2"/>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Призначення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Мʼяка упаковка, Туба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Обʼєм туби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">600 мл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Обʼєм м\&amp;#039;якої упаковки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">300 мл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Обʼєм, мл: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 600 мл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">4 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8,3 бар</t>
-[...89 lines deleted...]
-            <t xml:space="preserve">30 хв</t>
+            <t xml:space="preserve">4,2 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Система Anti Drop: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Немає</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2,7 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.1 - 3.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">730 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H21" s="2">
-        <v>10450</v>
+        <v>21616</v>
       </c>
     </row>
     <row r="22" spans="1:8" customHeight="1" ht="150">
       <c r="A22" s="2" t="s">
-        <v>8</v>
+        <v>90</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>90</v>
+        <v>25</v>
       </c>
       <c r="C22" s="2"/>
       <c r="D22" s="2" t="s">
         <v>91</v>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пістолет для двохкомпонентних герметиків пневматичний Air Pro CG2853</t>
+            <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу VGL SA-R45BPN</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: промисловий пістолет CG2853 для герметиків до 600 мл з посадкою для 2-х туб, має алюмінієвий корпус, оснащений повітряним поршнем, підходить для герметиків в пластикових тубах. </t>
+            <t xml:space="preserve">Особливості: шуруповерт пістолетного типу малогабаритний, безшумний, легкий та зручний, комплектується швидкозажимним патроном, знайшов широке застосування, як в металопластиковому виробництві, так і в столярному.</t>
           </r>
         </is>
       </c>
       <c r="F22" s="2"/>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Призначення: </t>
-[...70 lines deleted...]
-          <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4 л/хв</t>
+            <t xml:space="preserve">240 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">750 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип патрона: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Швидкозатискний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Крутний момент: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6 Нм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Крутний момент, Нм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">менше 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Реверс: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4,2 бар</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Немає</t>
+            <t xml:space="preserve">6,0 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Композитний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,7 кг</t>
+            <t xml:space="preserve">0,9 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.1 - 3.0</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">730 мм</t>
+            <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H22" s="2">
-        <v>20925</v>
-[...222 lines deleted...]
-        <v>9538</v>
+        <v>9853</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>