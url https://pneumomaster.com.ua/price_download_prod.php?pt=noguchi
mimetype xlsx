--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -14,74 +14,74 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="webp" ContentType="image/webp"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 03.10.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 17.11.2025р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Ножиці, різчики, кусачки, дироколи</t>
   </si>
   <si>
     <t>SA8550</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Дирокол пневматичний Air Pro SA8550</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -783,241 +783,71 @@
       <t xml:space="preserve">1,4 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>CTQ4XD</t>
-[...168 lines deleted...]
-  <si>
     <t>CTQ-5XD-2</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Ножиці (кусачки) пневматичні для різання дроту до 5 мм Woodpecker CTQ-5XD-2</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Застосування: пневматичні ножиці CTQ4XD використовуються для різання дроту з оцинкованої низьковуглецевої сталі діаметром до 5,0 мм.</t>
+      <t xml:space="preserve">Застосування: пневматичні ножиці CTQ5XD використовуються для різання дроту з оцинкованої низьковуглецевої сталі діаметром до 5,0 мм.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Інструмент: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Кусачки</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Сфера промисловості: </t>
     </r>
     <r>
@@ -1687,51 +1517,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-ctq3xd-01-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-ctq4xd-01-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-ctq-5xd-2-01-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_st-320p_01-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42-150x1508.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-ctq3xd-01-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-ctq-5xd-2-01-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_st-320p_01-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42-150x1507.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1889,80 +1719,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2229,54 +2029,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H9" sqref="H9"/>
+      <selection activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -3098,58 +2898,58 @@
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ножиці (кусачки) пневматичні для різання дроту до 4 мм Woodpecker CTQ4XD</t>
+            <t xml:space="preserve">Ножиці (кусачки) пневматичні для різання дроту до 5 мм Woodpecker CTQ-5XD-2</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: пневматичні ножиці CTQ4XD використовуються для різання дроту з оцинкованої низьковуглецевої сталі діаметром до 4,0 мм.</t>
+            <t xml:space="preserve">Застосування: пневматичні ножиці CTQ5XD використовуються для різання дроту з оцинкованої низьковуглецевої сталі діаметром до 5,0 мм.</t>
           </r>
         </is>
       </c>
       <c r="F6" s="2"/>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Кусачки</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -3197,353 +2997,443 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Режущая способность: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 4,0 мм (сталь)</t>
+            <t xml:space="preserve">до 5,0 мм (сталь)</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Режущая способность/глубина пропила, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4.0</t>
+            <t xml:space="preserve">5.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,42 кг</t>
+            <t xml:space="preserve">1,92 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>12958</v>
+        <v>19646</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ножиці (кусачки) пневматичні для різання дроту до 5 мм Woodpecker CTQ-5XD-2</t>
+            <t xml:space="preserve">Ножиці пневматичні пістолетного типу Air Pro ST-320P</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: пневматичні ножиці CTQ4XD використовуються для різання дроту з оцинкованої низьковуглецевої сталі діаметром до 5,0 мм.</t>
+            <t xml:space="preserve">Особливості: пневматичні ножиці (пневмоножиці) по металу ST-320P легкі та зручні у використанні. </t>
           </r>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Кусачки</t>
+            <t xml:space="preserve">Ножниці</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Металообробка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дротяні клітки, Різання, Робота з дротом</t>
+            <t xml:space="preserve">Обрізка та формування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид матеріалу: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Сталь</t>
+            <t xml:space="preserve">Алюміній, Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Режущая способность: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 5,0 мм (сталь)</t>
+            <t xml:space="preserve">1,2 мм (сталь), 1,6 мм (алюм.)</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Режущая способность/глубина пропила, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.0</t>
+            <t xml:space="preserve">1.2, 1.6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">85 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Частота рухів: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2600 хід/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,92 кг</t>
+            <t xml:space="preserve">1,0 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">240 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>19646</v>
+        <v>3211</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2"/>
       <c r="D8" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ножиці пневматичні пістолетного типу Air Pro ST-320P</t>
+            <t xml:space="preserve">Різчик пневматичний Air Pro SA8300</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: пневматичні ножиці (пневмоножиці) по металу ST-320P легкі та зручні у використанні. </t>
+            <t xml:space="preserve">Особливості: промисловий пневматичний різчик по металу SA8300 в металевому корпусі використовується на СТО, ріже метал по будь-якій кривій.</t>
           </r>
         </is>
       </c>
       <c r="F8" s="2"/>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">zDnIeVKIPCE</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ножниці</t>
+            <t xml:space="preserve">Різчик</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Металообробка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
@@ -3553,461 +3443,184 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Обрізка та формування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид матеріалу: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Алюміній, Сталь</t>
+            <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Режущая способность: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,2 мм (сталь), 1,6 мм (алюм.)</t>
+            <t xml:space="preserve">1,6 (сталь)</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Режущая способность/глубина пропила, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.2, 1.6</t>
+            <t xml:space="preserve">1,6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">85 л/хв</t>
+            <t xml:space="preserve">198 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,3 бар</t>
+            <t xml:space="preserve">6,2 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Частота рухів: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2600 хід/хв</t>
+            <t xml:space="preserve">2900 хід/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 кг</t>
+            <t xml:space="preserve">2,2 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0 - 2.0</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">240 мм</t>
+            <t xml:space="preserve">2.1 - 3.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>3211</v>
-[...257 lines deleted...]
-      <c r="H9" s="2">
         <v>5240</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>