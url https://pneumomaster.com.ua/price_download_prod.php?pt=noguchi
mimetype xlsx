--- v1 (2025-11-17)
+++ v2 (2026-01-02)
@@ -14,456 +14,80 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="webp" ContentType="image/webp"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 17.11.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 02.01.2026р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Ножиці, різчики, кусачки, дироколи</t>
-  </si>
-[...374 lines deleted...]
-    </r>
   </si>
   <si>
     <t>SA8518-Z8P</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Кусачки пневматичні Air Pro SA8518</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: пневматичні кусачки-бокорізи (кліщі) SA8518 призначені для «відкушування» або різання різних матеріалів (метали, пластик, електрокабель та ін.), використовуються в сільському господарстві, радіоелектроніці, машинобудуванні та інших галузях промисловості.</t>
     </r>
   </si>
@@ -1517,51 +1141,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-ctq3xd-01-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-ctq-5xd-2-01-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_st-320p_01-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42-150x1507.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-ctq3xd-01-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster-woodpecker-ctq-5xd-2-01-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_st-320p_01-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42-150x1505.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1659,110 +1283,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
-        <a:stretch>
-[...58 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2029,54 +1593,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H8" sqref="H8"/>
+      <selection activeCell="H6" sqref="H6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -2096,468 +1660,450 @@
       </c>
     </row>
     <row r="2" spans="1:8" customHeight="1" ht="150">
       <c r="A2" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="2"/>
       <c r="D2" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дирокол пневматичний Air Pro SA8550</t>
+            <t xml:space="preserve">Кусачки пневматичні Air Pro SA8518</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: пневматичний дирокол (просікач) для металу SA8550 використовується на різних підприємствах для вирізання отворів діаметром 5,0 мм.</t>
+            <t xml:space="preserve">Особливості: пневматичні кусачки-бокорізи (кліщі) SA8518 призначені для «відкушування» або різання різних матеріалів (метали, пластик, електрокабель та ін.), використовуються в сільському господарстві, радіоелектроніці, машинобудуванні та інших галузях промисловості.</t>
           </r>
         </is>
       </c>
       <c r="F2" s="2"/>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дирокол</t>
+            <t xml:space="preserve">Кусачки</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Металообробка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Обрізка та формування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Діаметр отворів: </t>
-[...29 lines deleted...]
-            <t xml:space="preserve">0.8, 1.2</t>
+            <t xml:space="preserve">Вид матеріалу: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">М'який пластик, Мідь, Твердий пластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Режущая способность: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3,3 мм (мідь), 10,0 мм (м. пласт.), 6,5 мм (т. пласт.)</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">57 л/хв</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">6,3 бар</t>
+            <t xml:space="preserve">0,6 л/цикл</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,25 кг</t>
+            <t xml:space="preserve">0,57 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0 - 2.0</t>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">207 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>3756</v>
+        <v>19409</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2"/>
       <c r="D3" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дирокол пневматичний Air Pro SA8550A</t>
+            <t xml:space="preserve">Ножиці (кусачки) пневматичні для різання дроту до 3 мм Woodpecker CTQ3XD</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: пневматичний дирокол (просікач) для металу SA8550A використовується на різних підприємствах для вирізання отворів діаметром 8,0 мм.</t>
+            <t xml:space="preserve">Застосування: пневматичні ножиці CTQ3XD використовуються для різання дроту з оцинкованої низьковуглецевої сталі діаметром до 3,0 мм.</t>
           </r>
         </is>
       </c>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дирокол</t>
+            <t xml:space="preserve">Кусачки</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Металообробка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Обрізка та формування</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">8,0 мм</t>
+            <t xml:space="preserve">Дротяні клітки, Різання, Робота з дротом</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вид матеріалу: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Режущая способность: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 3,0 мм (сталь)</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Режущая способность/глубина пропила, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0.8, 1.2</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">6,3 бар</t>
+            <t xml:space="preserve">3.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,25 кг</t>
+            <t xml:space="preserve">1,4 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>4973</v>
+        <v>10518</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2"/>
       <c r="D4" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Кусачки пневматичні Air Pro SA8518</t>
+            <t xml:space="preserve">Ножиці (кусачки) пневматичні для різання дроту до 5 мм Woodpecker CTQ-5XD-2</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: пневматичні кусачки-бокорізи (кліщі) SA8518 призначені для «відкушування» або різання різних матеріалів (метали, пластик, електрокабель та ін.), використовуються в сільському господарстві, радіоелектроніці, машинобудуванні та інших галузях промисловості.</t>
+            <t xml:space="preserve">Застосування: пневматичні ножиці CTQ5XD використовуються для різання дроту з оцинкованої низьковуглецевої сталі діаметром до 5,0 мм.</t>
           </r>
         </is>
       </c>
       <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Кусачки</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -2569,1059 +2115,667 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Металообробка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Обрізка та формування</t>
+            <t xml:space="preserve">Дротяні клітки, Різання, Робота з дротом</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид матеріалу: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">М'який пластик, Мідь, Твердий пластик</t>
+            <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Режущая способность: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,3 мм (мідь), 10,0 мм (м. пласт.), 6,5 мм (т. пласт.)</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">0,6 л/цикл</t>
+            <t xml:space="preserve">до 5,0 мм (сталь)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Режущая способность/глубина пропила, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">5.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,57 кг</t>
+            <t xml:space="preserve">1,92 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 1.0</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">207 мм</t>
+            <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>19284</v>
+        <v>19773</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ножиці (кусачки) пневматичні для різання дроту до 3 мм Woodpecker CTQ3XD</t>
+            <t xml:space="preserve">Ножиці пневматичні пістолетного типу Air Pro ST-320P</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: пневматичні ножиці CTQ3XD використовуються для різання дроту з оцинкованої низьковуглецевої сталі діаметром до 3,0 мм.</t>
+            <t xml:space="preserve">Особливості: пневматичні ножиці (пневмоножиці) по металу ST-320P легкі та зручні у використанні. </t>
           </r>
         </is>
       </c>
       <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Кусачки</t>
+            <t xml:space="preserve">Ножниці</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Металообробка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дротяні клітки, Різання, Робота з дротом</t>
+            <t xml:space="preserve">Обрізка та формування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид матеріалу: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Сталь</t>
+            <t xml:space="preserve">Алюміній, Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Режущая способность: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 3,0 мм (сталь)</t>
+            <t xml:space="preserve">1,2 мм (сталь), 1,6 мм (алюм.)</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Режущая способность/глубина пропила, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.0</t>
+            <t xml:space="preserve">1.2, 1.6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">85 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Частота рухів: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2600 хід/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4 кг</t>
+            <t xml:space="preserve">1,0 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">240 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>10450</v>
+        <v>3232</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ножиці (кусачки) пневматичні для різання дроту до 5 мм Woodpecker CTQ-5XD-2</t>
+            <t xml:space="preserve">Різчик пневматичний Air Pro SA8300</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: пневматичні ножиці CTQ5XD використовуються для різання дроту з оцинкованої низьковуглецевої сталі діаметром до 5,0 мм.</t>
+            <t xml:space="preserve">Особливості: промисловий пневматичний різчик по металу SA8300 в металевому корпусі використовується на СТО, ріже метал по будь-якій кривій.</t>
           </r>
         </is>
       </c>
       <c r="F6" s="2"/>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">zDnIeVKIPCE</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Інструмент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Кусачки</t>
+            <t xml:space="preserve">Різчик</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Металообробка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дротяні клітки, Різання, Робота з дротом</t>
+            <t xml:space="preserve">Обрізка та формування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вид матеріалу: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Режущая способность: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 5,0 мм (сталь)</t>
+            <t xml:space="preserve">1,6 (сталь)</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Режущая способность/глубина пропила, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.0</t>
+            <t xml:space="preserve">1,6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">198 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,2 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Частота рухів: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2900 хід/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,92 кг</t>
+            <t xml:space="preserve">2,2 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0 - 2.0</t>
+            <t xml:space="preserve">2.1 - 3.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>19646</v>
-[...517 lines deleted...]
-        <v>5240</v>
+        <v>5274</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>