--- v2 (2026-01-02)
+++ v3 (2026-02-25)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 02.01.2026р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 25.02.2026р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Ножиці, різчики, кусачки, дироколи</t>
   </si>
   <si>
     <t>SA8518-Z8P</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Кусачки пневматичні Air Pro SA8518</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -1839,51 +1839,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">207 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>19409</v>
+        <v>19921</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2"/>
       <c r="D3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -2026,51 +2026,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>10518</v>
+        <v>10795</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2"/>
       <c r="D4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -2213,51 +2213,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>19773</v>
+        <v>20295</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -2472,51 +2472,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">240 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>3232</v>
+        <v>3318</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -2731,51 +2731,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.1 - 3.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>5274</v>
+        <v>5413</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>