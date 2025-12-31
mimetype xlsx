--- v0 (2025-11-04)
+++ v1 (2025-12-31)
@@ -38,51 +38,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 04.11.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 31.12.2025р.</t>
   </si>
   <si>
     <t>Fachowiec</t>
   </si>
   <si>
     <t>Інші з'єднувачі</t>
   </si>
   <si>
     <t>WR12</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Двійник T 12mm для пневмосистем Fachowiec WR12</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -4142,51 +4142,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2"/>
       <c r="D3" s="2">
         <v>4106</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4239,51 +4239,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2"/>
       <c r="D4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4336,51 +4336,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4433,51 +4433,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4530,51 +4530,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4627,51 +4627,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>258</v>
+        <v>260</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2"/>
       <c r="D8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4724,51 +4724,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2"/>
       <c r="D9" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4821,51 +4821,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="2"/>
       <c r="D10" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4918,51 +4918,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>839</v>
+        <v>845</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4997,51 +4997,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="2"/>
       <c r="D12" s="2" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5094,51 +5094,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H12" s="2">
-        <v>549</v>
+        <v>552</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="150">
       <c r="A13" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="2"/>
       <c r="D13" s="2">
         <v>15201310</v>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5173,51 +5173,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12х8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H13" s="2">
-        <v>581</v>
+        <v>584</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="2"/>
       <c r="D14" s="2" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5331,51 +5331,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8х5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H15" s="2">
-        <v>517</v>
+        <v>520</v>
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="150">
       <c r="A16" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="2"/>
       <c r="D16" s="2">
         <v>15201330</v>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5410,51 +5410,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10х6.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H16" s="2">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="150">
       <c r="A17" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="2"/>
       <c r="D17" s="2">
         <v>15201340</v>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5489,51 +5489,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12х8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H17" s="2">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="150">
       <c r="A18" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="2"/>
       <c r="D18" s="2" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5568,51 +5568,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">16</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H18" s="2">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="150">
       <c r="A19" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="2"/>
       <c r="D19" s="2" t="s">
         <v>55</v>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5763,51 +5763,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H20" s="2">
-        <v>387</v>
+        <v>390</v>
       </c>
     </row>
     <row r="21" spans="1:8" customHeight="1" ht="150">
       <c r="A21" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="2"/>
       <c r="D21" s="2">
         <v>45.1</v>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5878,51 +5878,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H21" s="2">
-        <v>451</v>
+        <v>454</v>
       </c>
     </row>
     <row r="22" spans="1:8" customHeight="1" ht="150">
       <c r="A22" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="2"/>
       <c r="D22" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6169,51 +6169,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H24" s="2">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="25" spans="1:8" customHeight="1" ht="150">
       <c r="A25" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C25" s="2"/>
       <c r="D25" s="2" t="s">
         <v>71</v>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6381,51 +6381,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H26" s="2">
-        <v>403</v>
+        <v>406</v>
       </c>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="150">
       <c r="A27" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C27" s="2"/>
       <c r="D27" s="2">
         <v>6436</v>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6496,51 +6496,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H27" s="2">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="28" spans="1:8" customHeight="1" ht="150">
       <c r="A28" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="2"/>
       <c r="D28" s="2">
         <v>45.12</v>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6611,51 +6611,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H28" s="2">
-        <v>354</v>
+        <v>356</v>
       </c>
     </row>
     <row r="29" spans="1:8" customHeight="1" ht="150">
       <c r="A29" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="2"/>
       <c r="D29" s="2" t="s">
         <v>80</v>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6805,51 +6805,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H30" s="2">
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="150">
       <c r="A31" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C31" s="2"/>
       <c r="D31" s="2" t="s">
         <v>85</v>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -7236,51 +7236,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H35" s="2">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="36" spans="1:8" customHeight="1" ht="150">
       <c r="A36" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="2"/>
       <c r="D36" s="2">
         <v>15201320</v>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -7315,51 +7315,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8х5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H36" s="2">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>