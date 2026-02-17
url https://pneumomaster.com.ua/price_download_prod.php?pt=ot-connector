--- v1 (2025-12-31)
+++ v2 (2026-02-17)
@@ -38,51 +38,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 31.12.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 17.02.2026р.</t>
   </si>
   <si>
     <t>Fachowiec</t>
   </si>
   <si>
     <t>Інші з'єднувачі</t>
   </si>
   <si>
     <t>WR12</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Двійник T 12mm для пневмосистем Fachowiec WR12</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -4142,51 +4142,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>168</v>
+        <v>172</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2"/>
       <c r="D3" s="2">
         <v>4106</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4239,51 +4239,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>256</v>
+        <v>263</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2"/>
       <c r="D4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4336,51 +4336,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>228</v>
+        <v>234</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4433,51 +4433,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>292</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4530,51 +4530,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>162</v>
+        <v>166</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4627,51 +4627,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>260</v>
+        <v>267</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2"/>
       <c r="D8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4724,51 +4724,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>228</v>
+        <v>234</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2"/>
       <c r="D9" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4821,51 +4821,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="2"/>
       <c r="D10" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4918,51 +4918,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>845</v>
+        <v>867</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4997,51 +4997,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="2"/>
       <c r="D12" s="2" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5094,51 +5094,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H12" s="2">
-        <v>552</v>
+        <v>567</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="150">
       <c r="A13" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="2"/>
       <c r="D13" s="2">
         <v>15201310</v>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5173,51 +5173,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12х8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H13" s="2">
-        <v>584</v>
+        <v>600</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="2"/>
       <c r="D14" s="2" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5252,51 +5252,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8х5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H14" s="2">
-        <v>259</v>
+        <v>270</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="150">
       <c r="A15" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="2"/>
       <c r="D15" s="2">
         <v>15201290</v>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5331,51 +5331,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8х5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H15" s="2">
-        <v>520</v>
+        <v>534</v>
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="150">
       <c r="A16" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="2"/>
       <c r="D16" s="2">
         <v>15201330</v>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5410,51 +5410,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10х6.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H16" s="2">
-        <v>228</v>
+        <v>234</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="150">
       <c r="A17" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="2"/>
       <c r="D17" s="2">
         <v>15201340</v>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5489,51 +5489,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12х8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H17" s="2">
-        <v>228</v>
+        <v>234</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="150">
       <c r="A18" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="2"/>
       <c r="D18" s="2" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5568,51 +5568,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">16</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H18" s="2">
-        <v>161</v>
+        <v>165</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="150">
       <c r="A19" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="2"/>
       <c r="D19" s="2" t="s">
         <v>55</v>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5647,51 +5647,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H19" s="2">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="20" spans="1:8" customHeight="1" ht="150">
       <c r="A20" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="2"/>
       <c r="D20" s="2">
         <v>834</v>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5763,51 +5763,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H20" s="2">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="21" spans="1:8" customHeight="1" ht="150">
       <c r="A21" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="2"/>
       <c r="D21" s="2">
         <v>45.1</v>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5878,51 +5878,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H21" s="2">
-        <v>454</v>
+        <v>466</v>
       </c>
     </row>
     <row r="22" spans="1:8" customHeight="1" ht="150">
       <c r="A22" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="2"/>
       <c r="D22" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5975,51 +5975,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H22" s="2">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="150">
       <c r="A23" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="2"/>
       <c r="D23" s="2" t="s">
         <v>65</v>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6072,51 +6072,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H23" s="2">
-        <v>97</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:8" customHeight="1" ht="150">
       <c r="A24" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="2"/>
       <c r="D24" s="2" t="s">
         <v>68</v>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6169,51 +6169,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H24" s="2">
-        <v>117</v>
+        <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:8" customHeight="1" ht="150">
       <c r="A25" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C25" s="2"/>
       <c r="D25" s="2" t="s">
         <v>71</v>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6266,51 +6266,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H25" s="2">
-        <v>147</v>
+        <v>153</v>
       </c>
     </row>
     <row r="26" spans="1:8" customHeight="1" ht="150">
       <c r="A26" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C26" s="2"/>
       <c r="D26" s="2">
         <v>5238</v>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6381,51 +6381,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H26" s="2">
-        <v>406</v>
+        <v>416</v>
       </c>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="150">
       <c r="A27" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C27" s="2"/>
       <c r="D27" s="2">
         <v>6436</v>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6496,51 +6496,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H27" s="2">
-        <v>122</v>
+        <v>125</v>
       </c>
     </row>
     <row r="28" spans="1:8" customHeight="1" ht="150">
       <c r="A28" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="2"/>
       <c r="D28" s="2">
         <v>45.12</v>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6611,51 +6611,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H28" s="2">
-        <v>356</v>
+        <v>366</v>
       </c>
     </row>
     <row r="29" spans="1:8" customHeight="1" ht="150">
       <c r="A29" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="2"/>
       <c r="D29" s="2" t="s">
         <v>80</v>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6690,51 +6690,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H29" s="2">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="30" spans="1:8" customHeight="1" ht="150">
       <c r="A30" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C30" s="2"/>
       <c r="D30" s="2">
         <v>45.11</v>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6805,51 +6805,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H30" s="2">
-        <v>324</v>
+        <v>333</v>
       </c>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="150">
       <c r="A31" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C31" s="2"/>
       <c r="D31" s="2" t="s">
         <v>85</v>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6902,51 +6902,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H31" s="2">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:8" customHeight="1" ht="150">
       <c r="A32" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C32" s="2"/>
       <c r="D32" s="2" t="s">
         <v>88</v>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6999,51 +6999,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H32" s="2">
-        <v>106</v>
+        <v>110</v>
       </c>
     </row>
     <row r="33" spans="1:8" customHeight="1" ht="150">
       <c r="A33" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C33" s="2"/>
       <c r="D33" s="2" t="s">
         <v>91</v>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -7078,51 +7078,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H33" s="2">
-        <v>96</v>
+        <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:8" customHeight="1" ht="150">
       <c r="A34" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C34" s="2"/>
       <c r="D34" s="2" t="s">
         <v>93</v>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -7157,51 +7157,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H34" s="2">
-        <v>114</v>
+        <v>119</v>
       </c>
     </row>
     <row r="35" spans="1:8" customHeight="1" ht="150">
       <c r="A35" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="2"/>
       <c r="D35" s="2" t="s">
         <v>95</v>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -7236,51 +7236,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H35" s="2">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="36" spans="1:8" customHeight="1" ht="150">
       <c r="A36" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="2"/>
       <c r="D36" s="2">
         <v>15201320</v>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -7315,51 +7315,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8х5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H36" s="2">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>