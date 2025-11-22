--- v0 (2025-10-08)
+++ v1 (2025-11-22)
@@ -38,51 +38,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 08.10.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 22.11.2025р.</t>
   </si>
   <si>
     <t>Star</t>
   </si>
   <si>
     <t>Фарборозпилювачі (Фарбопульт)</t>
   </si>
   <si>
     <t>SMV-1F-153P</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-1F-153P (1,5 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">