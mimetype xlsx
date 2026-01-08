--- v1 (2025-11-22)
+++ v2 (2026-01-08)
@@ -38,51 +38,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 22.11.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 08.01.2026р.</t>
   </si>
   <si>
     <t>Star</t>
   </si>
   <si>
     <t>Фарборозпилювачі (Фарбопульт)</t>
   </si>
   <si>
     <t>SMV-1F-153P</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-1F-153P (1,5 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -2312,51 +2312,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">325 г</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>6318</v>
+        <v>6359</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2"/>
       <c r="D4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -2607,51 +2607,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">385 г</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>10828</v>
+        <v>10898</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -2776,51 +2776,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність бачка: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">200 мл</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>4334</v>
+        <v>4362</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -3017,51 +3017,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2,0-3,5 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>3575</v>
+        <v>3598</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>