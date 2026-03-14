--- v2 (2026-01-08)
+++ v3 (2026-03-14)
@@ -38,51 +38,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 08.01.2026р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 14.03.2026р.</t>
   </si>
   <si>
     <t>Star</t>
   </si>
   <si>
     <t>Фарборозпилювачі (Фарбопульт)</t>
   </si>
   <si>
     <t>SMV-1F-153P</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Фарборозпилювач пневматичний Star SMV-1F-153P (1,5 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">