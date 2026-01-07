--- v0 (2025-11-18)
+++ v1 (2026-01-07)
@@ -38,51 +38,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 18.11.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 07.01.2026р.</t>
   </si>
   <si>
     <t>VGL</t>
   </si>
   <si>
     <t>Пневмошліфмашинки</t>
   </si>
   <si>
     <t>Поліпропіленовий</t>
   </si>
   <si>
     <t>SA4621P</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полірувальна машина пневматична VGL SA4621P</t>
@@ -12875,51 +12875,51 @@
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Уровень шума: 86/90 Дб (давление/мощность)
 Присоединительная резьба (воздух): 1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>10265</v>
+        <v>10331</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -13118,51 +13118,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>3263</v>
+        <v>3284</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -13490,51 +13490,51 @@
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Профессиональное
 Эксцентрик: 5 мм
 Корпус: Композитный
 Тип пылеудаления: Без отбора пыли</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>7478</v>
+        <v>7527</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -13751,51 +13751,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип пиловидалення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Без відбору пилу</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>7804</v>
+        <v>7854</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -14030,51 +14030,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>6270</v>
+        <v>6311</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -14384,51 +14384,51 @@
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Профессиональное
 Эксцентрик: 5 мм
 Корпус: Композитный
 Тип пылеудаления: Самоотбор</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>7469</v>
+        <v>7517</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -14701,51 +14701,51 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Уровень шума: 80 Дб
 Присоединительная резьба (воздух): 1/4"
 Корпус: Композитный</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>14701</v>
+        <v>14796</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -14980,51 +14980,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>4519</v>
+        <v>4549</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>39</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -15241,51 +15241,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>3765</v>
+        <v>3789</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -15556,51 +15556,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">262 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>8048</v>
+        <v>8100</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>46</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -15910,51 +15910,51 @@
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное
 Эксцентрик: 5 мм
 Корпус: Композитный
 Тип пылеудаления: Самоотбор</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H12" s="2">
-        <v>15031</v>
+        <v>15128</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="150">
       <c r="A13" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>49</v>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -16243,51 +16243,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">500 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H13" s="2">
-        <v>26022</v>
+        <v>26190</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>52</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -16839,51 +16839,51 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное
 Эксцентрик: 40 мм
 Тип пылеудаления: Без отбора пыли</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H15" s="2">
-        <v>6477</v>
+        <v>6519</v>
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="150">
       <c r="A16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -17100,51 +17100,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">326 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H16" s="2">
-        <v>5365</v>
+        <v>5400</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="150">
       <c r="A17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -17379,51 +17379,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Присоединительная резьба (воздух): 1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H17" s="2">
-        <v>8424</v>
+        <v>8478</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="150">
       <c r="A18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>65</v>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -17713,51 +17713,51 @@
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Уровень шума: 88 Дб
 Присоединительная резьба (воздух): 1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H18" s="2">
-        <v>6439</v>
+        <v>6480</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="150">
       <c r="A19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>68</v>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -17938,51 +17938,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">220 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H19" s="2">
-        <v>9656</v>
+        <v>9718</v>
       </c>
     </row>
     <row r="20" spans="1:8" customHeight="1" ht="150">
       <c r="A20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>71</v>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -18292,51 +18292,51 @@
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное
 Эксцентрик: 2,5 мм
 Корпус: Композитный
 Тип пылеудаления: Самоотбор</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H20" s="2">
-        <v>15204</v>
+        <v>18000</v>
       </c>
     </row>
     <row r="21" spans="1:8" customHeight="1" ht="150">
       <c r="A21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>74</v>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -18535,51 +18535,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2.1 - 3.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H21" s="2">
-        <v>13290</v>
+        <v>13376</v>
       </c>
     </row>
     <row r="22" spans="1:8" customHeight="1" ht="150">
       <c r="A22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>78</v>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -18871,51 +18871,51 @@
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное
 Эксцентрик: 3 мм
 Корпус: Композитный
 Тип пылеудаления: Без отбора пыли</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H22" s="2">
-        <v>6803</v>
+        <v>6847</v>
       </c>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="150">
       <c r="A23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -19260,51 +19260,51 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное
 Присоединительная резьба (воздух): 3/8"
 Размер посадочного отверстия: 5/8"x11 unc</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H23" s="2">
-        <v>21259</v>
+        <v>21396</v>
       </c>
     </row>
     <row r="24" spans="1:8" customHeight="1" ht="150">
       <c r="A24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>85</v>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -19596,51 +19596,51 @@
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Профессиональное
 Эксцентрик: 3 мм
 Корпус: Композитный
 Тип пылеудаления: Без отбора пыли</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H24" s="2">
-        <v>7535</v>
+        <v>7584</v>
       </c>
     </row>
     <row r="25" spans="1:8" customHeight="1" ht="150">
       <c r="A25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>88</v>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -19932,51 +19932,51 @@
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Профессиональное
 Эксцентрик: 5 мм
 Корпус: Композитный
 Тип пылеудаления: Без отбора пыли</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H25" s="2">
-        <v>9142</v>
+        <v>9201</v>
       </c>
     </row>
     <row r="26" spans="1:8" customHeight="1" ht="150">
       <c r="A26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>91</v>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -20268,51 +20268,51 @@
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное
 Эксцентрик: 3 мм
 Корпус: Композитный
 Тип пылеудаления: Самоотбор</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H26" s="2">
-        <v>15754</v>
+        <v>15856</v>
       </c>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="150">
       <c r="A27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>94</v>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -20583,51 +20583,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H27" s="2">
-        <v>19142</v>
+        <v>19266</v>
       </c>
     </row>
     <row r="28" spans="1:8" customHeight="1" ht="150">
       <c r="A28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>97</v>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -20937,51 +20937,51 @@
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное
 Эксцентрик: 3 мм
 Корпус: Композитный
 Тип пылеудаления: Без отбора пыли</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H28" s="2">
-        <v>14115</v>
+        <v>14207</v>
       </c>
     </row>
     <row r="29" spans="1:8" customHeight="1" ht="150">
       <c r="A29" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>101</v>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -21090,51 +21090,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ексцентрик, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H29" s="2">
-        <v>18472</v>
+        <v>18592</v>
       </c>
     </row>
     <row r="30" spans="1:8" customHeight="1" ht="150">
       <c r="A30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>104</v>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -21297,51 +21297,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Корпус: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Металевий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H30" s="2">
-        <v>6968</v>
+        <v>7013</v>
       </c>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="150">
       <c r="A31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>107</v>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -21504,51 +21504,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H31" s="2">
-        <v>8531</v>
+        <v>8586</v>
       </c>
     </row>
     <row r="32" spans="1:8" customHeight="1" ht="150">
       <c r="A32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>110</v>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -21875,51 +21875,51 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное
 Эксцентрик: 5 мм
 Тип пылеудаления: Самоотбор</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H32" s="2">
-        <v>8350</v>
+        <v>8403</v>
       </c>
     </row>
     <row r="33" spans="1:8" customHeight="1" ht="150">
       <c r="A33" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>113</v>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -22082,51 +22082,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">155 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H33" s="2">
-        <v>4392</v>
+        <v>4420</v>
       </c>
     </row>
     <row r="34" spans="1:8" customHeight="1" ht="150">
       <c r="A34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>116</v>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -22471,51 +22471,51 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное
 Уровень шума: 95 Дб
 Присоединительная резьба (воздух): 3/8"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H34" s="2">
-        <v>28039</v>
+        <v>28221</v>
       </c>
     </row>
     <row r="35" spans="1:8" customHeight="1" ht="150">
       <c r="A35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>119</v>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -22750,51 +22750,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">380 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H35" s="2">
-        <v>13378</v>
+        <v>13465</v>
       </c>
     </row>
     <row r="36" spans="1:8" customHeight="1" ht="150">
       <c r="A36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>122</v>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -23029,51 +23029,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">485 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H36" s="2">
-        <v>15636</v>
+        <v>15737</v>
       </c>
     </row>
     <row r="37" spans="1:8" customHeight="1" ht="150">
       <c r="A37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>125</v>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -23200,51 +23200,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H37" s="2">
-        <v>17281</v>
+        <v>17392</v>
       </c>
     </row>
     <row r="38" spans="1:8" customHeight="1" ht="150">
       <c r="A38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>128</v>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -23554,51 +23554,51 @@
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное
 Эксцентрик: 5 мм
 Корпус: Композитный
 Тип пылеудаления: Без отбора пыли</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H38" s="2">
-        <v>12629</v>
+        <v>12711</v>
       </c>
     </row>
     <row r="39" spans="1:8" customHeight="1" ht="150">
       <c r="A39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>131</v>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -23925,51 +23925,51 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное
 Эксцентрик: 5 мм
 Тип пылеудаления: Самоотбор</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H39" s="2">
-        <v>7860</v>
+        <v>7910</v>
       </c>
     </row>
     <row r="40" spans="1:8" customHeight="1" ht="150">
       <c r="A40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>134</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>135</v>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -24222,51 +24222,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H40" s="2">
-        <v>10727</v>
+        <v>10797</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>