--- v1 (2026-01-07)
+++ v2 (2026-03-05)
@@ -15,74 +15,74 @@
   <Default Extension="webp" ContentType="image/webp"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 07.01.2026р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 05.03.2026р.</t>
   </si>
   <si>
     <t>VGL</t>
   </si>
   <si>
     <t>Пневмошліфмашинки</t>
   </si>
   <si>
     <t>Поліпропіленовий</t>
   </si>
   <si>
     <t>SA4621P</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полірувальна машина пневматична VGL SA4621P</t>
@@ -335,142 +335,124 @@
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Уровень шума: 86/90 Дб (давление/мощность)
 Присоединительная резьба (воздух): 1/4"</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>Pneumomaster</t>
   </si>
   <si>
     <t>Орбітальні</t>
   </si>
   <si>
-    <t>GY-942B</t>
+    <t>GY-942A</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Шліфмашина пневматична орбітальна без відбору пилу Pneumomaster GY-942B</t>
+      <t xml:space="preserve">Шліфмашина пневматична ексцентрикова орбітальна без відбору пилу Pneumomaster GY-942A</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Особливості: пневматична шліфувальна машина GY-942B з діаметром підошви 50 мм призначена для обробки плоских поверхонь із високими вимогами до чистоти шліфування в меблевому виробництві, ремонті, оздоблювальних роботах і дрібносерійному виробництві.</t>
+      <t xml:space="preserve">Особливості: ексцентрикова пневматична шліфмашина GY-942A з діаметром підошви 50 мм призначена для полірування, шліфування, зняття шару матеріалу на малих деталях у столярній, меблевій, ювелірній промисловості та під час ремонту автомобілів. </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Сфера промисловості: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Деревообробка, Металообробка, Обробка поверхні</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип задачі: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Обробка дерев'яних поверхонь, Обробка країв та кутів, Обробка металевих поверхонь, Очищення поверхонь, Полірування та шліфування поверхонь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
-      <t xml:space="preserve">Витрата повітря: </t>
-[...16 lines deleted...]
-    <r>
       <t xml:space="preserve">Швидкість обертання: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16 000 об/хв</t>
+      <t xml:space="preserve">15 000 об/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Швидкість обертання, об/хв: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10 000 і більше</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Робочий тиск: </t>
     </r>
@@ -499,50 +481,86 @@
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">50 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр круга, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ексцентрик: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ексцентрик, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 4</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Корпус: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Металевий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
@@ -560,50 +578,720 @@
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">до 1.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>AirPro</t>
+  </si>
+  <si>
+    <t>OSG-60HOS-1</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова з самовідводом пилу Air Pro OSG-60HOS-1</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: промислова шліфувальна машина з самовідводом пилу, підошва-диск на липучці діаметром 150 мм, укомплектована шлангом та мішком, має регулювання обертів, використовується на столярних виробництвах усіх рівнів. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">230 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">12 000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Призначення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">150 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">150</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ексцентрик: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ексцентрик, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 2.5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Корпус: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Композитний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип пиловидалення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Самовідбір</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">179 Вт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,82 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Эксцентриковые, Пневматические</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Применение: Промышленное
+Эксцентрик: 2,5 мм
+Корпус: Композитный
+Тип пылеудаления: Самоотбор</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>OSC-60H</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова з центральним відбором пилу Air Pro OSC-60H</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: промислова шліфувальна машина з центральним відбором пилу і діаметром підошви 150 мм, працює беспосередньо з промисловим пилососом, має регулювання обертів, використовується на столярних виробництвах усіх рівнів. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">230 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Призначення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">150 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">150</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ексцентрик: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ексцентрик, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Корпус: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Композитний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип пиловидалення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Центральний відбір</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">179 Вт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,8 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Эксцентриковые, Пневматические</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Применение: Промышленное
+Эксцентрик: 5 мм
+Корпус: Композитный
+Тип пылеудаления: Центральный отбор</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
   </si>
   <si>
     <t>SA45008N-H6</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Шліфмашина орбітальна пневматична професійна без відбору пилу Air Pro SA45008N-H6</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: професійна шліфувальна машина SA45008N-H6 без відбору пилу і діаметром підошви 150 мм, має регулювання обертів, підходить для робіт на столярних виробництвах усіх рівнів. </t>
     </r>
   </si>
@@ -2053,51 +2741,51 @@
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Уровень шума: 80 Дб
 Присоединительная резьба (воздух): 1/4"
 Корпус: Композитный</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>GY-125S</t>
+    <t>GY-125SA</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Шліфмашина пневматична ексцентрикова орбітальна без відбору пилу Pneumomaster GY-125S</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: пневматична шліфмашина GY-125S з діаметром підошви 125 мм активно використовується для професійного шліфування та полірування кузовних елементів автомобілів, підготовки поверхонь перед фарбуванням, обробки металевих, дерев’яних і пластикових деталей.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Сфера промисловості: </t>
@@ -2313,124 +3001,142 @@
       <t xml:space="preserve">0,8 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">до 1.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>GY-942A</t>
+    <t>GY-942B</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Шліфмашина пневматична ексцентрикова орбітальна без відбору пилу Pneumomaster GY-942A</t>
+      <t xml:space="preserve">Шліфмашина пневматична орбітальна без відбору пилу Pneumomaster GY-942B</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Особливості: ексцентрикова пневматична шліфмашина GY-942A з діаметром підошви 50 мм призначена для полірування, шліфування, зняття шару матеріалу на малих деталях у столярній, меблевій, ювелірній промисловості та під час ремонту автомобілів. </t>
+      <t xml:space="preserve">Особливості: пневматична шліфувальна машина GY-942B з діаметром підошви 50 мм призначена для обробки плоских поверхонь із високими вимогами до чистоти шліфування в меблевому виробництві, ремонті, оздоблювальних роботах і дрібносерійному виробництві.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Сфера промисловості: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Деревообробка, Металообробка, Обробка поверхні</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип задачі: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Обробка дерев'яних поверхонь, Обробка країв та кутів, Обробка металевих поверхонь, Очищення поверхонь, Полірування та шліфування поверхонь</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">400 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
       <t xml:space="preserve">Швидкість обертання: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15 000 об/хв</t>
+      <t xml:space="preserve">16 000 об/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Швидкість обертання, об/хв: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10 000 і більше</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Робочий тиск: </t>
     </r>
@@ -2464,135 +3170,434 @@
       </rPr>
       <t xml:space="preserve">50 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр круга, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">50</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
+      <t xml:space="preserve">Корпус: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Металевий</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,7 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>OSG-50H</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова з самовідводом пилу Air Pro OSG-50H</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: промислова шліфувальна машина з самовідводом пилу і діаметром підошви 125 мм, укомплектована шлангом та мішком, має регулювання обертів, максимально потужна, використовується на столярних виробництвах усіх рівнів. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">230 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Призначення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">125 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">125</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
       <t xml:space="preserve">Ексцентрик: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3 мм</t>
+      <t xml:space="preserve">5 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ексцентрик, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">до 4</t>
+      <t xml:space="preserve">до 5</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Корпус: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Металевий</t>
+      <t xml:space="preserve">Композитний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип пиловидалення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Самовідбір</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">179 Вт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,7 кг</t>
+      <t xml:space="preserve">0,75 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Эксцентриковые, Пневматические</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Применение: Промышленное
+Эксцентрик: 5 мм
+Корпус: Композитный
+Тип пылеудаления: Самоотбор</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>Прямолінійні</t>
   </si>
   <si>
     <t>SA5403************</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Шліфмашина пряма зачисна пневматична Air Pro SA5403</t>
     </r>
     <r>
@@ -2854,385 +3859,50 @@
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">262 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>OSG-60H</t>
-[...333 lines deleted...]
-  <si>
     <t>SA5530R</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Шліфмашина пряма зачисна пневматична Air Pro SA5530R</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: промислова пряма зачисна шліфмашина SA5530R без відбору пилу і з діаметром підошви 152 мм, використовується на виробництвах з металообробки всіх рівнів, призначена для зачистки великих деталей та металевих конструкцій.</t>
     </r>
   </si>
   <si>
     <r>
@@ -5087,106 +5757,106 @@
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">220 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>OSG-60HOS-1</t>
+    <t>OSG-60H</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова з самовідводом пилу Air Pro OSG-60HOS-1</t>
+      <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова з самовідводом пилу Air Pro OSG-60H</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Особливості: промислова шліфувальна машина з самовідводом пилу, підошва-диск на липучці діаметром 150 мм, укомплектована шлангом та мішком, має регулювання обертів, використовується на столярних виробництвах усіх рівнів. </t>
+      <t xml:space="preserve">Особливості: промислова шліфувальна машина з самовідводом пилу і діаметром підошви 150 мм, укомплектована шлангом та мішком, має регулювання обертів, використовується на столярних виробництвах усіх рівнів. </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Витрата повітря: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">230 л/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Швидкість обертання: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12 000 об/хв</t>
+      <t xml:space="preserve">10 000 об/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Швидкість обертання, об/хв: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10 000 і більше</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Робочий тиск: </t>
     </r>
@@ -5268,50 +5938,385 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">150</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ексцентрик: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
+      <t xml:space="preserve">5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ексцентрик, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Корпус: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Композитний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип пиловидалення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Самовідбір</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">179 Вт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,82 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Эксцентриковые, Пневматические</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Применение: Промышленное
+Эксцентрик: 5 мм
+Корпус: Композитный
+Тип пылеудаления: Самоотбор</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>OSG-30H</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова з самовідводом пилу Air Pro OSG-30H</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: промислова шліфувальна машина з самовідводом пилу і діаметром підошви 75 мм, укомплектована шлангом та мішком, має регулювання обертів, максимально потужна, використовується на столярних виробництвах усіх рівнів. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">230 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Призначення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">75 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">75</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ексцентрик: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
       <t xml:space="preserve">2,5 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ексцентрик, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">до 2.5</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Корпус: </t>
@@ -5358,51 +6363,51 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">179 Вт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,82 кг</t>
+      <t xml:space="preserve">0,66 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">до 1.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип: </t>
     </r>
@@ -5416,274 +6421,50 @@
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Эксцентриковые, Пневматические</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Применение: Промышленное
 Эксцентрик: 2,5 мм
 Корпус: Композитный
 Тип пылеудаления: Самоотбор</t>
-    </r>
-[...222 lines deleted...]
-      <t xml:space="preserve">2.1 - 3.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>Вібраційні</t>
   </si>
   <si>
     <t>SA4053</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Шліфмашина вібраційна пневматична Air Pro SA4053</t>
     </r>
     <r>
@@ -7921,50 +8702,346 @@
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Применение: Промышленное
 Эксцентрик: 3 мм
 Корпус: Композитный
 Тип пылеудаления: Без отбора пыли</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
+    <t>SMN-70C</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шліфмашина вібраційна пневматична Air Pro SMN-70C</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: промислова шліфувальна машина без відбору пилу, має регулювання обертів, з пружинними затискачами на підошві. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">200 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Призначення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір підошви: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">93х178 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір підошви, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">93x178</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ексцентрик: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ексцентрик, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 3</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Корпус: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Композитний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип пиловидалення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Без відбору пилу</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">179 Вт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,94 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
     <t>Jonnesway</t>
   </si>
   <si>
     <t>JA-6655*****************</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Шліфмашина вібраційна пневматична з подачею води Jonnesway JA-6655</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: вібраційна шліфувальна машина призначена для шліфування, зачистки, фінішної обробки різних поверхонь з можливістю підключити шланг для подачі води, обладнана регулятором повітря, насадка кріпиться на липучки. </t>
     </r>
@@ -8246,50 +9323,644 @@
       <t xml:space="preserve">до 1.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Корпус: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Металевий</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
+    <t>SA5546</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шліфмашина кутова пневматична (болгарка) Air Pro SA5546</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: швидка промислова шліфмашина, призначена для робіт в різних галузях промисловості та використовується для обробки, різки, зачистки та шліфування. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Металообробка, Обробка поверхні</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Обробка металевих поверхонь, Різання, Шліфування</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">650 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">12 000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Призначення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">125 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">125</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,67 кВт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність, кВт: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Рівень шуму: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">86/94 Дб (тиск/потужність)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0 - 2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">272 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Угловые (болгарки), Пневматические</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Применение: Промышленное
+Уровень шума: 86/94 Дб (давление/мощность)
+Присоединительная резьба (воздух): 1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA4123</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова з подачею води Air Pro SA4123</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: шліфувальна машина з подачею води і діаметром підошви 140 мм, яка призначена для шліфування плоских поверхонь великої площі, застосовується для обробки природного та штучного каменю. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">4200 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 10 000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Призначення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">140 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">140</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Рівень шуму: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">88 Дб</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">8 мм (вода)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,6 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.1 - 3.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
     <t>SA5548</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Шліфмашина кутова пневматична (болгарка) Air Pro SA5548</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: промислова шліфмашина SA5548, використовується в різних галузях промисловості для зачистки зварювального шва, очищення від іржі та багато іншого. </t>
     </r>
   </si>
   <si>
     <r>
@@ -8428,50 +10099,1967 @@
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Угловые (болгарки), Пневматические</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Применение: Промышленное</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>GY-2C-1</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шліфмашина кутова пневматична (болгарка) Pneumomaster GY-2C-1</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: пневматична болгарка GY-2C-1 з диском 50 мм застосовується для обробки металу, шліфування, зняття зварних швів і фасок у суднобудуванні, автопромисловості, ливарному виробництві та загальній металообробці.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">590 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">15 000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 10 000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,0 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">50 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,64 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">155 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA5619</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шліфмашина кутова пневматична (болгарка) з захисним кожухом на 360° Air Pro SA5619</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: промислова болгарка SA5619 з захисним кожухом на 360°, призначена для робіт в різних галузях промисловості та використовується для обробки, різки, зачистки та шліфування. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Металообробка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Різання, Видалення задирок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">141,5 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">11 500 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,2 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Призначення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">125 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">125</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,75 HP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність, кВт: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0 - 2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Рівень шуму: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">95 Дб</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3/8"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,5 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0 - 2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">265 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Угловые (болгарки), Пневматические</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Применение: Промышленное
+Уровень шума: 95 Дб
+Присоединительная резьба (воздух): 3/8"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA8542</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шліфмашина кутова пневматична (болгарка) з подачею води Air Pro SA8542</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: SA8542 промислова болгарка з подачею води для різання вологим повітрям без кожуха, діаметр круга 125 мм. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">460 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">12 000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Призначення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">125 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">125</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,61 HP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,02 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0 - 2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">380 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA8543</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шліфмашина кутова пневматична (болгарка) з подачею води Air Pro SA8543</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: SA8543 промислова болгарка з подачею води для різання вологим повітрям без кожуха, діаметр круга 178 мм. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">740 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">7000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 10 000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Призначення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">178 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">178</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,93 HP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3,18 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3.1 - 5.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">485 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA8544</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шліфмашина кутова пневматична (болгарка) з подачею води Air Pro SA8544</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: SA8544промислова болгарка з подачею води для різання вологим повітрям без кожуха, глибина різання 30 мм. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">7000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 10 000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Призначення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,63 HP</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>OSN-60H</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова без відбору пилу Air Pro OSN-60H</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: промислова шліфувальна машина без відбору пилу і діаметром підошви 150 мм, має регулювання обертів, максимально потужна, підходить для робіт на столярних виробництвах усіх рівнів. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">230 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Призначення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">150 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">150</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ексцентрик: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ексцентрик, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Корпус: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Композитний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип пиловидалення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Без відбору пилу</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">179 Вт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,73 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Эксцентриковые, Пневматические</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Применение: Промышленное
+Эксцентрик: 5 мм
+Корпус: Композитный
+Тип пылеудаления: Без отбора пыли</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA45002S-H5</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова з пилозбірником Air Pro SA45002S-H5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: SA45002S-H5 промислова шліфувальна машина з самовідводом пилу і діаметром підошви 125 мм, укомплектована шлангом та мішком, використовується на столярних виробництвах усіх рівнів. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">99 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Призначення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">125 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">125</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ексцентрик: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ексцентрик, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип пиловидалення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Самовідбір</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,85 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">220 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Эксцентриковые, Пневматические</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Применение: Промышленное
+Эксцентрик: 5 мм
+Тип пылеудаления: Самоотбор</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>SA45008S-H6</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова з пилозбірником Air Pro SA45008S-H6</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
@@ -8616,1967 +12204,50 @@
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">150 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Діаметр круга, мм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">150</t>
-    </r>
-[...1915 lines deleted...]
-      <t xml:space="preserve">125</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ексцентрик: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">5 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Ексцентрик, мм: </t>
     </r>
@@ -11064,51 +12735,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4621_01-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_kunshan_gy-942b_new_01-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4086n-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa45008nf-h6_01-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_air_pro_sa4663k_01-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4198s-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4522_01-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_kunshan_gy-125s_01-150x1508.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_kunshan_gy-942a_new_01-1-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5403-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_osc50h-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5530r_01-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4212-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4213_01-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4534pup_0115.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa45394pup_0116.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4545_01-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4641-150x15018.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_osn-60h-1-150x15019.webp"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4123_0120.webp"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4053_0121.webp"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5517_01-150x15022.webp"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4085-150x15023.webp"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4086t_0124.webp"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_smg-34h-150x15025.webp"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_smg-70h-150x15026.webp"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_smg-34h-150x15027.webp"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_jonnesway_ja-6655_01-150x15028.webp"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_air_pro_sa5505c_01-150x15029.webp"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5548-1-150x15030.webp"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa45008s-h6_0131.webp"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_kunshan_gy-2c-1_01-150x15032.webp"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5619_01-150x15033.webp"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa8542_01_-150x15034.webp"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa8543_0135.webp"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa8544_0136.webp"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_osn-60h-150x15037.webp"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa45002s-h5_0138.webp"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pnevmaticheskaya-shlifmashina-airpro-sa5586_0-150x15039.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4621_01-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_kunshan_gy-942a_new_01-1-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_osn-60h-1-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_osn-60h-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4086n-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa45008nf-h6_01-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_air_pro_sa4663k_01-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4198s-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4522_01-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_kunshan_gy-125s_01-150x15010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_kunshan_gy-942b_new_01-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_osc50h-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5403-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5530r_01-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4212-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4213_01-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4534pup_0117.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa45394pup_0118.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4545_01-150x15019.webp"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4641-150x15020.webp"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_osc50h-150x15021.webp"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_osg30h-150x15022.webp"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4053_0123.webp"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5517_01-150x15024.webp"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4085-150x15025.webp"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4086t_0126.webp"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_smg-34h-150x15027.webp"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_smg-70h-150x15028.webp"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_smg-34h-150x15029.webp"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_smh-70c-150x15030.webp"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_jonnesway_ja-6655_01-150x15031.webp"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_air_pro_sa5505c_01-150x15032.webp"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5546_0133.webp"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4123_0134.webp"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5548-1-150x15035.webp"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_kunshan_gy-2c-1_01-150x15036.webp"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa5619_01-150x15037.webp"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa8542_01_-150x15038.webp"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa8543_0139.webp"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa8544_0140.webp"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_osn-60h-150x15041.webp"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa45002s-h5_0142.webp"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa45008s-h6_0143.webp"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pnevmaticheskaya-shlifmashina-airpro-sa5586_0-150x15044.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -12239,50 +13910,200 @@
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="39" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -12536,54 +14357,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H40"/>
+  <dimension ref="A1:H45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H40" sqref="H40"/>
+      <selection activeCell="H45" sqref="H45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -12875,160 +14696,142 @@
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Уровень шума: 86/90 Дб (давление/мощность)
 Присоединительная резьба (воздух): 1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>10331</v>
+        <v>10668</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина пневматична орбітальна без відбору пилу Pneumomaster GY-942B</t>
+            <t xml:space="preserve">Шліфмашина пневматична ексцентрикова орбітальна без відбору пилу Pneumomaster GY-942A</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: пневматична шліфувальна машина GY-942B з діаметром підошви 50 мм призначена для обробки плоских поверхонь із високими вимогами до чистоти шліфування в меблевому виробництві, ремонті, оздоблювальних роботах і дрібносерійному виробництві.</t>
+            <t xml:space="preserve">Особливості: ексцентрикова пневматична шліфмашина GY-942A з діаметром підошви 50 мм призначена для полірування, шліфування, зняття шару матеріалу на малих деталях у столярній, меблевій, ювелірній промисловості та під час ремонту автомобілів. </t>
           </r>
         </is>
       </c>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Деревообробка, Металообробка, Обробка поверхні</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Обробка дерев'яних поверхонь, Обробка країв та кутів, Обробка металевих поверхонь, Очищення поверхонь, Полірування та шліфування поверхонь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Витрата повітря: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16 000 об/хв</t>
+            <t xml:space="preserve">15 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 000 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
@@ -13062,50 +14865,86 @@
             </rPr>
             <t xml:space="preserve">50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр круга, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">50</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Ексцентрик: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ексцентрик, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 4</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Корпус: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Металевий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
@@ -13118,91 +14957,799 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>3284</v>
+        <v>3912</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина орбітальна пневматична професійна без відбору пилу Air Pro SA45008N-H6</t>
+            <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова з самовідводом пилу Air Pro OSG-60HOS-1</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: професійна шліфувальна машина SA45008N-H6 без відбору пилу і діаметром підошви 150 мм, має регулювання обертів, підходить для робіт на столярних виробництвах усіх рівнів. </t>
+            <t xml:space="preserve">Особливості: промислова шліфувальна машина з самовідводом пилу, підошва-диск на липучці діаметром 150 мм, укомплектована шлангом та мішком, має регулювання обертів, використовується на столярних виробництвах усіх рівнів. </t>
           </r>
         </is>
       </c>
       <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">230 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12 000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 000 і більше</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Застосування: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Призначення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">150 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">150</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ексцентрик: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2,5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ексцентрик, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 2.5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Композитний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип пиловидалення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Самовідбір</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">179 Вт</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,82 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Эксцентриковые, Пневматические</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Применение: Промышленное
+Эксцентрик: 2,5 мм
+Корпус: Композитный
+Тип пылеудаления: Самоотбор</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H4" s="2">
+        <v>18000</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" customHeight="1" ht="150">
+      <c r="A5" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E5" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова з центральним відбором пилу Air Pro OSC-60H</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Особливості: промислова шліфувальна машина з центральним відбором пилу і діаметром підошви 150 мм, працює беспосередньо з промисловим пилососом, має регулювання обертів, використовується на столярних виробництвах усіх рівнів. </t>
+          </r>
+        </is>
+      </c>
+      <c r="F5" s="2"/>
+      <c r="G5" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">230 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 000 і більше</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Застосування: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Призначення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">150 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">150</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ексцентрик: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ексцентрик, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Композитний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип пиловидалення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Центральний відбір</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">179 Вт</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,8 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Эксцентриковые, Пневматические</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Применение: Промышленное
+Эксцентрик: 5 мм
+Корпус: Композитный
+Тип пылеудаления: Центральный отбор</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H5" s="2">
+        <v>14846</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" customHeight="1" ht="150">
+      <c r="A6" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E6" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Шліфмашина орбітальна пневматична професійна без відбору пилу Air Pro SA45008N-H6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Особливості: професійна шліфувальна машина SA45008N-H6 без відбору пилу і діаметром підошви 150 мм, має регулювання обертів, підходить для робіт на столярних виробництвах усіх рівнів. </t>
+          </r>
+        </is>
+      </c>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">99 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
@@ -13489,632 +16036,632 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Профессиональное
 Эксцентрик: 5 мм
 Корпус: Композитный
 Тип пылеудаления: Без отбора пыли</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H4" s="2">
-[...538 lines deleted...]
-      </c>
       <c r="H6" s="2">
-        <v>6311</v>
+        <v>7772</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина орбітальна пневматична професійна з самовідводом пилу Air Pro SA4198S</t>
+            <t xml:space="preserve">Шліфмашина орбітальна пневматична професійна без відбору пилу Air Pro SA45008NF-H6</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: професійна шліфувальна машина з самовідводом пилу і діаметром підошви 178 мм, укомплектована шлангом та мішком, має регулювання обертів, використовується на столярних виробництвах усіх рівнів. </t>
+            <t xml:space="preserve">Особливості: професійна шліфувальна машина SA45008NF-H6 без відбору пилу з діаметром підошви 150 мм, підходить для робіт на столярних виробництвах усіх рівнів. </t>
           </r>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">11 000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 000 і більше</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,2 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Застосування: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Професійні</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Призначення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Професійні</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">150 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">150</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ексцентрик: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2,5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ексцентрик, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Композитний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип пиловидалення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Без відбору пилу</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H7" s="2">
+        <v>8110</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" customHeight="1" ht="150">
+      <c r="A8" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Шліфмашина орбітальна пневматична професійна без відбору пилу Air Pro SA4663K, набір</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Особливості: професійна шліфувальна машина SA4663K в наборі з різними насадками з діаметром підошви 75 мм, підошва кріпиться на липучці, що забезпечує її швидку заміну. </t>
+          </r>
+        </is>
+      </c>
+      <c r="F8" s="2"/>
+      <c r="G8" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Деревообробка, Металообробка, Обробка поверхні</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Обробка дерев'яних поверхонь, Обробка країв та кутів, Обробка металевих поверхонь, Очищення поверхонь, Полірування та шліфування поверхонь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2500 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 10 000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,2 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Застосування: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Професійні</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Призначення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Професійні</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">75 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">75</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металевий</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип пиловидалення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Без відбору пилу</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,8 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H8" s="2">
+        <v>6311</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" customHeight="1" ht="150">
+      <c r="A9" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="E9" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Шліфмашина орбітальна пневматична професійна з самовідводом пилу Air Pro SA4198S</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Особливості: професійна шліфувальна машина з самовідводом пилу і діаметром підошви 178 мм, укомплектована шлангом та мішком, має регулювання обертів, використовується на столярних виробництвах усіх рівнів. </t>
+          </r>
+        </is>
+      </c>
+      <c r="F9" s="2"/>
+      <c r="G9" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">200 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
@@ -14383,92 +16930,92 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Профессиональное
 Эксцентрик: 5 мм
 Корпус: Композитный
 Тип пылеудаления: Самоотбор</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H7" s="2">
-        <v>7517</v>
+      <c r="H9" s="2">
+        <v>7762</v>
       </c>
     </row>
-    <row r="8" spans="1:8" customHeight="1" ht="150">
-      <c r="A8" s="2" t="s">
+    <row r="10" spans="1:8" customHeight="1" ht="150">
+      <c r="A10" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="B8" s="2" t="s">
+      <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C8" s="2" t="s">
-[...5 lines deleted...]
-      <c r="E8" s="2" t="inlineStr">
+      <c r="C10" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шліфмашина пневматична для пелюсткових і барабанних насадок Air Pro SA4522</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості:шліфувальна машина для пелюсткових і барабанних насадок має невелику вагу та міцний корпус. </t>
           </r>
         </is>
       </c>
-      <c r="F8" s="2"/>
-      <c r="G8" s="2" t="inlineStr">
+      <c r="F10" s="2"/>
+      <c r="G10" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Деревообробка, Металообробка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
@@ -14700,961 +17247,628 @@
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Уровень шума: 80 Дб
 Присоединительная резьба (воздух): 1/4"
 Корпус: Композитный</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H8" s="2">
-[...538 lines deleted...]
-      </c>
       <c r="H10" s="2">
-        <v>3789</v>
+        <v>15277</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D11" s="2" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина пряма зачисна пневматична Air Pro SA5403</t>
+            <t xml:space="preserve">Шліфмашина пневматична ексцентрикова орбітальна без відбору пилу Pneumomaster GY-125S</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: промислова пряма зачисна шліфмашина без відбору пилу і з діаметром підошви 63,5 мм. </t>
+            <t xml:space="preserve">Особливості: пневматична шліфмашина GY-125S з діаметром підошви 125 мм активно використовується для професійного шліфування та полірування кузовних елементів автомобілів, підготовки поверхонь перед фарбуванням, обробки металевих, дерев’яних і пластикових деталей.</t>
           </r>
         </is>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Металообробка, Обробка поверхні</t>
+            <t xml:space="preserve">Деревообробка, Металообробка, Обробка поверхні</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Видалення задирок, Обробка металевих поверхонь, Полірування та шліфування поверхонь</t>
+            <t xml:space="preserve">Обробка дерев'яних поверхонь, Обробка країв та кутів, Обробка металевих поверхонь, Очищення поверхонь, Полірування та шліфування поверхонь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">170 л/хв</t>
+            <t xml:space="preserve">450 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15 000 об/хв</t>
+            <t xml:space="preserve">16 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 000 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Ексцентрик: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ексцентрик, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,3 бар</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">Промислові</t>
+            <t xml:space="preserve">6,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр круга: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">63,5 мм</t>
+            <t xml:space="preserve">125 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр круга, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">63,5</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">Без відбору пилу</t>
+            <t xml:space="preserve">125</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металевий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,23 кг</t>
+            <t xml:space="preserve">0,8 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0 - 2.0</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">262 мм</t>
+            <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>8100</v>
+        <v>5430</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова з самовідводом пилу Air Pro OSG-60H</t>
+            <t xml:space="preserve">Шліфмашина пневматична орбітальна без відбору пилу Pneumomaster GY-942B</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: промислова шліфувальна машина з самовідводом пилу і діаметром підошви 150 мм, укомплектована шлангом та мішком, має регулювання обертів, використовується на столярних виробництвах усіх рівнів. </t>
+            <t xml:space="preserve">Особливості: пневматична шліфувальна машина GY-942B з діаметром підошви 50 мм призначена для обробки плоских поверхонь із високими вимогами до чистоти шліфування в меблевому виробництві, ремонті, оздоблювальних роботах і дрібносерійному виробництві.</t>
           </r>
         </is>
       </c>
       <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Деревообробка, Металообробка, Обробка поверхні</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Обробка дерев'яних поверхонь, Обробка країв та кутів, Обробка металевих поверхонь, Очищення поверхонь, Полірування та шліфування поверхонь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">400 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">16 000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 000 і більше</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,0 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">50 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металевий</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,7 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H12" s="2">
+        <v>3391</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" customHeight="1" ht="150">
+      <c r="A13" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E13" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова з самовідводом пилу Air Pro OSG-50H</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Особливості: промислова шліфувальна машина з самовідводом пилу і діаметром підошви 125 мм, укомплектована шлангом та мішком, має регулювання обертів, максимально потужна, використовується на столярних виробництвах усіх рівнів. </t>
+          </r>
+        </is>
+      </c>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">230 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
@@ -15719,69 +17933,69 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Промислові</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр круга: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">150 мм</t>
+            <t xml:space="preserve">125 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр круга, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">150</t>
+            <t xml:space="preserve">125</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ексцентрик: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ексцентрик, мм: </t>
           </r>
@@ -15845,51 +18059,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">179 Вт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,82 кг</t>
+            <t xml:space="preserve">0,75 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип: </t>
           </r>
@@ -15909,755 +18123,476 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное
 Эксцентрик: 5 мм
 Корпус: Композитный
 Тип пылеудаления: Самоотбор</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H12" s="2">
-[...331 lines deleted...]
-      </c>
       <c r="H13" s="2">
-        <v>26190</v>
+        <v>15621</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>52</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина прямолінійна пневматична Air Pro SA4212</t>
+            <t xml:space="preserve">Шліфмашина пряма зачисна пневматична Air Pro SA5403</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: промислова шліфувальна машина без відбору пилу, має регулювання обертів, подвійне поршневе вирівнювання, призначена для шліфування чвертей, профілів і великих деталей.</t>
+            <t xml:space="preserve">Особливості: промислова пряма зачисна шліфмашина без відбору пилу і з діаметром підошви 63,5 мм. </t>
           </r>
         </is>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металообробка, Обробка поверхні</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Видалення задирок, Обробка металевих поверхонь, Полірування та шліфування поверхонь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">190 л/хв</t>
+            <t xml:space="preserve">170 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20 000 цикл/хв</t>
+            <t xml:space="preserve">15 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 000 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,2 бар</t>
+            <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Застосування: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Промислові</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Призначення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Промислові</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Розмір підошви: </t>
-[...83 lines deleted...]
-            <t xml:space="preserve">Композитний</t>
+            <t xml:space="preserve">Діаметр круга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">63,5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">63,5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип пиловидалення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Без відбору пилу</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,7 кг</t>
+            <t xml:space="preserve">1,23 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 1.0</t>
+            <t xml:space="preserve">1.0 - 2.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">262 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H14" s="2">
-        <v>6395</v>
+        <v>8364</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="150">
       <c r="A15" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>55</v>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина прямолінійна пневматична Air Pro SA4213</t>
+            <t xml:space="preserve">Шліфмашина пряма зачисна пневматична Air Pro SA5530R</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: промислова шліфувальна машина без відбору пилу, має регулювання обертів, призначена для шліфування великих площин та чвертей. </t>
+            <t xml:space="preserve">Особливості: промислова пряма зачисна шліфмашина SA5530R без відбору пилу і з діаметром підошви 152 мм, використовується на виробництвах з металообробки всіх рівнів, призначена для зачистки великих деталей та металевих конструкцій.</t>
           </r>
         </is>
       </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металообробка, Обробка поверхні</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Обробка металевих поверхонь, Очищення поверхонь, Полірування та шліфування поверхонь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260 л/хв</t>
+            <t xml:space="preserve">380 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2000 об/хв</t>
+            <t xml:space="preserve">5700 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 10 000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
@@ -16691,848 +18626,866 @@
             </rPr>
             <t xml:space="preserve">Промислові</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Призначення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Промислові</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Розмір підошви: </t>
-[...47 lines deleted...]
-            <t xml:space="preserve">40 мм</t>
+            <t xml:space="preserve">Діаметр круга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">152 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">152</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/2"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">9,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип пиловидалення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Без відбору пилу</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,1 кг</t>
+            <t xml:space="preserve">5,16 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.1 - 5.0</t>
-[...37 lines deleted...]
-Тип пылеудаления: Без отбора пыли</t>
+            <t xml:space="preserve">5.1 і більше</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">500 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H15" s="2">
-        <v>6519</v>
+        <v>27043</v>
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="150">
       <c r="A16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D16" s="2" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина стрічкова пневматична Air Pro SA4534PUP</t>
+            <t xml:space="preserve">Шліфмашина прямолінійна пневматична Air Pro SA4212</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: стрічкова шліфувальна машина має ультратонку стрічку. </t>
+            <t xml:space="preserve">Особливості: промислова шліфувальна машина без відбору пилу, має регулювання обертів, подвійне поршневе вирівнювання, призначена для шліфування чвертей, профілів і великих деталей.</t>
           </r>
         </is>
       </c>
       <c r="F16" s="2"/>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">113,2 л/хв</t>
+            <t xml:space="preserve">190 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16 500 об/хв</t>
+            <t xml:space="preserve">20 000 цикл/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 000 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,3 бар</t>
-[...89 lines deleted...]
-            <t xml:space="preserve">1/4"</t>
+            <t xml:space="preserve">6,2 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Застосування: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Призначення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір підошви: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">57х110 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір підошви, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">57х110</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ексцентрик: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">4 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ексцентрик, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 4</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Композитний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип пиловидалення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Без відбору пилу</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,88 кг</t>
+            <t xml:space="preserve">0,7 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...16 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H16" s="2">
-        <v>5400</v>
+        <v>6395</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="150">
       <c r="A17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина стрічкова пневматична Air Pro SA4539PUP</t>
+            <t xml:space="preserve">Шліфмашина прямолінійна пневматична Air Pro SA4213</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Стрічкова шліфувальна машина пневматична Air Pro SA4539PUP</t>
+            <t xml:space="preserve">Особливості: промислова шліфувальна машина без відбору пилу, має регулювання обертів, призначена для шліфування великих площин та чвертей. </t>
           </r>
         </is>
       </c>
       <c r="F17" s="2"/>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">113,2 л/хв</t>
+            <t xml:space="preserve">260 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16 500 об/хв</t>
+            <t xml:space="preserve">2000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 000 і більше</t>
+            <t xml:space="preserve">до 10 000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,3 бар</t>
-[...71 lines deleted...]
-            <t xml:space="preserve">1/4"</t>
+            <t xml:space="preserve">6,2 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Застосування: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Призначення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір підошви: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">70х445 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір підошви, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">70x445</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ексцентрик: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">40 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип пиловидалення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Без відбору пилу</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,33 кг</t>
+            <t xml:space="preserve">3,1 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0 - 2.0</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">407 мм</t>
+            <t xml:space="preserve">3.1 - 5.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ленточные, Пневматические</t>
+            <t xml:space="preserve">Прямые, Эксцентриковые, Пневматические</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Присоединительная резьба (воздух): 1/4"</t>
+            <t xml:space="preserve">Применение: Промышленное
+Эксцентрик: 40 мм
+Тип пылеудаления: Без отбора пыли</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H17" s="2">
-        <v>8478</v>
+        <v>6731</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="150">
       <c r="A18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>65</v>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина стрічкова пневматична Air Pro SA4545</t>
+            <t xml:space="preserve">Шліфмашина стрічкова пневматична Air Pro SA4534PUP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: стрічкова шліфувальна машина придатна для шліфування труб і зовнішніх радіусів, має змінний кут нахилу  стріли. </t>
+            <t xml:space="preserve">Особливості: стрічкова шліфувальна машина має ультратонку стрічку. </t>
           </r>
         </is>
       </c>
       <c r="F18" s="2"/>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">113 л/хв</t>
+            <t xml:space="preserve">113,2 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16 000 об/хв</t>
+            <t xml:space="preserve">16 500 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 000 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
@@ -17542,520 +19495,1096 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір абразивної стрічки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20x520 мм</t>
+            <t xml:space="preserve">10x330 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір стрічки, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20x520</t>
+            <t xml:space="preserve">10x330</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Потужність: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">373 Вт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Рівень шуму: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">88 Дб</t>
+            <t xml:space="preserve">85 Дб</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4 кг</t>
+            <t xml:space="preserve">0,88 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0 - 2.0</t>
+            <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">370 мм</t>
-[...36 lines deleted...]
-Присоединительная резьба (воздух): 1/4"</t>
+            <t xml:space="preserve">326 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H18" s="2">
-        <v>6480</v>
+        <v>5576</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="150">
       <c r="A19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>68</v>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина стрічкова роликова пневматична Air Pro SA4641</t>
+            <t xml:space="preserve">Шліфмашина стрічкова пневматична Air Pro SA4539PUP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Стрічкова роликова шліфувальна машина пневматична Air Pro SA4641</t>
+            <t xml:space="preserve">Стрічкова шліфувальна машина пневматична Air Pro SA4539PUP</t>
           </r>
         </is>
       </c>
       <c r="F19" s="2"/>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">85 л/хв</t>
+            <t xml:space="preserve">113,2 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7000 об/хв</t>
+            <t xml:space="preserve">16 500 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 10 000</t>
+            <t xml:space="preserve">10 000 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір абразивної стрічки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">60x270 мм</t>
+            <t xml:space="preserve">20x520 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір стрічки, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">60x270</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">83 Дб</t>
+            <t xml:space="preserve">20x520</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">373 Вт</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,43 кг</t>
+            <t xml:space="preserve">1,33 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">220 мм</t>
+            <t xml:space="preserve">407 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Ленточные, Пневматические</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Присоединительная резьба (воздух): 1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H19" s="2">
-        <v>9718</v>
+        <v>8754</v>
       </c>
     </row>
     <row r="20" spans="1:8" customHeight="1" ht="150">
       <c r="A20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>71</v>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова з самовідводом пилу Air Pro OSG-60HOS-1</t>
+            <t xml:space="preserve">Шліфмашина стрічкова пневматична Air Pro SA4545</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: промислова шліфувальна машина з самовідводом пилу, підошва-диск на липучці діаметром 150 мм, укомплектована шлангом та мішком, має регулювання обертів, використовується на столярних виробництвах усіх рівнів. </t>
+            <t xml:space="preserve">Особливості: стрічкова шліфувальна машина придатна для шліфування труб і зовнішніх радіусів, має змінний кут нахилу  стріли. </t>
           </r>
         </is>
       </c>
       <c r="F20" s="2"/>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металообробка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Очищення поверхонь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">113 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">16 000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 000 і більше</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір абразивної стрічки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">20x520 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір стрічки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">20x520</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">373 Вт</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Рівень шуму: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">88 Дб</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,4 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.0 - 2.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">370 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Ленточные, Пневматические</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Уровень шума: 88 Дб
+Присоединительная резьба (воздух): 1/4"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H20" s="2">
+        <v>6691</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" customHeight="1" ht="150">
+      <c r="A21" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="E21" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Шліфмашина стрічкова роликова пневматична Air Pro SA4641</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Стрічкова роликова шліфувальна машина пневматична Air Pro SA4641</t>
+          </r>
+        </is>
+      </c>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">85 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">7000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 10 000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір абразивної стрічки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">60x270 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір стрічки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">60x270</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Рівень шуму: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">83 Дб</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,43 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.0 - 2.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">220 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H21" s="2">
+        <v>10035</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" customHeight="1" ht="150">
+      <c r="A22" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="E22" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова з самовідводом пилу Air Pro OSG-60H</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Особливості: промислова шліфувальна машина з самовідводом пилу і діаметром підошви 150 мм, укомплектована шлангом та мішком, має регулювання обертів, використовується на столярних виробництвах усіх рівнів. </t>
+          </r>
+        </is>
+      </c>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">230 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12 000 об/хв</t>
+            <t xml:space="preserve">10 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 000 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
@@ -18137,50 +20666,404 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">150</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ексцентрик: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ексцентрик, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Композитний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип пиловидалення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Самовідбір</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">179 Вт</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,82 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Эксцентриковые, Пневматические</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Применение: Промышленное
+Эксцентрик: 5 мм
+Корпус: Композитный
+Тип пылеудаления: Самоотбор</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H22" s="2">
+        <v>15621</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" customHeight="1" ht="150">
+      <c r="A23" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="E23" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова з самовідводом пилу Air Pro OSG-30H</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Особливості: промислова шліфувальна машина з самовідводом пилу і діаметром підошви 75 мм, укомплектована шлангом та мішком, має регулювання обертів, максимально потужна, використовується на столярних виробництвах усіх рівнів. </t>
+          </r>
+        </is>
+      </c>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">230 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 000 і більше</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Застосування: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Призначення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">75 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">75</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ексцентрик: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ексцентрик, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 2.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Корпус: </t>
@@ -18227,51 +21110,51 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">179 Вт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,82 кг</t>
+            <t xml:space="preserve">0,66 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип: </t>
           </r>
@@ -18291,335 +21174,92 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное
 Эксцентрик: 2,5 мм
 Корпус: Композитный
 Тип пылеудаления: Самоотбор</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H20" s="2">
-        <v>18000</v>
+      <c r="H23" s="2">
+        <v>14058</v>
       </c>
     </row>
-    <row r="21" spans="1:8" customHeight="1" ht="150">
-      <c r="A21" s="2" t="s">
+    <row r="24" spans="1:8" customHeight="1" ht="150">
+      <c r="A24" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="B21" s="2" t="s">
+      <c r="B24" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C21" s="2" t="s">
-[...5 lines deleted...]
-      <c r="E21" s="2" t="inlineStr">
+      <c r="C24" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="E24" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова з подачею води Air Pro SA4123</t>
+            <t xml:space="preserve">Шліфмашина вібраційна пневматична Air Pro SA4053</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: шліфувальна машина з подачею води і діаметром підошви 140 мм, яка призначена для шліфування плоских поверхонь великої площі, застосовується для обробки природного та штучного каменю. </t>
+            <t xml:space="preserve">Особливості: промислова шліфувальна машина без відбору пилу, має регулювання обертів, затискачі для кріплення шліфувального паперу, підходить для робіт на столярних виробництвах. </t>
           </r>
         </is>
       </c>
-      <c r="F21" s="2"/>
-[...243 lines deleted...]
-      <c r="G22" s="2" t="inlineStr">
+      <c r="F24" s="2"/>
+      <c r="G24" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">200 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
@@ -18870,92 +21510,92 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное
 Эксцентрик: 3 мм
 Корпус: Композитный
 Тип пылеудаления: Без отбора пыли</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H22" s="2">
-        <v>6847</v>
+      <c r="H24" s="2">
+        <v>7070</v>
       </c>
     </row>
-    <row r="23" spans="1:8" customHeight="1" ht="150">
-      <c r="A23" s="2" t="s">
+    <row r="25" spans="1:8" customHeight="1" ht="150">
+      <c r="A25" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="B23" s="2" t="s">
+      <c r="B25" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C23" s="2" t="s">
-[...5 lines deleted...]
-      <c r="E23" s="2" t="inlineStr">
+      <c r="C25" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="E25" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шліфмашина кутова пневматична (болгарка) Air Pro SA5517</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: потужна промислова машина, призначена для робіт на металообробних виробництвах та використовується для зачистки середніх деталей. </t>
           </r>
         </is>
       </c>
-      <c r="F23" s="2"/>
-      <c r="G23" s="2" t="inlineStr">
+      <c r="F25" s="2"/>
+      <c r="G25" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Металообробка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
@@ -19259,92 +21899,92 @@
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное
 Присоединительная резьба (воздух): 3/8"
 Размер посадочного отверстия: 5/8"x11 unc</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H23" s="2">
-        <v>21396</v>
+      <c r="H25" s="2">
+        <v>22093</v>
       </c>
     </row>
-    <row r="24" spans="1:8" customHeight="1" ht="150">
-      <c r="A24" s="2" t="s">
+    <row r="26" spans="1:8" customHeight="1" ht="150">
+      <c r="A26" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="B24" s="2" t="s">
+      <c r="B26" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C24" s="2" t="s">
-[...5 lines deleted...]
-      <c r="E24" s="2" t="inlineStr">
+      <c r="C26" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="E26" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шліфмашина вібраційна пневматична Air Pro SA4085</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: професійна шліфувальна машина без відбору пилу, має регулювання обертів, без насадок, трикутна підошва, підходить для робіт на столярних виробництвах. </t>
           </r>
         </is>
       </c>
-      <c r="F24" s="2"/>
-      <c r="G24" s="2" t="inlineStr">
+      <c r="F26" s="2"/>
+      <c r="G26" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">150 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
@@ -19595,92 +22235,92 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Профессиональное
 Эксцентрик: 3 мм
 Корпус: Композитный
 Тип пылеудаления: Без отбора пыли</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H24" s="2">
-        <v>7584</v>
+      <c r="H26" s="2">
+        <v>7830</v>
       </c>
     </row>
-    <row r="25" spans="1:8" customHeight="1" ht="150">
-      <c r="A25" s="2" t="s">
+    <row r="27" spans="1:8" customHeight="1" ht="150">
+      <c r="A27" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="B25" s="2" t="s">
+      <c r="B27" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C25" s="2" t="s">
-[...5 lines deleted...]
-      <c r="E25" s="2" t="inlineStr">
+      <c r="C27" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="E27" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шліфмашина вібраційна пневматична Air Pro SA4086T</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: професійна шліфувальна машина без відбору пилу має регулювання обертів, підходить для робіт на столярних виробництвах, дельтавидна підошва. </t>
           </r>
         </is>
       </c>
-      <c r="F25" s="2"/>
-      <c r="G25" s="2" t="inlineStr">
+      <c r="F27" s="2"/>
+      <c r="G27" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">200 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
@@ -19931,92 +22571,92 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Профессиональное
 Эксцентрик: 5 мм
 Корпус: Композитный
 Тип пылеудаления: Без отбора пыли</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H25" s="2">
-        <v>9201</v>
+      <c r="H27" s="2">
+        <v>9501</v>
       </c>
     </row>
-    <row r="26" spans="1:8" customHeight="1" ht="150">
-      <c r="A26" s="2" t="s">
+    <row r="28" spans="1:8" customHeight="1" ht="150">
+      <c r="A28" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="B26" s="2" t="s">
+      <c r="B28" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C26" s="2" t="s">
-[...5 lines deleted...]
-      <c r="E26" s="2" t="inlineStr">
+      <c r="C28" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E28" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шліфмашина вібраційна пневматична Air Pro SMG-34Н</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: промислова шліфувальна машина з самовідводом пилу, має регулювання обертів, укомплектована шлангом та мішком, підошва на липучці. </t>
           </r>
         </is>
       </c>
-      <c r="F26" s="2"/>
-      <c r="G26" s="2" t="inlineStr">
+      <c r="F28" s="2"/>
+      <c r="G28" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">185 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
@@ -20267,92 +22907,92 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное
 Эксцентрик: 3 мм
 Корпус: Композитный
 Тип пылеудаления: Самоотбор</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H26" s="2">
-        <v>15856</v>
+      <c r="H28" s="2">
+        <v>16373</v>
       </c>
     </row>
-    <row r="27" spans="1:8" customHeight="1" ht="150">
-      <c r="A27" s="2" t="s">
+    <row r="29" spans="1:8" customHeight="1" ht="150">
+      <c r="A29" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="B27" s="2" t="s">
+      <c r="B29" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C27" s="2" t="s">
-[...5 lines deleted...]
-      <c r="E27" s="2" t="inlineStr">
+      <c r="C29" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="E29" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шліфмашина вібраційна пневматична Air Pro SMG-70H</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: промислова шліфувальна машина з самовідводом пилу, має регулювання обертів, укомплектована шлангом та мішком, підошва на липучці. </t>
           </r>
         </is>
       </c>
-      <c r="F27" s="2"/>
-      <c r="G27" s="2" t="inlineStr">
+      <c r="F29" s="2"/>
+      <c r="G29" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">200 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
@@ -20582,92 +23222,92 @@
             <t xml:space="preserve">0,99 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H27" s="2">
-        <v>19266</v>
+      <c r="H29" s="2">
+        <v>19893</v>
       </c>
     </row>
-    <row r="28" spans="1:8" customHeight="1" ht="150">
-      <c r="A28" s="2" t="s">
+    <row r="30" spans="1:8" customHeight="1" ht="150">
+      <c r="A30" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="B28" s="2" t="s">
+      <c r="B30" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C28" s="2" t="s">
-[...5 lines deleted...]
-      <c r="E28" s="2" t="inlineStr">
+      <c r="C30" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="E30" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шліфмашина вібраційна пневматична Air Pro SMN-34H</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: промислова шліфувальна машина без відбору пилу, має регулювання обертів, підходить для робіт на столярних виробництвах. </t>
           </r>
         </is>
       </c>
-      <c r="F28" s="2"/>
-      <c r="G28" s="2" t="inlineStr">
+      <c r="F30" s="2"/>
+      <c r="G30" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">200 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
@@ -20936,1342 +23576,872 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное
 Эксцентрик: 3 мм
 Корпус: Композитный
 Тип пылеудаления: Без отбора пыли</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H28" s="2">
-[...358 lines deleted...]
-      </c>
       <c r="H30" s="2">
-        <v>7013</v>
+        <v>14669</v>
       </c>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="150">
       <c r="A31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина кутова пневматична (болгарка) Air Pro SA5548</t>
+            <t xml:space="preserve">Шліфмашина вібраційна пневматична Air Pro SMN-70C</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: промислова шліфмашина SA5548, використовується в різних галузях промисловості для зачистки зварювального шва, очищення від іржі та багато іншого. </t>
+            <t xml:space="preserve">Особливості: промислова шліфувальна машина без відбору пилу, має регулювання обертів, з пружинними затискачами на підошві. </t>
           </r>
         </is>
       </c>
       <c r="F31" s="2"/>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...29 lines deleted...]
-            <t xml:space="preserve">Обробка металевих поверхонь, Різання, Видалення задирок, Шліфування</t>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">200 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6000 об/хв</t>
+            <t xml:space="preserve">10 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 10 000</t>
+            <t xml:space="preserve">10 000 і більше</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Застосування: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Промислові</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Призначення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Промислові</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Довжина: </t>
-[...47 lines deleted...]
-            <t xml:space="preserve">Применение: Промышленное</t>
+            <t xml:space="preserve">Розмір підошви: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">93х178 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір підошви, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">93x178</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ексцентрик: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ексцентрик, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 3</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Композитний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип пиловидалення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Без відбору пилу</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">179 Вт</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,94 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H31" s="2">
-        <v>8586</v>
+        <v>17810</v>
       </c>
     </row>
     <row r="32" spans="1:8" customHeight="1" ht="150">
       <c r="A32" s="2" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>15</v>
+        <v>83</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>110</v>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова з пилозбірником Air Pro SA45008S-H6</t>
+            <t xml:space="preserve">Шліфмашина вібраційна пневматична з подачею води Jonnesway JA-6655</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: SA45008S-H6 промислова шліфувальна машина з самовідводом пилу і діаметром підошви 150 мм, укомплектована шлангом та мішком, використовується на столярних виробництвах усіх рівнів. </t>
+            <t xml:space="preserve">Особливості: вібраційна шліфувальна машина призначена для шліфування, зачистки, фінішної обробки різних поверхонь з можливістю підключити шланг для подачі води, обладнана регулятором повітря, насадка кріпиться на липучки. </t>
           </r>
         </is>
       </c>
       <c r="F32" s="2"/>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Витрата повітря: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11 000 об/хв</t>
+            <t xml:space="preserve">7000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 000 і більше</t>
-[...71 lines deleted...]
-            <t xml:space="preserve">1/4"</t>
+            <t xml:space="preserve">до 10 000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр круга: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">150 мм</t>
+            <t xml:space="preserve">125 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр круга, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">150</t>
+            <t xml:space="preserve">125</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ексцентрик: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ексцентрик, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...126 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H32" s="2">
-        <v>8403</v>
+        <v>19197</v>
       </c>
     </row>
     <row r="33" spans="1:8" customHeight="1" ht="150">
       <c r="A33" s="2" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>113</v>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина кутова пневматична (болгарка) Pneumomaster GY-2C-1</t>
+            <t xml:space="preserve">Шліфмашина кутова пневматична (болгарка) Air Pro SA5505C</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: пневматична болгарка GY-2C-1 з диском 50 мм застосовується для обробки металу, шліфування, зняття зварних швів і фасок у суднобудуванні, автопромисловості, ливарному виробництві та загальній металообробці.</t>
+            <t xml:space="preserve">Особливості: професійна болгарка SA5505C з захисним кожухом на 360° та диском 125 мм призначена для робіт на металообробних виробництвах та використовується для зачистки невеликих деталей. </t>
           </r>
         </is>
       </c>
       <c r="F33" s="2"/>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Витрата повітря: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">590 л/хв</t>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металообробка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Видалення задирок, Різання</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15 000 об/хв</t>
+            <t xml:space="preserve">11 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 10 000</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">6,0 бар</t>
+            <t xml:space="preserve">10 000 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр круга: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">50 мм</t>
+            <t xml:space="preserve">125 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр круга, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">50</t>
-[...23 lines deleted...]
-            <t xml:space="preserve">Вага, кг: </t>
+            <t xml:space="preserve">125</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,78 HP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність, кВт: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Довжина: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">155 мм</t>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металевий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H33" s="2">
-        <v>4420</v>
+        <v>7241</v>
       </c>
     </row>
     <row r="34" spans="1:8" customHeight="1" ht="150">
       <c r="A34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>116</v>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина кутова пневматична (болгарка) з захисним кожухом на 360° Air Pro SA5619</t>
+            <t xml:space="preserve">Шліфмашина кутова пневматична (болгарка) Air Pro SA5546</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: промислова болгарка SA5619 з захисним кожухом на 360°, призначена для робіт в різних галузях промисловості та використовується для обробки, різки, зачистки та шліфування. </t>
+            <t xml:space="preserve">Особливості: швидка промислова шліфмашина, призначена для робіт в різних галузях промисловості та використовується для обробки, різки, зачистки та шліфування. </t>
           </r>
         </is>
       </c>
       <c r="F34" s="2"/>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Металообробка</t>
+            <t xml:space="preserve">Металообробка, Обробка поверхні</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Різання, Видалення задирок</t>
+            <t xml:space="preserve">Обробка металевих поверхонь, Різання, Шліфування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">141,5 л/хв</t>
+            <t xml:space="preserve">650 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11 500 об/хв</t>
+            <t xml:space="preserve">12 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 000 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,2 бар</t>
+            <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Застосування: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Промислові</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Призначення: </t>
           </r>
@@ -22317,296 +24487,278 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">125</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Потужність: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,75 HP</t>
+            <t xml:space="preserve">0,67 кВт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Потужність, кВт: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Рівень шуму: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">86/94 Дб (тиск/потужність)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2,0 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Рівень шуму: </t>
-[...70 lines deleted...]
-          <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">265 мм</t>
+            <t xml:space="preserve">272 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Угловые (болгарки), Пневматические</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное
-Уровень шума: 95 Дб
-Присоединительная резьба (воздух): 3/8"</t>
+Уровень шума: 86/94 Дб (давление/мощность)
+Присоединительная резьба (воздух): 1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H34" s="2">
-        <v>28221</v>
+        <v>17885</v>
       </c>
     </row>
     <row r="35" spans="1:8" customHeight="1" ht="150">
       <c r="A35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>119</v>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина кутова пневматична (болгарка) з подачею води Air Pro SA8542</t>
+            <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова з подачею води Air Pro SA4123</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: SA8542 промислова болгарка з подачею води для різання вологим повітрям без кожуха, діаметр круга 125 мм. </t>
+            <t xml:space="preserve">Особливості: шліфувальна машина з подачею води і діаметром підошви 140 мм, яка призначена для шліфування плоских поверхонь великої площі, застосовується для обробки природного та штучного каменю. </t>
           </r>
         </is>
       </c>
       <c r="F35" s="2"/>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Витрата повітря: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12 000 об/хв</t>
+            <t xml:space="preserve">4200 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 000 і більше</t>
+            <t xml:space="preserve">до 10 000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Застосування: </t>
           </r>
@@ -22634,657 +24786,1721 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Промислові</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр круга: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">125 мм</t>
+            <t xml:space="preserve">140 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр круга, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">125</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">1/4"</t>
+            <t xml:space="preserve">140</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Рівень шуму: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">88 Дб</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">8 мм (вода)</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,02 кг</t>
+            <t xml:space="preserve">2,6 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0 - 2.0</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">380 мм</t>
+            <t xml:space="preserve">2.1 - 3.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H35" s="2">
-        <v>13465</v>
+        <v>13812</v>
       </c>
     </row>
     <row r="36" spans="1:8" customHeight="1" ht="150">
       <c r="A36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>122</v>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина кутова пневматична (болгарка) з подачею води Air Pro SA8543</t>
+            <t xml:space="preserve">Шліфмашина кутова пневматична (болгарка) Air Pro SA5548</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: SA8543 промислова болгарка з подачею води для різання вологим повітрям без кожуха, діаметр круга 178 мм. </t>
+            <t xml:space="preserve">Особливості: промислова шліфмашина SA5548, використовується в різних галузях промисловості для зачистки зварювального шва, очищення від іржі та багато іншого. </t>
           </r>
         </is>
       </c>
       <c r="F36" s="2"/>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Витрата повітря: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">740 л/хв</t>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металообробка, Обробка поверхні</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Обробка металевих поверхонь, Різання, Видалення задирок, Шліфування</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7000 об/хв</t>
+            <t xml:space="preserve">6000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 10 000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Робочий тиск: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Застосування: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Промислові</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Призначення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Промислові</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Діаметр круга: </t>
-[...106 lines deleted...]
-          <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">485 мм</t>
+            <t xml:space="preserve">655 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Угловые (болгарки), Пневматические</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Применение: Промышленное</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H36" s="2">
-        <v>15737</v>
+        <v>8866</v>
       </c>
     </row>
     <row r="37" spans="1:8" customHeight="1" ht="150">
       <c r="A37" s="2" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>125</v>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина кутова пневматична (болгарка) з подачею води Air Pro SA8544</t>
+            <t xml:space="preserve">Шліфмашина кутова пневматична (болгарка) Pneumomaster GY-2C-1</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: SA8544промислова болгарка з подачею води для різання вологим повітрям без кожуха, глибина різання 30 мм. </t>
+            <t xml:space="preserve">Особливості: пневматична болгарка GY-2C-1 з диском 50 мм застосовується для обробки металу, шліфування, зняття зварних швів і фасок у суднобудуванні, автопромисловості, ливарному виробництві та загальній металообробці.</t>
           </r>
         </is>
       </c>
       <c r="F37" s="2"/>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">590 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7000 об/хв</t>
+            <t xml:space="preserve">15 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 10 000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,3 бар</t>
-[...71 lines deleted...]
-            <t xml:space="preserve">1/4"</t>
+            <t xml:space="preserve">6,0 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">50 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,64 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">155 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H37" s="2">
-        <v>17392</v>
+        <v>4564</v>
       </c>
     </row>
     <row r="38" spans="1:8" customHeight="1" ht="150">
       <c r="A38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>15</v>
+        <v>87</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>128</v>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова без відбору пилу Air Pro OSN-60H</t>
+            <t xml:space="preserve">Шліфмашина кутова пневматична (болгарка) з захисним кожухом на 360° Air Pro SA5619</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: промислова шліфувальна машина без відбору пилу і діаметром підошви 150 мм, має регулювання обертів, максимально потужна, підходить для робіт на столярних виробництвах усіх рівнів. </t>
+            <t xml:space="preserve">Особливості: промислова болгарка SA5619 з захисним кожухом на 360°, призначена для робіт в різних галузях промисловості та використовується для обробки, різки, зачистки та шліфування. </t>
           </r>
         </is>
       </c>
       <c r="F38" s="2"/>
       <c r="G38" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металообробка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Різання, Видалення задирок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">141,5 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">11 500 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 000 і більше</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,2 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Застосування: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Призначення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">125 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">125</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,75 HP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність, кВт: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.0 - 2.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Рівень шуму: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">95 Дб</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3/8"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,5 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.0 - 2.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">265 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Угловые (болгарки), Пневматические</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Применение: Промышленное
+Уровень шума: 95 Дб
+Присоединительная резьба (воздух): 3/8"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H38" s="2">
+        <v>29140</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" customHeight="1" ht="150">
+      <c r="A39" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B39" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="E39" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Шліфмашина кутова пневматична (болгарка) з подачею води Air Pro SA8542</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Особливості: SA8542 промислова болгарка з подачею води для різання вологим повітрям без кожуха, діаметр круга 125 мм. </t>
+          </r>
+        </is>
+      </c>
+      <c r="F39" s="2"/>
+      <c r="G39" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">460 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12 000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 000 і більше</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Застосування: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Призначення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">125 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">125</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,61 HP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2,02 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.0 - 2.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">380 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H39" s="2">
+        <v>13903</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" customHeight="1" ht="150">
+      <c r="A40" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B40" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="E40" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Шліфмашина кутова пневматична (болгарка) з подачею води Air Pro SA8543</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Особливості: SA8543 промислова болгарка з подачею води для різання вологим повітрям без кожуха, діаметр круга 178 мм. </t>
+          </r>
+        </is>
+      </c>
+      <c r="F40" s="2"/>
+      <c r="G40" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">740 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">7000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 10 000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Застосування: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Призначення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">178 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">178</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,93 HP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3,18 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3.1 - 5.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">485 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H40" s="2">
+        <v>16250</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" customHeight="1" ht="150">
+      <c r="A41" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B41" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="E41" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Шліфмашина кутова пневматична (болгарка) з подачею води Air Pro SA8544</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Особливості: SA8544промислова болгарка з подачею води для різання вологим повітрям без кожуха, глибина різання 30 мм. </t>
+          </r>
+        </is>
+      </c>
+      <c r="F41" s="2"/>
+      <c r="G41" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">7000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 10 000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Застосування: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Призначення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,63 HP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H41" s="2">
+        <v>17959</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" customHeight="1" ht="150">
+      <c r="A42" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B42" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="E42" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова без відбору пилу Air Pro OSN-60H</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Особливості: промислова шліфувальна машина без відбору пилу і діаметром підошви 150 мм, має регулювання обертів, максимально потужна, підходить для робіт на столярних виробництвах усіх рівнів. </t>
+          </r>
+        </is>
+      </c>
+      <c r="F42" s="2"/>
+      <c r="G42" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">230 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
@@ -23553,92 +26769,92 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное
 Эксцентрик: 5 мм
 Корпус: Композитный
 Тип пылеудаления: Без отбора пыли</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H38" s="2">
-        <v>12711</v>
+      <c r="H42" s="2">
+        <v>13125</v>
       </c>
     </row>
-    <row r="39" spans="1:8" customHeight="1" ht="150">
-      <c r="A39" s="2" t="s">
+    <row r="43" spans="1:8" customHeight="1" ht="150">
+      <c r="A43" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="B39" s="2" t="s">
+      <c r="B43" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C39" s="2" t="s">
+      <c r="C43" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="D39" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E39" s="2" t="inlineStr">
+      <c r="D43" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="E43" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова з пилозбірником Air Pro SA45002S-H5</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: SA45002S-H5 промислова шліфувальна машина з самовідводом пилу і діаметром підошви 125 мм, укомплектована шлангом та мішком, використовується на столярних виробництвах усіх рівнів. </t>
           </r>
         </is>
       </c>
-      <c r="F39" s="2"/>
-      <c r="G39" s="2" t="inlineStr">
+      <c r="F43" s="2"/>
+      <c r="G43" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">99 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
@@ -23924,92 +27140,463 @@
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное
 Эксцентрик: 5 мм
 Тип пылеудаления: Самоотбор</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H39" s="2">
-        <v>7910</v>
+      <c r="H43" s="2">
+        <v>8168</v>
       </c>
     </row>
-    <row r="40" spans="1:8" customHeight="1" ht="150">
-      <c r="A40" s="2" t="s">
+    <row r="44" spans="1:8" customHeight="1" ht="150">
+      <c r="A44" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="B40" s="2" t="s">
+      <c r="B44" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C40" s="2" t="s">
-[...5 lines deleted...]
-      <c r="E40" s="2" t="inlineStr">
+      <c r="C44" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="E44" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина торцева пневматична Air Pro SA5586</t>
+            <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова з пилозбірником Air Pro SA45008S-H6</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
+            <t xml:space="preserve">Особливості: SA45008S-H6 промислова шліфувальна машина з самовідводом пилу і діаметром підошви 150 мм, укомплектована шлангом та мішком, використовується на столярних виробництвах усіх рівнів. </t>
+          </r>
+        </is>
+      </c>
+      <c r="F44" s="2"/>
+      <c r="G44" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">99 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">11 000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 000 і більше</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Застосування: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Призначення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">150 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">150</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ексцентрик: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ексцентрик, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип пиловидалення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Самовідбір</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,85 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">220 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Эксцентриковые, Пневматические</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Применение: Промышленное
+Эксцентрик: 5 мм
+Тип пылеудаления: Самоотбор</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H44" s="2">
+        <v>8677</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" customHeight="1" ht="150">
+      <c r="A45" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B45" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="E45" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Шліфмашина торцева пневматична Air Pro SA5586</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
             <t xml:space="preserve">Особливості: промислова шліфувальна машина з діаметром підошви 230 мм використовується в різних галузях промисловості, призначена для зачистки зварювальних швів, зняття задирок, обдирання поверхні, очищення від іржі, видалення корозії та багато іншого. </t>
           </r>
         </is>
       </c>
-      <c r="F40" s="2"/>
-      <c r="G40" s="2" t="inlineStr">
+      <c r="F45" s="2"/>
+      <c r="G45" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">460 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
@@ -24221,52 +27808,52 @@
             <t xml:space="preserve">Пневматические</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H40" s="2">
-        <v>10797</v>
+      <c r="H45" s="2">
+        <v>11148</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>