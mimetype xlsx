--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -38,51 +38,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 15.10.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 06.12.2025р.</t>
   </si>
   <si>
     <t>VGL</t>
   </si>
   <si>
     <t>Пневмошліфмашинки</t>
   </si>
   <si>
     <t>Поліпропіленовий</t>
   </si>
   <si>
     <t>SA4621P</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полірувальна машина пневматична VGL SA4621P</t>