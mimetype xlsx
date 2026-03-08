--- v1 (2025-12-06)
+++ v2 (2026-03-08)
@@ -38,51 +38,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 06.12.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 08.03.2026р.</t>
   </si>
   <si>
     <t>VGL</t>
   </si>
   <si>
     <t>Пневмошліфмашинки</t>
   </si>
   <si>
     <t>Поліпропіленовий</t>
   </si>
   <si>
     <t>SA4621P</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полірувальна машина пневматична VGL SA4621P</t>
@@ -598,51 +598,51 @@
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">до 1.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>Pneumomaster</t>
   </si>
   <si>
-    <t>GY-125S</t>
+    <t>GY-125SA</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Шліфмашина пневматична ексцентрикова орбітальна без відбору пилу Pneumomaster GY-125S</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: пневматична шліфмашина GY-125S з діаметром підошви 125 мм активно використовується для професійного шліфування та полірування кузовних елементів автомобілів, підготовки поверхонь перед фарбуванням, обробки металевих, дерев’яних і пластикових деталей.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Сфера промисловості: </t>
@@ -2195,51 +2195,51 @@
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Уровень шума: 86/90 Дб (давление/мощность)
 Присоединительная резьба (воздух): 1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>10265</v>
+        <v>10668</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -2474,51 +2474,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>6270</v>
+        <v>6311</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -2753,51 +2753,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>4519</v>
+        <v>5430</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -3014,51 +3014,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>3765</v>
+        <v>3912</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -3257,51 +3257,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>3263</v>
+        <v>3391</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>