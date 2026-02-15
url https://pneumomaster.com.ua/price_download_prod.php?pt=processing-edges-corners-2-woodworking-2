--- v0 (2025-12-31)
+++ v1 (2026-02-15)
@@ -15,74 +15,74 @@
   <Default Extension="webp" ContentType="image/webp"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 31.12.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 15.02.2026р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Пневмошліфмашинки</t>
   </si>
   <si>
     <t>Орбітальні</t>
   </si>
   <si>
     <t>SA45002S-H5</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова з пилозбірником Air Pro SA45002S-H5</t>
@@ -754,50 +754,385 @@
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Применение: Промышленное
 Эксцентрик: 5 мм
 Тип пылеудаления: Самоотбор</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
+    <t>OSC-60H</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова з центральним відбором пилу Air Pro OSC-60H</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: промислова шліфувальна машина з центральним відбором пилу і діаметром підошви 150 мм, працює беспосередньо з промисловим пилососом, має регулювання обертів, використовується на столярних виробництвах усіх рівнів. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">230 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Призначення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">150 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">150</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ексцентрик: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ексцентрик, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Корпус: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Композитний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип пиловидалення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Центральний відбір</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">179 Вт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,8 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Эксцентриковые, Пневматические</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Применение: Промышленное
+Эксцентрик: 5 мм
+Корпус: Композитный
+Тип пылеудаления: Центральный отбор</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
     <t>SA4663K</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Шліфмашина орбітальна пневматична професійна без відбору пилу Air Pro SA4663K, набір</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: професійна шліфувальна машина SA4663K в наборі з різними насадками з діаметром підошви 75 мм, підошва кріпиться на липучці, що забезпечує її швидку заміну. </t>
     </r>
   </si>
   <si>
     <r>
@@ -1318,51 +1653,51 @@
     <r>
       <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Уровень шума: 80 Дб
 Присоединительная резьба (воздух): 1/4"
 Корпус: Композитный</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>Pneumomaster</t>
   </si>
   <si>
-    <t>GY-125S</t>
+    <t>GY-125SA</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Шліфмашина пневматична ексцентрикова орбітальна без відбору пилу Pneumomaster GY-125S</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: пневматична шліфмашина GY-125S з діаметром підошви 125 мм активно використовується для професійного шліфування та полірування кузовних елементів автомобілів, підготовки поверхонь перед фарбуванням, обробки металевих, дерев’яних і пластикових деталей.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Сфера промисловості: </t>
@@ -3392,51 +3727,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa45002s-h5_011.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa45008s-h6_012.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_air_pro_sa4663k_01-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4522_01-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_kunshan_gy-125s_01-150x1505.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_kunshan_gy-942a_new_01-1-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_kunshan_gy-942b_new_01-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4534pup_018.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa45394pup_019.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4545_01-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4641-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/air-prepare_blok-pidgotovku_frl834_1-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zednuvalni_spiralni_ub508060-150x15013.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa45002s-h5_011.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa45008s-h6_012.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_osn-60h-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_air_pro_sa4663k_01-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4522_01-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_kunshan_gy-125s_01-150x1506.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_kunshan_gy-942a_new_01-1-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_kunshan_gy-942b_new_01-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4534pup_019.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa45394pup_0110.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4545_01-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4641-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/air-prepare_blok-pidgotovku_frl834_1-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zednuvalni_spiralni_ub508060-150x15014.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3787,50 +4122,80 @@
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -4084,54 +4449,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H14" sqref="H14"/>
+      <selection activeCell="H15" sqref="H15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -4496,51 +4861,51 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное
 Эксцентрик: 5 мм
 Тип пылеудаления: Самоотбор</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>7910</v>
+        <v>8119</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -4867,384 +5232,738 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное
 Эксцентрик: 5 мм
 Тип пылеудаления: Самоотбор</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>8403</v>
+        <v>8625</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина орбітальна пневматична професійна без відбору пилу Air Pro SA4663K, набір</t>
+            <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова з центральним відбором пилу Air Pro OSC-60H</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: професійна шліфувальна машина SA4663K в наборі з різними насадками з діаметром підошви 75 мм, підошва кріпиться на липучці, що забезпечує її швидку заміну. </t>
+            <t xml:space="preserve">Особливості: промислова шліфувальна машина з центральним відбором пилу і діаметром підошви 150 мм, працює беспосередньо з промисловим пилососом, має регулювання обертів, використовується на столярних виробництвах усіх рівнів. </t>
           </r>
         </is>
       </c>
       <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...29 lines deleted...]
-            <t xml:space="preserve">Обробка дерев'яних поверхонь, Обробка країв та кутів, Обробка металевих поверхонь, Очищення поверхонь, Полірування та шліфування поверхонь</t>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">230 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2500 об/хв</t>
+            <t xml:space="preserve">10 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 10 000</t>
+            <t xml:space="preserve">10 000 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,2 бар</t>
+            <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Застосування: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Професійні</t>
+            <t xml:space="preserve">Промислові</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Призначення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Професійні</t>
+            <t xml:space="preserve">Промислові</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр круга: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">75 мм</t>
+            <t xml:space="preserve">150 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр круга, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">75</t>
+            <t xml:space="preserve">150</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ексцентрик: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ексцентрик, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Корпус: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Металевий</t>
+            <t xml:space="preserve">Композитний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип пиловидалення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Без відбору пилу</t>
+            <t xml:space="preserve">Центральний відбір</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">179 Вт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,8 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
+          <r>
+            <t xml:space="preserve">Тип: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Эксцентриковые, Пневматические</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Применение: Промышленное
+Эксцентрик: 5 мм
+Корпус: Композитный
+Тип пылеудаления: Центральный отбор</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>6311</v>
+        <v>14758</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D5" s="2" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина пневматична для пелюсткових і барабанних насадок Air Pro SA4522</t>
+            <t xml:space="preserve">Шліфмашина орбітальна пневматична професійна без відбору пилу Air Pro SA4663K, набір</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості:шліфувальна машина для пелюсткових і барабанних насадок має невелику вагу та міцний корпус. </t>
+            <t xml:space="preserve">Особливості: професійна шліфувальна машина SA4663K в наборі з різними насадками з діаметром підошви 75 мм, підошва кріпиться на липучці, що забезпечує її швидку заміну. </t>
           </r>
         </is>
       </c>
       <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">Деревообробка, Металообробка, Обробка поверхні</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Обробка дерев'яних поверхонь, Обробка країв та кутів, Обробка металевих поверхонь, Очищення поверхонь, Полірування та шліфування поверхонь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2500 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 10 000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,2 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Застосування: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Професійні</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Призначення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Професійні</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">75 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">75</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металевий</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип пиловидалення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Без відбору пилу</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,8 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H5" s="2">
+        <v>6311</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" customHeight="1" ht="150">
+      <c r="A6" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E6" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Шліфмашина пневматична для пелюсткових і барабанних насадок Air Pro SA4522</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Особливості:шліфувальна машина для пелюсткових і барабанних насадок має невелику вагу та міцний корпус. </t>
+          </r>
+        </is>
+      </c>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">Деревообробка, Металообробка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Обрізка та формування, Обробка дерев'яних поверхонь, Обробка країв та кутів, Обробка металевих поверхонь, Очищення поверхонь, Полірування та шліфування поверхонь, Створення декоративних елементів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
@@ -5462,701 +6181,422 @@
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Уровень шума: 80 Дб
 Присоединительная резьба (воздух): 1/4"
 Корпус: Композитный</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H5" s="2">
-[...277 lines deleted...]
-      </c>
       <c r="H6" s="2">
-        <v>4549</v>
+        <v>15186</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина пневматична ексцентрикова орбітальна без відбору пилу Pneumomaster GY-942A</t>
+            <t xml:space="preserve">Шліфмашина пневматична ексцентрикова орбітальна без відбору пилу Pneumomaster GY-125S</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: ексцентрикова пневматична шліфмашина GY-942A з діаметром підошви 50 мм призначена для полірування, шліфування, зняття шару матеріалу на малих деталях у столярній, меблевій, ювелірній промисловості та під час ремонту автомобілів. </t>
+            <t xml:space="preserve">Особливості: пневматична шліфмашина GY-125S з діаметром підошви 125 мм активно використовується для професійного шліфування та полірування кузовних елементів автомобілів, підготовки поверхонь перед фарбуванням, обробки металевих, дерев’яних і пластикових деталей.</t>
           </r>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Деревообробка, Металообробка, Обробка поверхні</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Обробка дерев'яних поверхонь, Обробка країв та кутів, Обробка металевих поверхонь, Очищення поверхонь, Полірування та шліфування поверхонь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">450 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15 000 об/хв</t>
+            <t xml:space="preserve">16 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 000 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Ексцентрик: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ексцентрик, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр круга: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">50 мм</t>
+            <t xml:space="preserve">125 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр круга, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">50</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">до 4</t>
+            <t xml:space="preserve">125</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Корпус: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Металевий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,7 кг</t>
+            <t xml:space="preserve">0,8 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>3789</v>
+        <v>4669</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина пневматична орбітальна без відбору пилу Pneumomaster GY-942B</t>
+            <t xml:space="preserve">Шліфмашина пневматична ексцентрикова орбітальна без відбору пилу Pneumomaster GY-942A</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: пневматична шліфувальна машина GY-942B з діаметром підошви 50 мм призначена для обробки плоских поверхонь із високими вимогами до чистоти шліфування в меблевому виробництві, ремонті, оздоблювальних роботах і дрібносерійному виробництві.</t>
+            <t xml:space="preserve">Особливості: ексцентрикова пневматична шліфмашина GY-942A з діаметром підошви 50 мм призначена для полірування, шліфування, зняття шару матеріалу на малих деталях у столярній, меблевій, ювелірній промисловості та під час ремонту автомобілів. </t>
           </r>
         </is>
       </c>
       <c r="F8" s="2"/>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Деревообробка, Металообробка, Обробка поверхні</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Обробка дерев'яних поверхонь, Обробка країв та кутів, Обробка металевих поверхонь, Очищення поверхонь, Полірування та шліфування поверхонь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Витрата повітря: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16 000 об/хв</t>
+            <t xml:space="preserve">15 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 000 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
@@ -6190,50 +6630,86 @@
             </rPr>
             <t xml:space="preserve">50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр круга, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">50</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Ексцентрик: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ексцентрик, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 4</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Корпус: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Металевий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
@@ -6246,347 +6722,329 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>3284</v>
+        <v>3889</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" s="2" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина стрічкова пневматична Air Pro SA4534PUP</t>
+            <t xml:space="preserve">Шліфмашина пневматична орбітальна без відбору пилу Pneumomaster GY-942B</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: стрічкова шліфувальна машина має ультратонку стрічку. </t>
+            <t xml:space="preserve">Особливості: пневматична шліфувальна машина GY-942B з діаметром підошви 50 мм призначена для обробки плоских поверхонь із високими вимогами до чистоти шліфування в меблевому виробництві, ремонті, оздоблювальних роботах і дрібносерійному виробництві.</t>
           </r>
         </is>
       </c>
       <c r="F9" s="2"/>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Деревообробка, Металообробка, Обробка поверхні</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Обробка дерев'яних поверхонь, Обробка країв та кутів, Обробка металевих поверхонь, Очищення поверхонь, Полірування та шліфування поверхонь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">113,2 л/хв</t>
+            <t xml:space="preserve">400 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16 500 об/хв</t>
+            <t xml:space="preserve">16 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 000 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,3 бар</t>
-[...89 lines deleted...]
-            <t xml:space="preserve">1/4"</t>
+            <t xml:space="preserve">6,0 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">50 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металевий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,88 кг</t>
+            <t xml:space="preserve">0,7 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...16 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>5400</v>
+        <v>3371</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>38</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина стрічкова пневматична Air Pro SA4539PUP</t>
+            <t xml:space="preserve">Шліфмашина стрічкова пневматична Air Pro SA4534PUP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Стрічкова шліфувальна машина пневматична Air Pro SA4539PUP</t>
+            <t xml:space="preserve">Особливості: стрічкова шліфувальна машина має ультратонку стрічку. </t>
           </r>
         </is>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">113,2 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -6634,312 +7092,258 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір абразивної стрічки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20x520 мм</t>
+            <t xml:space="preserve">10x330 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір стрічки, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20x520</t>
+            <t xml:space="preserve">10x330</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Потужність: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">373 Вт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Рівень шуму: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">85 Дб</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,33 кг</t>
+            <t xml:space="preserve">0,88 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0 - 2.0</t>
+            <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">407 мм</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">Присоединительная резьба (воздух): 1/4"</t>
+            <t xml:space="preserve">326 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>8478</v>
+        <v>5543</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина стрічкова пневматична Air Pro SA4545</t>
+            <t xml:space="preserve">Шліфмашина стрічкова пневматична Air Pro SA4539PUP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: стрічкова шліфувальна машина придатна для шліфування труб і зовнішніх радіусів, має змінний кут нахилу  стріли. </t>
+            <t xml:space="preserve">Стрічкова шліфувальна машина пневматична Air Pro SA4539PUP</t>
           </r>
         </is>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">113 л/хв</t>
+            <t xml:space="preserve">113,2 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16 000 об/хв</t>
+            <t xml:space="preserve">16 500 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 000 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
@@ -6991,616 +7395,931 @@
             </rPr>
             <t xml:space="preserve">20x520</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Потужність: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">373 Вт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Рівень шуму: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4 кг</t>
+            <t xml:space="preserve">1,33 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">370 мм</t>
+            <t xml:space="preserve">407 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Ленточные, Пневматические</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Уровень шума: 88 Дб
-Присоединительная резьба (воздух): 1/4"</t>
+            <t xml:space="preserve">Присоединительная резьба (воздух): 1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>6480</v>
+        <v>8702</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>44</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина стрічкова роликова пневматична Air Pro SA4641</t>
+            <t xml:space="preserve">Шліфмашина стрічкова пневматична Air Pro SA4545</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Стрічкова роликова шліфувальна машина пневматична Air Pro SA4641</t>
+            <t xml:space="preserve">Особливості: стрічкова шліфувальна машина придатна для шліфування труб і зовнішніх радіусів, має змінний кут нахилу  стріли. </t>
           </r>
         </is>
       </c>
       <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металообробка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Очищення поверхонь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">85 л/хв</t>
+            <t xml:space="preserve">113 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7000 об/хв</t>
+            <t xml:space="preserve">16 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 10 000</t>
+            <t xml:space="preserve">10 000 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір абразивної стрічки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">60x270 мм</t>
+            <t xml:space="preserve">20x520 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір стрічки, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">60x270</t>
+            <t xml:space="preserve">20x520</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">373 Вт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Рівень шуму: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">83 Дб</t>
+            <t xml:space="preserve">88 Дб</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,43 кг</t>
+            <t xml:space="preserve">1,4 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">220 мм</t>
+            <t xml:space="preserve">370 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Ленточные, Пневматические</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Уровень шума: 88 Дб
+Присоединительная резьба (воздух): 1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H12" s="2">
-        <v>9718</v>
+        <v>6651</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="150">
       <c r="A13" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D13" s="2" t="s">
         <v>47</v>
-      </c>
-[...2 lines deleted...]
-        <v>48</v>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Блок підготовки повітря 1/2&amp;#8243; Air Pro FRL834</t>
+            <t xml:space="preserve">Шліфмашина стрічкова роликова пневматична Air Pro SA4641</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: блок підготовки повітря FRL834 з різьбою 1/2" призначений для фільтрації частинок середньої величини, оснащений редуктором, передбачена можливість зливу конденсату.</t>
+            <t xml:space="preserve">Стрічкова роликова шліфувальна машина пневматична Air Pro SA4641</t>
           </r>
         </is>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Діаметр різьби: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2500 л/хв</t>
-[...53 lines deleted...]
-            <t xml:space="preserve">5</t>
+            <t xml:space="preserve">85 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">7000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 10 000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір абразивної стрічки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">60x270 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір стрічки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">60x270</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Рівень шуму: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">83 Дб</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,5 кг</t>
+            <t xml:space="preserve">1,43 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.0 - 2.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">220 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H13" s="2">
-        <v>3584</v>
+        <v>9975</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C14" s="2"/>
       <c r="D14" s="2" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Блок підготовки повітря 1/2&amp;#8243; Air Pro FRL834</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Особливості: блок підготовки повітря FRL834 з різьбою 1/2" призначений для фільтрації частинок середньої величини, оснащений редуктором, передбачена можливість зливу конденсату.</t>
+          </r>
+        </is>
+      </c>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Діаметр різьби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/2"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр різьби, дюйми: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2500 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Пропускна спроможність, л/м: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2001 - 3000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Рівень фільтрації: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 5 мікрон</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ступінь очищення, мк: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,5 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H14" s="2">
+        <v>3679</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" customHeight="1" ht="150">
+      <c r="A15" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="C15" s="2"/>
+      <c r="D15" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="E15" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шланг поліуретановий спіральний Air Pro UB651090 (6,5х10х9 м)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Внутрішній діаметр: 6,5 мм
 Зовнішній діаметр: 10 мм
 Довжина (в розтягнутому стані): 9 м
 Робочий тиск: 10 бар
 Приєднувальна різьба (повітря): М1/4"</t>
           </r>
         </is>
       </c>
-      <c r="F14" s="2"/>
-      <c r="G14" s="2" t="inlineStr">
+      <c r="F15" s="2"/>
+      <c r="G15" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Внутрішній діаметр, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Зовнішній діаметр, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
@@ -7614,52 +8333,52 @@
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Длина, м: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">9</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H14" s="2">
-        <v>1113</v>
+      <c r="H15" s="2">
+        <v>1143</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>