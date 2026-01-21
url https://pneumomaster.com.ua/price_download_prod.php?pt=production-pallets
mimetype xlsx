--- v0 (2025-12-06)
+++ v1 (2026-01-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 06.12.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 21.01.2026р.</t>
   </si>
   <si>
     <t>Пневмомастер</t>
   </si>
   <si>
     <t>Кріпильні Інструменти</t>
   </si>
   <si>
     <t>Цвяховбивний</t>
   </si>
   <si>
     <t>MCN55</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пневмопістолет цвяхозабивний MCN55</t>
@@ -2088,51 +2088,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">335x130x295 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>9058</v>
+        <v>9117</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -2295,51 +2295,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3,8 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>12310</v>
+        <v>12389</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -2725,51 +2725,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,5 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>3561</v>
+        <v>3584</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -2823,51 +2823,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вязкість: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5,2 мм2/с</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -2921,51 +2921,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага троса: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,82 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>4346</v>
+        <v>4374</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="2"/>
       <c r="D8" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -3037,51 +3037,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Максимальне навантаження: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">7,0 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>5795</v>
+        <v>5832</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C9" s="2"/>
       <c r="D9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -3138,51 +3138,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Длина, м: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>1846</v>
+        <v>1858</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>