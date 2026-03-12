--- v1 (2026-01-21)
+++ v2 (2026-03-12)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 21.01.2026р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 12.03.2026р.</t>
   </si>
   <si>
     <t>Пневмомастер</t>
   </si>
   <si>
     <t>Кріпильні Інструменти</t>
   </si>
   <si>
     <t>Цвяховбивний</t>
   </si>
   <si>
     <t>MCN55</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пневмопістолет цвяхозабивний MCN55</t>
@@ -2088,51 +2088,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">335x130x295 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>9117</v>
+        <v>9414</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -2295,51 +2295,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3,8 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>12389</v>
+        <v>12793</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -2556,51 +2556,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">302x132x285 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>23152</v>
+        <v>24256</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -2725,51 +2725,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,5 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>3584</v>
+        <v>3701</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -2823,51 +2823,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вязкість: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5,2 мм2/с</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>289</v>
+        <v>299</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -2921,51 +2921,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага троса: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,82 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>4374</v>
+        <v>4517</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="2"/>
       <c r="D8" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -3037,51 +3037,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Максимальне навантаження: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">7,0 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>5832</v>
+        <v>6022</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C9" s="2"/>
       <c r="D9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -3138,51 +3138,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Длина, м: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>1858</v>
+        <v>1919</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>