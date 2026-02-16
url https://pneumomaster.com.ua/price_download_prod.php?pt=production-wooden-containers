--- v0 (2025-11-17)
+++ v1 (2026-02-16)
@@ -14,74 +14,74 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="webp" ContentType="image/webp"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 17.11.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 16.02.2026р.</t>
   </si>
   <si>
     <t>EZ-Fasten</t>
   </si>
   <si>
     <t>Кріпильні Інструменти</t>
   </si>
   <si>
     <t>Каркасний</t>
   </si>
   <si>
     <t>90/25 AC</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пневмопістолет скобозабивний каркасний EZ-Fasten 90/25 AC</t>
@@ -219,50 +219,238 @@
       <t xml:space="preserve">1,2 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розміри: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">250x58x185 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
+    <t>90/40AC</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневмопістолет скобозабивний каркасний EZ-Fasten 90/40AC</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: призначений для декоративного оздоблення, обрамлення картин, кріплення ящиків, кріплення штапиків, кріплення дерев'яних елементів, виробництва меблів.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">E</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">16-40 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">5,7 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Проволока: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,05х1,25 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">4-7 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,55 л/скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,0 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розміри: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">317x72x258 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
     <t>92/25 AC</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пневмопістолет скобозабивний каркасний EZ-Fasten 92/25 AC</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Застосування: призначений для кріплення каркасів м'яких меблів, гіпсокартону, для збирання ящиків, упаковок, станин, перегородок меблів, піддонів.</t>
     </r>
   </si>
   <si>
     <r>
@@ -560,50 +748,256 @@
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1,78 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>Prebena</t>
+  </si>
+  <si>
+    <t>2p-H-30</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Prebena 2P-H30SD</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: призначений для декоративного оздоблення, кріплення ящиків, кріплення штапиків, кріплення дерев'яних елементів, виробництва меблів.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">ojBcL0G7TXU</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип елемента кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">H</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Висота: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">12-30 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ширина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">8,6 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Проволока: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,0х1,25 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">4-7 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,7 л/скоба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,25 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розміри: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">235х57,5х222 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
   </si>
   <si>
     <t>5c-WN-15SNS</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Prebena 5C-WN15SNS</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Застосування: призначений для стикування торців дверей, віконних рам, обрамлення картин, будівельних робіт.</t>
     </r>
   </si>
@@ -2032,238 +2426,50 @@
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1,3 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розміри: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">245х56х244 мм</t>
-    </r>
-[...186 lines deleted...]
-      <t xml:space="preserve">295x70x310 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Блок підготовки</t>
   </si>
   <si>
     <t>FRL834</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
@@ -2551,51 +2757,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sdvvsbdfbsdfb-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/smtsuo-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxcasjyuktcsddaw-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Prebena_5C-WN15SNS-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12yts-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tftsivvas-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mshdtsuk-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EZ-Fasten_F1832VM-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cvdxberw-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_prebena_2p-j50sds_se_02-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vcxvweykjmut-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/oshshchzdhshyavptsu-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/air-prepare_blok-pidgotovku_frl834_1-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zednuvalni_spiralni_ub508060-150x15014.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sdvvsbdfbsdfb-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/iachtstner-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/smtsuo-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zxcasjyuktcsddaw-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/schmenokuuktssv-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Prebena_5C-WN15SNS-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12yts-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tftsivvas-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mshdtsuk-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EZ-Fasten_F1832VM-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cvdxberw-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_prebena_2p-j50sds_se_02-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vcxvweykjmut-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/air-prepare_blok-pidgotovku_frl834_1-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zednuvalni_spiralni_ub508060-150x15015.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2976,50 +3182,80 @@
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -3273,54 +3509,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H15"/>
+  <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H15" sqref="H15"/>
+      <selection activeCell="H16" sqref="H16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -3503,275 +3739,293 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">250x58x185 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>5559</v>
+        <v>5742</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний EZ-Fasten 92/25 AC</t>
+            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний EZ-Fasten 90/40AC</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для кріплення каркасів м'яких меблів, гіпсокартону, для збирання ящиків, упаковок, станин, перегородок меблів, піддонів.</t>
+            <t xml:space="preserve">Застосування: призначений для декоративного оздоблення, обрамлення картин, кріплення ящиків, кріплення штапиків, кріплення дерев'яних елементів, виробництва меблів.</t>
           </r>
         </is>
       </c>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">H</t>
+            <t xml:space="preserve">E</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10-25 мм</t>
+            <t xml:space="preserve">16-40 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8,7 мм</t>
+            <t xml:space="preserve">5,7 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0х1,25 мм</t>
+            <t xml:space="preserve">1,05х1,25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5-7 бар</t>
+            <t xml:space="preserve">4-7 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,55 л/скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,5 кг</t>
+            <t xml:space="preserve">1,0 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">250x58x185 мм</t>
+            <t xml:space="preserve">317x72x258 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>6761</v>
+        <v>9977</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний EZ-Fasten 92/40 АС</t>
+            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний EZ-Fasten 92/25 AC</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для декоративного оздоблення, обрамлення картин, кріплення ящиків, кріплення штапиків, кріплення дерев'яних елементів, виробництва меблів.</t>
+            <t xml:space="preserve">Застосування: призначений для кріплення каркасів м'яких меблів, гіпсокартону, для збирання ящиків, упаковок, станин, перегородок меблів, піддонів.</t>
           </r>
         </is>
       </c>
       <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -3783,866 +4037,830 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16-40 мм</t>
+            <t xml:space="preserve">10-25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8,6 мм</t>
+            <t xml:space="preserve">8,7 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,0х1,25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4-7 бар</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">0,7 л/скоба</t>
+            <t xml:space="preserve">5-7 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,78 кг</t>
+            <t xml:space="preserve">1,5 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розміри: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">250x58x185 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>11830</v>
+        <v>6984</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Prebena 5C-WN15SNS</t>
+            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний EZ-Fasten 92/40 АС</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для стикування торців дверей, віконних рам, обрамлення картин, будівельних робіт.</t>
+            <t xml:space="preserve">Застосування: призначений для декоративного оздоблення, обрамлення картин, кріплення ящиків, кріплення штапиків, кріплення дерев'яних елементів, виробництва меблів.</t>
           </r>
         </is>
       </c>
       <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">WN</t>
+            <t xml:space="preserve">H</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9-15 мм</t>
+            <t xml:space="preserve">16-40 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25 мм</t>
+            <t xml:space="preserve">8,6 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,2 мм</t>
+            <t xml:space="preserve">1,0х1,25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5-8 бар</t>
+            <t xml:space="preserve">4-7 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,65 л/скоба</t>
+            <t xml:space="preserve">0,7 л/скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,4 кг</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">300,5x82x282,5 мм</t>
+            <t xml:space="preserve">1,78 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>39117</v>
+        <v>12221</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет цвяхозабивний MCN55</t>
+            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Prebena 2P-H30SD</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для збірки палет, дерев'яної тари, дерев'яних піддонів, робіт з стелями та стінами, виготовлення огорож, будівельних робіт, обшивки, обробки, облицювання, зовнішніх робіт.</t>
+            <t xml:space="preserve">Застосування: призначений для декоративного оздоблення, кріплення ящиків, кріплення штапиків, кріплення дерев'яних елементів, виробництва меблів.</t>
           </r>
         </is>
       </c>
       <c r="F6" s="2"/>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...29 lines deleted...]
-            <t xml:space="preserve">Виготовлення палет, Виготовлення тари, Кріплення елементів, Монтаж та демонтаж, Ремонтні роботи, Будівництво дерев'яних будинків</t>
+            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">ojBcL0G7TXU</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях</t>
+            <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CNW</t>
+            <t xml:space="preserve">H</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25-55 мм</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">2,1-2,5 мм</t>
+            <t xml:space="preserve">12-30 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">8,6 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Проволока: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,0х1,25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5-8 бар</t>
+            <t xml:space="preserve">4-7 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,7 л/цвях</t>
+            <t xml:space="preserve">0,7 л/скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,88 кг</t>
+            <t xml:space="preserve">1,25 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">335x130x295 мм</t>
+            <t xml:space="preserve">235х57,5х222 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>9058</v>
+        <v>11816</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет цвяхозабивний MCN80</t>
+            <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Prebena 5C-WN15SNS</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для збірки палет, дерев'яної тари, дерев'яних піддонів, робіт з стелями та стінами, виготовлення огорож, будівельних робіт, обшивки, обробки, облицювання, зовнішніх робіт.</t>
+            <t xml:space="preserve">Застосування: призначений для стикування торців дверей, віконних рам, обрамлення картин, будівельних робіт.</t>
           </r>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...29 lines deleted...]
-            <t xml:space="preserve">Виготовлення палет, Виготовлення тари, Кріплення елементів, Монтаж та демонтаж, Ремонтні роботи, Будівництво дерев'яних будинків</t>
+            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">z-XxKaSlTXo</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Цвях</t>
+            <t xml:space="preserve">Скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CNW</t>
+            <t xml:space="preserve">WN</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">50-83 мм</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">2,5-3,3 мм</t>
+            <t xml:space="preserve">9-15 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">25 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Проволока: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2,2 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5-8 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,7 л/цвях</t>
+            <t xml:space="preserve">1,65 л/скоба</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,8 кг</t>
+            <t xml:space="preserve">2,4 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розміри: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">300,5x82x282,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>12310</v>
+        <v>40792</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет цвяхозабивний Prebena 5F-CNF57</t>
+            <t xml:space="preserve">Пневмопістолет цвяхозабивний MCN55</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування:  призначений для виготовлення ящиків, палет, при складанні каркасів, а також при виготовленні обрешітки, крокв.</t>
+            <t xml:space="preserve">Застосування: призначений для збірки палет, дерев'яної тари, дерев'яних піддонів, робіт з стелями та стінами, виготовлення огорож, будівельних робіт, обшивки, обробки, облицювання, зовнішніх робіт.</t>
           </r>
         </is>
       </c>
       <c r="F8" s="2"/>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Деревообробка, Будівництво</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
@@ -4665,939 +4883,920 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CNF</t>
+            <t xml:space="preserve">CNW</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25-57 мм</t>
+            <t xml:space="preserve">25-55 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр стержня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,1-2,3 мм</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">5,8 мм</t>
+            <t xml:space="preserve">2,1-2,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5-8 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,55 л/цвях</t>
+            <t xml:space="preserve">3,7 л/цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,7 кг</t>
+            <t xml:space="preserve">2,88 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">302x132x285 мм</t>
+            <t xml:space="preserve">335x130x295 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>23152</v>
+        <v>9358</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" s="2" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет штифтозабивний EZ-Fasten F18/32VM</t>
+            <t xml:space="preserve">Пневмопістолет цвяхозабивний MCN80</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для робіт в промисловому та домашньому будівництві, при ремонті, обробці.</t>
+            <t xml:space="preserve">Застосування: призначений для збірки палет, дерев'яної тари, дерев'яних піддонів, робіт з стелями та стінами, виготовлення огорож, будівельних робіт, обшивки, обробки, облицювання, зовнішніх робіт.</t>
           </r>
         </is>
       </c>
       <c r="F9" s="2"/>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Деревообробка, Будівництво</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Виготовлення палет, Виготовлення тари, Кріплення елементів, Монтаж та демонтаж, Ремонтні роботи, Будівництво дерев'яних будинків</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штифт</t>
+            <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">J</t>
+            <t xml:space="preserve">CNW</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10-32 мм</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">1,05х1,25 мм</t>
+            <t xml:space="preserve">50-83 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр стержня: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2,5-3,3 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4-6 бар</t>
+            <t xml:space="preserve">5-8 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,7 л/штифт</t>
+            <t xml:space="preserve">3,7 л/цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 кг</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">255x62x205 мм</t>
+            <t xml:space="preserve">3,8 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>5916</v>
+        <v>12716</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет штифтозабивний Prebena 2P-J50SDS</t>
+            <t xml:space="preserve">Пневмопістолет цвяхозабивний Prebena 5F-CNF57</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування:  призначений для промислового та домашнього будівництва, ремонту, різної обробки.</t>
+            <t xml:space="preserve">Застосування:  призначений для виготовлення ящиків, палет, при складанні каркасів, а також при виготовленні обрешітки, крокв.</t>
           </r>
         </is>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">G-JcXkNx42U</t>
+            <t xml:space="preserve">QeAGr2k0XkY?rel=0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Будівництво, Деревообробка</t>
+            <t xml:space="preserve">Деревообробка, Будівництво</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Виготовлення тари, Виробництво вікон та дверей, Встановлення вікон та дверей, Кріплення елементів</t>
+            <t xml:space="preserve">Виготовлення палет, Виготовлення тари, Кріплення елементів, Монтаж та демонтаж, Ремонтні роботи, Будівництво дерев'яних будинків</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Штифт</t>
+            <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">J</t>
+            <t xml:space="preserve">CNF</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16-50 мм</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">2 мм</t>
+            <t xml:space="preserve">25-57 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр стержня: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2,1-2,3 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Диаметр головки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">5,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4-7 бар</t>
+            <t xml:space="preserve">5-8 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,7 л/штифт</t>
+            <t xml:space="preserve">1,55 л/цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,25 кг</t>
+            <t xml:space="preserve">2,7 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">235х57,5х232 мм</t>
+            <t xml:space="preserve">302x132x285 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>9810</v>
+        <v>24143</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>42</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет штифтозабивний Prebena 2P-J50SDS-SE в кейсі та з J-Box</t>
+            <t xml:space="preserve">Пневмопістолет штифтозабивний EZ-Fasten F18/32VM</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Спеціальна пропозиція присвячена 65 річчю Prebena! 
-Застосування:  призначений для промислового та домашнього будівництва, ремонту, різної обробки.</t>
+            <t xml:space="preserve">Застосування: призначений для робіт в промисловому та домашньому будівництві, при ремонті, обробці.</t>
           </r>
         </is>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
-[...52 lines deleted...]
-          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16-50 мм</t>
+            <t xml:space="preserve">10-32 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1,05х1,25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Ширина головки: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4-7 бар</t>
+            <t xml:space="preserve">4-6 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,7 л/штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,25 кг</t>
+            <t xml:space="preserve">1,0 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">235х57,5х232 мм</t>
+            <t xml:space="preserve">255x62x205 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>12753</v>
+        <v>6111</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет штифтозабивний Prebena 2XR-J50</t>
+            <t xml:space="preserve">Пневмопістолет штифтозабивний Prebena 2P-J50SDS</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування:  призначений для оббивки, кріплення ізоляції, робіт з килимовим покриттям, папером, скріплення картинних рам тощо.</t>
+            <t xml:space="preserve">Застосування:  призначений для промислового та домашнього будівництва, ремонту, різної обробки.</t>
           </r>
         </is>
       </c>
       <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">G-JcXkNx42U</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Будівництво, Деревообробка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Виготовлення тари, Виробництво вікон та дверей, Встановлення вікон та дверей, Кріплення елементів</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
@@ -5674,513 +5873,775 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4-7 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,6 л/штифт</t>
+            <t xml:space="preserve">0,7 л/штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,3 кг</t>
+            <t xml:space="preserve">1,25 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">245х56х244 мм</t>
+            <t xml:space="preserve">235х57,5х232 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H12" s="2">
-        <v>4047</v>
+        <v>10230</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="150">
       <c r="A13" s="2" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет штифтозабивний Prebena 3GP-N65</t>
+            <t xml:space="preserve">Пневмопістолет штифтозабивний Prebena 2P-J50SDS-SE в кейсі та з J-Box</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування:  призначений для кріплення плінтуса, видимого опалубка, опалубка карнизів, поручнів, дерев'яних парканів і т.д.</t>
+            <t xml:space="preserve">Спеціальна пропозиція присвячена 65 річчю Prebena! 
+Застосування:  призначений для промислового та домашнього будівництва, ремонту, різної обробки.</t>
           </r>
         </is>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">G-JcXkNx42U</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Будівництво, Деревообробка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Виготовлення тари, Виробництво вікон та дверей, Встановлення вікон та дверей, Кріплення елементів</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">N</t>
+            <t xml:space="preserve">J</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20-65 мм</t>
+            <t xml:space="preserve">16-50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Проволока: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,5х1,65 мм</t>
+            <t xml:space="preserve">1,05х1,25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ширина головки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,8 мм</t>
+            <t xml:space="preserve">2 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5-8 бар</t>
+            <t xml:space="preserve">4-7 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,18 л/штифт</t>
+            <t xml:space="preserve">0,7 л/штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,85 кг</t>
+            <t xml:space="preserve">1,25 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">295x70x310 мм</t>
+            <t xml:space="preserve">235х57,5х232 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H13" s="2">
-        <v>18884</v>
+        <v>13299</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="D14" s="2" t="s">
         <v>50</v>
-      </c>
-[...5 lines deleted...]
-        <v>52</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Блок підготовки повітря 1/2&amp;#8243; Air Pro FRL834</t>
+            <t xml:space="preserve">Пневмопістолет штифтозабивний Prebena 2XR-J50</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: блок підготовки повітря FRL834 з різьбою 1/2" призначений для фільтрації частинок середньої величини, оснащений редуктором, передбачена можливість зливу конденсату.</t>
+            <t xml:space="preserve">Застосування:  призначений для оббивки, кріплення ізоляції, робіт з килимовим покриттям, папером, скріплення картинних рам тощо.</t>
           </r>
         </is>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Діаметр різьби: </t>
-[...29 lines deleted...]
-            <t xml:space="preserve">1.2</t>
+            <t xml:space="preserve">Тип кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Штифт</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип елемента кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">J</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Висота: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">16-50 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Проволока: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,05х1,25 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ширина головки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">4-7 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2500 л/хв</t>
-[...53 lines deleted...]
-            <t xml:space="preserve">5</t>
+            <t xml:space="preserve">0,6 л/штифт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,5 кг</t>
+            <t xml:space="preserve">1,3 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розміри: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">245х56х244 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H14" s="2">
-        <v>3561</v>
+        <v>4220</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="150">
       <c r="A15" s="2" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C15" s="2"/>
       <c r="D15" s="2" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E15" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Блок підготовки повітря 1/2&amp;#8243; Air Pro FRL834</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Особливості: блок підготовки повітря FRL834 з різьбою 1/2" призначений для фільтрації частинок середньої величини, оснащений редуктором, передбачена можливість зливу конденсату.</t>
+          </r>
+        </is>
+      </c>
+      <c r="F15" s="2"/>
+      <c r="G15" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Діаметр різьби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/2"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр різьби, дюйми: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2500 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Пропускна спроможність, л/м: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2001 - 3000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Рівень фільтрації: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 5 мікрон</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ступінь очищення, мк: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,5 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H15" s="2">
+        <v>3679</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" customHeight="1" ht="150">
+      <c r="A16" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B16" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="E16" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шланг поліуретановий спіральний Air Pro UB8012150 (8х12х15 м)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Внутрішній діаметр: 8 мм
 Зовнішній діаметр: 12 мм
 Довжина (в розтягнутому стані): 15 м
 Робочий тиск: 10 бар
 Приєднувальна різьба (повітря): М1/4"</t>
           </r>
         </is>
       </c>
-      <c r="F15" s="2"/>
-      <c r="G15" s="2" t="inlineStr">
+      <c r="F16" s="2"/>
+      <c r="G16" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Внутрішній діаметр, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Зовнішній діаметр, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
@@ -6194,52 +6655,52 @@
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Длина, м: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">15</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H15" s="2">
-        <v>1846</v>
+      <c r="H16" s="2">
+        <v>1907</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>