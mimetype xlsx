--- v0 (2025-12-07)
+++ v1 (2026-02-21)
@@ -14,74 +14,74 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="webp" ContentType="image/webp"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 07.12.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 21.02.2026р.</t>
   </si>
   <si>
     <t>Prebena</t>
   </si>
   <si>
     <t>Кріпильні Інструменти</t>
   </si>
   <si>
     <t>Штифтозабивний</t>
   </si>
   <si>
     <t>2p-J-50 SDS</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пневмопістолет штифтозабивний Prebena 2P-J50SDS</t>
@@ -2010,134 +2010,50 @@
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">0,5 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>Шланги ПУ спіральні</t>
-  </si>
-[...82 lines deleted...]
-    </r>
   </si>
   <si>
     <t>UB651090</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Шланг поліуретановий спіральний Air Pro UB651090 (6,5х10х9 м)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Внутрішній діаметр: 6,5 мм
 Зовнішній діаметр: 10 мм
 Довжина (в розтягнутому стані): 9 м
@@ -2260,51 +2176,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cvdxberw-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_prebena_2p-j50sds_se_02-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/apr-fyvchfchsiaf--150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa45002s-h5_014.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa45008s-h6_015.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4213_01-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4545_01-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/air-prepare_blok-pidgotovku_frl834_1-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zednuvalni_spiralni_ub508060-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zednuvalni_spiralni_ub508060-150x15010.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cvdxberw-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_prebena_2p-j50sds_se_02-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/apr-fyvchfchsiaf--150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa45002s-h5_014.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa45008s-h6_015.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4213_01-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4545_01-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/air-prepare_blok-pidgotovku_frl834_1-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zednuvalni_spiralni_ub508060-150x1509.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2522,80 +2438,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2862,54 +2748,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H11" sqref="H11"/>
+      <selection activeCell="H10" sqref="H10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -3164,51 +3050,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">235х57,5х232 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>9810</v>
+        <v>10230</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -3426,51 +3312,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">235х57,5х232 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>12753</v>
+        <v>13299</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -3669,51 +3555,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">265x60x236,5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>31000</v>
+        <v>32327</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -4040,51 +3926,51 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное
 Эксцентрик: 5 мм
 Тип пылеудаления: Самоотбор</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>7860</v>
+        <v>8119</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -4411,51 +4297,51 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное
 Эксцентрик: 5 мм
 Тип пылеудаления: Самоотбор</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>8350</v>
+        <v>8625</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -4710,51 +4596,51 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное
 Эксцентрик: 40 мм
 Тип пылеудаления: Без отбора пыли</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>6477</v>
+        <v>6691</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -5044,51 +4930,51 @@
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Уровень шума: 88 Дб
 Присоединительная резьба (воздух): 1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>6439</v>
+        <v>6651</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C9" s="2"/>
       <c r="D9" s="2" t="s">
         <v>37</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5213,194 +5099,93 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0,5 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>3561</v>
+        <v>3679</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C10" s="2"/>
       <c r="D10" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
-        <is>
-[...99 lines deleted...]
-      <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шланг поліуретановий спіральний Air Pro UB651090 (6,5х10х9 м)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Внутрішній діаметр: 6,5 мм
 Зовнішній діаметр: 10 мм
 Довжина (в розтягнутому стані): 9 м
 Робочий тиск: 10 бар
 Приєднувальна різьба (повітря): М1/4"</t>
           </r>
         </is>
       </c>
-      <c r="F11" s="2"/>
-      <c r="G11" s="2" t="inlineStr">
+      <c r="F10" s="2"/>
+      <c r="G10" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Внутрішній діаметр, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Зовнішній діаметр, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
@@ -5414,52 +5199,52 @@
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Длина, м: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">9</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H11" s="2">
-        <v>1106</v>
+      <c r="H10" s="2">
+        <v>1143</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>