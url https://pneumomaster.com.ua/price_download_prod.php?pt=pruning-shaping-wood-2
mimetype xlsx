--- v0 (2025-11-04)
+++ v1 (2026-03-12)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 04.11.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 12.03.2026р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Пневмошліфмашинки</t>
   </si>
   <si>
     <t>Орбітальні</t>
   </si>
   <si>
     <t>SA45002S-H5</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова з пилозбірником Air Pro SA45002S-H5</t>
@@ -753,50 +753,385 @@
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Применение: Промышленное
 Эксцентрик: 5 мм
 Тип пылеудаления: Самоотбор</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
+    <t>OSC-60H</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова з центральним відбором пилу Air Pro OSC-60H</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: промислова шліфувальна машина з центральним відбором пилу і діаметром підошви 150 мм, працює беспосередньо з промисловим пилососом, має регулювання обертів, використовується на столярних виробництвах усіх рівнів. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">230 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 000 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Застосування: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Призначення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Промислові</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">150 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр круга, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">150</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ексцентрик: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Ексцентрик, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Корпус: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Композитний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип пиловидалення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Центральний відбір</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">179 Вт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,8 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Эксцентриковые, Пневматические</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Применение: Промышленное
+Эксцентрик: 5 мм
+Корпус: Композитный
+Тип пылеудаления: Центральный отбор</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
     <t>Для пелюсткових насадок</t>
   </si>
   <si>
     <t>SA4522</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Шліфмашина пневматична для пелюсткових і барабанних насадок Air Pro SA4522</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості:шліфувальна машина для пелюсткових і барабанних насадок має невелику вагу та міцний корпус. </t>
     </r>
@@ -2519,134 +2854,50 @@
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">0,5 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>Шланги ПУ спіральні</t>
-  </si>
-[...82 lines deleted...]
-    </r>
   </si>
   <si>
     <t>UB651090</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Шланг поліуретановий спіральний Air Pro UB651090 (6,5х10х9 м)</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Внутрішній діаметр: 6,5 мм
 Зовнішній діаметр: 10 мм
 Довжина (в розтягнутому стані): 9 м
@@ -2769,51 +3020,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa45002s-h5_011.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa45008s-h6_012.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4522_01-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4213_01-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4534pup_015.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa45394pup_016.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4545_01-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4641-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/air-prepare_blok-pidgotovku_frl834_1-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zednuvalni_spiralni_ub508060-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zednuvalni_spiralni_ub508060-150x15011.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa45002s-h5_011.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa45008s-h6_012.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_osn-60h-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4522_01-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4213_01-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4534pup_016.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa45394pup_017.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4545_01-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa4641-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/air-prepare_blok-pidgotovku_frl834_1-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zednuvalni_spiralni_ub508060-150x15011.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3813,51 +4064,51 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное
 Эксцентрик: 5 мм
 Тип пылеудаления: Самоотбор</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>7860</v>
+        <v>8168</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -4184,423 +4435,478 @@
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Применение: Промышленное
 Эксцентрик: 5 мм
 Тип пылеудаления: Самоотбор</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>8350</v>
+        <v>8677</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" s="2" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина пневматична для пелюсткових і барабанних насадок Air Pro SA4522</t>
+            <t xml:space="preserve">Шліфмашина орбітальна пневматична промислова з центральним відбором пилу Air Pro OSC-60H</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості:шліфувальна машина для пелюсткових і барабанних насадок має невелику вагу та міцний корпус. </t>
+            <t xml:space="preserve">Особливості: промислова шліфувальна машина з центральним відбором пилу і діаметром підошви 150 мм, працює беспосередньо з промисловим пилососом, має регулювання обертів, використовується на столярних виробництвах усіх рівнів. </t>
           </r>
         </is>
       </c>
       <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...29 lines deleted...]
-            <t xml:space="preserve">Обрізка та формування, Обробка дерев'яних поверхонь, Обробка країв та кутів, Обробка металевих поверхонь, Очищення поверхонь, Полірування та шліфування поверхонь, Створення декоративних елементів</t>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">230 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2000 об/хв</t>
+            <t xml:space="preserve">10 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 10 000</t>
+            <t xml:space="preserve">10 000 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Розмір підошви: </t>
-[...65 lines deleted...]
-            <t xml:space="preserve">1/4"</t>
+            <t xml:space="preserve">Застосування: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Призначення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">150 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр круга, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">150</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ексцентрик: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ексцентрик, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Корпус: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Композитний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Тип пиловидалення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Центральний відбір</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">179 Вт</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,5 кг</t>
+            <t xml:space="preserve">0,8 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0 - 2.0</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">215 мм</t>
+            <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Валиковые, Пневматические</t>
+            <t xml:space="preserve">Эксцентриковые, Пневматические</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Уровень шума: 80 Дб
-[...1 lines deleted...]
-Корпус: Композитный</t>
+            <t xml:space="preserve">Применение: Промышленное
+Эксцентрик: 5 мм
+Корпус: Композитный
+Тип пылеудаления: Центральный отбор</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>14701</v>
+        <v>14846</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" s="2" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина прямолінійна пневматична Air Pro SA4213</t>
+            <t xml:space="preserve">Шліфмашина пневматична для пелюсткових і барабанних насадок Air Pro SA4522</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: промислова шліфувальна машина без відбору пилу, має регулювання обертів, призначена для шліфування великих площин та чвертей. </t>
+            <t xml:space="preserve">Особливості:шліфувальна машина для пелюсткових і барабанних насадок має невелику вагу та міцний корпус. </t>
           </r>
         </is>
       </c>
       <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Витрата повітря: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">260 л/хв</t>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Деревообробка, Металообробка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Обрізка та формування, Обробка дерев'яних поверхонь, Обробка країв та кутів, Обробка металевих поверхонь, Очищення поверхонь, Полірування та шліфування поверхонь, Створення декоративних елементів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
@@ -4610,537 +4916,575 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 10 000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,2 бар</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">Промислові</t>
+            <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір підошви: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">70х445 мм</t>
+            <t xml:space="preserve">100х100 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір підошви, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">70x445</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">Без відбору пилу</t>
+            <t xml:space="preserve">100x100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Рівень шуму: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">80 Дб</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Композитний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,1 кг</t>
+            <t xml:space="preserve">1,5 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.1 - 5.0</t>
+            <t xml:space="preserve">1.0 - 2.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">215 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Прямые, Эксцентриковые, Пневматические</t>
+            <t xml:space="preserve">Валиковые, Пневматические</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Применение: Промышленное
-[...1 lines deleted...]
-Тип пылеудаления: Без отбора пыли</t>
+            <t xml:space="preserve">Уровень шума: 80 Дб
+Присоединительная резьба (воздух): 1/4"
+Корпус: Композитный</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>6477</v>
+        <v>15277</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D6" s="2" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина стрічкова пневматична Air Pro SA4534PUP</t>
+            <t xml:space="preserve">Шліфмашина прямолінійна пневматична Air Pro SA4213</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: стрічкова шліфувальна машина має ультратонку стрічку. </t>
+            <t xml:space="preserve">Особливості: промислова шліфувальна машина без відбору пилу, має регулювання обертів, призначена для шліфування великих площин та чвертей. </t>
           </r>
         </is>
       </c>
       <c r="F6" s="2"/>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">113,2 л/хв</t>
+            <t xml:space="preserve">260 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16 500 об/хв</t>
+            <t xml:space="preserve">2000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 000 і більше</t>
+            <t xml:space="preserve">до 10 000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,3 бар</t>
-[...89 lines deleted...]
-            <t xml:space="preserve">1/4"</t>
+            <t xml:space="preserve">6,2 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Застосування: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Призначення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Промислові</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір підошви: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">70х445 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір підошви, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">70x445</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ексцентрик: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">40 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип пиловидалення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Без відбору пилу</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,88 кг</t>
+            <t xml:space="preserve">3,1 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 1.0</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">326 мм</t>
+            <t xml:space="preserve">3.1 - 5.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Прямые, Эксцентриковые, Пневматические</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Применение: Промышленное
+Эксцентрик: 40 мм
+Тип пылеудаления: Без отбора пыли</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>5365</v>
+        <v>6731</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина стрічкова пневматична Air Pro SA4539PUP</t>
+            <t xml:space="preserve">Шліфмашина стрічкова пневматична Air Pro SA4534PUP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Стрічкова шліфувальна машина пневматична Air Pro SA4539PUP</t>
+            <t xml:space="preserve">Особливості: стрічкова шліфувальна машина має ультратонку стрічку. </t>
           </r>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">113,2 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -5188,312 +5532,258 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір абразивної стрічки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20x520 мм</t>
+            <t xml:space="preserve">10x330 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір стрічки, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20x520</t>
+            <t xml:space="preserve">10x330</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Потужність: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">373 Вт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Рівень шуму: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">85 Дб</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,33 кг</t>
+            <t xml:space="preserve">0,88 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0 - 2.0</t>
+            <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">407 мм</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">Присоединительная резьба (воздух): 1/4"</t>
+            <t xml:space="preserve">326 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>8424</v>
+        <v>5576</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина стрічкова пневматична Air Pro SA4545</t>
+            <t xml:space="preserve">Шліфмашина стрічкова пневматична Air Pro SA4539PUP</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: стрічкова шліфувальна машина придатна для шліфування труб і зовнішніх радіусів, має змінний кут нахилу  стріли. </t>
+            <t xml:space="preserve">Стрічкова шліфувальна машина пневматична Air Pro SA4539PUP</t>
           </r>
         </is>
       </c>
       <c r="F8" s="2"/>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">113 л/хв</t>
+            <t xml:space="preserve">113,2 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16 000 об/хв</t>
+            <t xml:space="preserve">16 500 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 000 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
@@ -5545,683 +5835,897 @@
             </rPr>
             <t xml:space="preserve">20x520</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Потужність: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">373 Вт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Рівень шуму: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4 кг</t>
+            <t xml:space="preserve">1,33 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">370 мм</t>
+            <t xml:space="preserve">407 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Ленточные, Пневматические</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Уровень шума: 88 Дб
-Присоединительная резьба (воздух): 1/4"</t>
+            <t xml:space="preserve">Присоединительная резьба (воздух): 1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>6439</v>
+        <v>8754</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шліфмашина стрічкова роликова пневматична Air Pro SA4641</t>
+            <t xml:space="preserve">Шліфмашина стрічкова пневматична Air Pro SA4545</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Стрічкова роликова шліфувальна машина пневматична Air Pro SA4641</t>
+            <t xml:space="preserve">Особливості: стрічкова шліфувальна машина придатна для шліфування труб і зовнішніх радіусів, має змінний кут нахилу  стріли. </t>
           </r>
         </is>
       </c>
       <c r="F9" s="2"/>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металообробка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Очищення поверхонь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">85 л/хв</t>
+            <t xml:space="preserve">113 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7000 об/хв</t>
+            <t xml:space="preserve">16 000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання, об/хв: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 10 000</t>
+            <t xml:space="preserve">10 000 і більше</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір абразивної стрічки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">60x270 мм</t>
+            <t xml:space="preserve">20x520 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір стрічки, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">60x270</t>
+            <t xml:space="preserve">20x520</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">373 Вт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Рівень шуму: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">83 Дб</t>
+            <t xml:space="preserve">88 Дб</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,43 кг</t>
+            <t xml:space="preserve">1,4 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">220 мм</t>
+            <t xml:space="preserve">370 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Ленточные, Пневматические</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Дополнительные характеристики (розетка): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Уровень шума: 88 Дб
+Присоединительная резьба (воздух): 1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>9656</v>
+        <v>6691</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D10" s="2" t="s">
         <v>38</v>
-      </c>
-[...2 lines deleted...]
-        <v>39</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Блок підготовки повітря 1/2&amp;#8243; Air Pro FRL834</t>
+            <t xml:space="preserve">Шліфмашина стрічкова роликова пневматична Air Pro SA4641</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: блок підготовки повітря FRL834 з різьбою 1/2" призначений для фільтрації частинок середньої величини, оснащений редуктором, передбачена можливість зливу конденсату.</t>
+            <t xml:space="preserve">Стрічкова роликова шліфувальна машина пневматична Air Pro SA4641</t>
           </r>
         </is>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Діаметр різьби: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2500 л/хв</t>
-[...53 lines deleted...]
-            <t xml:space="preserve">5</t>
+            <t xml:space="preserve">85 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">7000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання, об/хв: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 10 000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір абразивної стрічки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">60x270 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір стрічки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">60x270</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Рівень шуму: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">83 Дб</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,5 кг</t>
+            <t xml:space="preserve">1,43 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.0 - 2.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">220 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>3561</v>
+        <v>10035</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шланг поліуретановий спіральний Air Pro UB6510150 (6,5х10х15 м)</t>
+            <t xml:space="preserve">Блок підготовки повітря 1/2&amp;#8243; Air Pro FRL834</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Внутрішній діаметр: 6,5 мм
-[...3 lines deleted...]
-Приєднувальна різьба (повітря): М1/4"</t>
+            <t xml:space="preserve">Особливості: блок підготовки повітря FRL834 з різьбою 1/2" призначений для фільтрації частинок середньої величини, оснащений редуктором, передбачена можливість зливу конденсату.</t>
           </r>
         </is>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Внутрішній діаметр, мм: </t>
-[...47 lines deleted...]
-            <t xml:space="preserve">15</t>
+            <t xml:space="preserve">Діаметр різьби: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/2"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр різьби, дюйми: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2500 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Пропускна спроможність, л/м: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2001 - 3000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Рівень фільтрації: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 5 мікрон</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ступінь очищення, мк: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,5 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>1442</v>
+        <v>3701</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C12" s="2"/>
       <c r="D12" s="2" t="s">
         <v>46</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шланг поліуретановий спіральний Air Pro UB651090 (6,5х10х9 м)</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Внутрішній діаметр: 6,5 мм
@@ -6270,51 +6774,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Длина, м: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">9</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H12" s="2">
-        <v>1106</v>
+        <v>1149</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>