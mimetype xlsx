--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 11.10.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 25.11.2025р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Мембранні насоси</t>
   </si>
   <si>
     <t>VAP-A31U</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Мембранна помпа 1&amp;#8243; пневматична Air Pro VAP-A31U</t>
     </r>
     <r>
       <t xml:space="preserve">