--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 25.11.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 11.01.2026р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Мембранні насоси</t>
   </si>
   <si>
     <t>VAP-A31U</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Мембранна помпа 1&amp;#8243; пневматична Air Pro VAP-A31U</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -2612,51 +2612,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">29x16x39 см</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>52581</v>
+        <v>52921</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2"/>
       <c r="D3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -2907,51 +2907,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">26x19x30 см</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>41792</v>
+        <v>42062</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2"/>
       <c r="D4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -3202,51 +3202,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">26x19x30 см</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>32461</v>
+        <v>32670</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -3497,51 +3497,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">28x19x30 см</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>22856</v>
+        <v>23004</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -3792,51 +3792,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">26x19x30 см</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>40240</v>
+        <v>40500</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4033,51 +4033,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">42x41x81 см</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>18952</v>
+        <v>19075</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2"/>
       <c r="D8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4328,51 +4328,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">21x17x23 см</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>10301</v>
+        <v>10368</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>