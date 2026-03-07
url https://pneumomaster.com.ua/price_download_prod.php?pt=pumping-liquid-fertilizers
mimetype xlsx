--- v2 (2026-01-11)
+++ v3 (2026-03-07)
@@ -14,74 +14,74 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="webp" ContentType="image/webp"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 11.01.2026р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 07.03.2026р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Мембранні насоси</t>
   </si>
   <si>
     <t>VAP-A31U</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Мембранна помпа 1&amp;#8243; пневматична Air Pro VAP-A31U</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -1400,328 +1400,50 @@
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">9,8 кг (с подставкой)</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розміри: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">42x41x81 см</t>
-    </r>
-[...276 lines deleted...]
-      <t xml:space="preserve">21x17x23 см</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -1764,51 +1486,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_vap-a20u_01-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_dp-4-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_vap-a20u_01-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_vap-pp20t-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_vap-s20u-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_dp-4-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_vap-a20u_01-150x1507.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_vap-a20u_01-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_dp-4-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_vap-a20u_01-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_vap-pp20t-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_vap-s20u-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_dp-4-150x1506.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1936,80 +1658,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2276,54 +1968,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H8" sqref="H8"/>
+      <selection activeCell="H7" sqref="H7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -2612,51 +2304,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">29x16x39 см</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>52921</v>
+        <v>54644</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2"/>
       <c r="D3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -2907,51 +2599,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">26x19x30 см</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>42062</v>
+        <v>43432</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2"/>
       <c r="D4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -3202,51 +2894,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">26x19x30 см</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>32670</v>
+        <v>33734</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -3497,51 +3189,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">28x19x30 см</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>23004</v>
+        <v>23753</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -3792,51 +3484,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">26x19x30 см</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>40500</v>
+        <v>41819</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4033,346 +3725,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">42x41x81 см</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>19075</v>
-[...294 lines deleted...]
-        <v>10368</v>
+        <v>19696</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>