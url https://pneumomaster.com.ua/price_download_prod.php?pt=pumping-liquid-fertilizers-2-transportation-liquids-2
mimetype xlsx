--- v0 (2025-10-23)
+++ v1 (2025-12-12)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 23.10.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 12.12.2025р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Мембранні насоси</t>
   </si>
   <si>
     <t>VAP-A31U</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Мембранна помпа 1&amp;#8243; пневматична Air Pro VAP-A31U</t>
     </r>
     <r>
       <t xml:space="preserve">