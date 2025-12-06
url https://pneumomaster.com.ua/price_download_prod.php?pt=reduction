--- v0 (2025-10-16)
+++ v1 (2025-12-06)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 16.10.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 06.12.2025р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Редуктори</t>
   </si>
   <si>
     <t>R804</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Регулятор тиску (редуктор) 1/2&amp;#8243; Air Pro R804</t>
     </r>
     <r>
       <t xml:space="preserve">