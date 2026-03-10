--- v1 (2025-12-06)
+++ v2 (2026-03-10)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 06.12.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 10.03.2026р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Редуктори</t>
   </si>
   <si>
     <t>R804</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Регулятор тиску (редуктор) 1/2&amp;#8243; Air Pro R804</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -642,51 +642,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">До 10 атм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>966</v>
+        <v>1003</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>