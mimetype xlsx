--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -15,74 +15,74 @@
   <Default Extension="webp" ContentType="image/webp"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 11.10.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 25.11.2025р.</t>
   </si>
   <si>
     <t>Prebena</t>
   </si>
   <si>
     <t>Кріпильні Інструменти</t>
   </si>
   <si>
     <t>Каркасний</t>
   </si>
   <si>
     <t>3GP-H40.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Prebena 3GP-H40</t>
@@ -1657,310 +1657,50 @@
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2,7 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розміри: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">302x132x285 мм</t>
-    </r>
-[...258 lines deleted...]
-      <t xml:space="preserve">386x142x369 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>7XR-RK-90</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пневмопістолет цвяхозабивний Prebena 7XR-RK90</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
@@ -2642,51 +2382,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/smytsukotsa-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3gp-l40-150x1502.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Prebena_4C-L50-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/brohm-vv-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12yts-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tftsivvas-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mshdtsuk-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ypnrka3-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7xr-rk90-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/004-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/003-150x15011.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/smytsukotsa-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3gp-l40-150x1502.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Prebena_4C-L50-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/brohm-vv-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12yts-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tftsivvas-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mshdtsuk-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7xr-rk90-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/004-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/003-150x15010.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2934,80 +2674,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3274,54 +2984,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H12" sqref="H12"/>
+      <selection activeCell="H11" sqref="H11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -5080,990 +4790,711 @@
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет цвяхозабивний Prebena 7F-CNW90</t>
+            <t xml:space="preserve">Пневмопістолет цвяхозабивний Prebena 7XR-RK90</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування:  призначений для виготовлення ящиків, палет, збірки каркасів, а також для виготовлення обрешітки, крокв.</t>
+            <t xml:space="preserve">Застосування:  призначений для виготовлення стелажів, рам, дерев'яних коробок, обрешітки, дерев'яних збірних будинків, різних робіт в будівництві дерев'яних будинків.</t>
           </r>
         </is>
       </c>
       <c r="F9" s="2"/>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R1FFGPzKyZ0?rel=0, vQnn-XX5Hig?rel=0</t>
+            <t xml:space="preserve">P8jkorzpzZQ</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Деревообробка, Будівництво</t>
+            <t xml:space="preserve">Будівництво</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип задачі: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Виготовлення палет, Виготовлення тари, Кріплення елементів, Монтаж та демонтаж, Ремонтні роботи, Будівництво дерев'яних будинків</t>
+            <t xml:space="preserve">Будівництво дерев'яних будинків, Монтаж та демонтаж, Ремонтні роботи</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип елемента кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CNW</t>
+            <t xml:space="preserve">RK</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Висота: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45-90 мм</t>
+            <t xml:space="preserve">50-90 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр стержня: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,5-3,1 мм</t>
+            <t xml:space="preserve">2,8-3,1 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Диаметр головки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">7,4 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ємність магазину: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">200-300 цвяхів</t>
+            <t xml:space="preserve">50 цвяхів</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5-7 бар</t>
+            <t xml:space="preserve">4-7 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,0 л/цвях</t>
+            <t xml:space="preserve">2,0 л/цвях</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,7 кг</t>
+            <t xml:space="preserve">3,2 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">386x142x369 мм</t>
+            <t xml:space="preserve">530x110x370 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>24329</v>
+        <v>11527</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="C10" s="2"/>
       <c r="D10" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневмопістолет цвяхозабивний Prebena 7XR-RK90</t>
+            <t xml:space="preserve">Компресор електричний Prebena VIGON 240</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування:  призначений для виготовлення стелажів, рам, дерев'яних коробок, обрешітки, дерев'яних збірних будинків, різних робіт в будівництві дерев'яних будинків.</t>
+            <t xml:space="preserve">Застосування: призначений для роботи на місцях обслуговування клієнтів, в будинках, майстернях та багато іншого.</t>
           </r>
         </is>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Youtube code (in URL after "watch?v="): </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Будівництво</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Тип задачі: </t>
-[...119 lines deleted...]
-            <t xml:space="preserve">50 цвяхів</t>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">160 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4-7 бар</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">2,0 л/цвях</t>
+            <t xml:space="preserve">8 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2850 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Ресивер: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">24 л</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Двигун: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1500 Вт</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Напруга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">230 В</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,2 кг</t>
+            <t xml:space="preserve">25 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">530x110x370 мм</t>
+            <t xml:space="preserve">600x340x570 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>11527</v>
+        <v>11674</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2" t="s">
         <v>42</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Компресор електричний Prebena VIGON 240</t>
+            <t xml:space="preserve">Компресор електричний Prebena VIGON 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Застосування: призначений для роботи на місцях обслуговування клієнтів, в будинках, майстернях та багато іншого.</t>
+            <t xml:space="preserve">Застосування: призначений для роботи на виробництвах, будівництвах, в майстернях, для польових досліджень та багато іншого.</t>
           </r>
         </is>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Будівництво</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">160 л/хв</t>
+            <t xml:space="preserve">190 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8 бар</t>
+            <t xml:space="preserve">9 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2850 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Ресивер: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">24 л</t>
+            <t xml:space="preserve">50 л</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Двигун: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1500 Вт</t>
+            <t xml:space="preserve">1800 Вт</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Напруга: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">230 В</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25 кг</t>
+            <t xml:space="preserve">35 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">600x340x570 мм</t>
+            <t xml:space="preserve">750x400x700 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>11674</v>
-[...203 lines deleted...]
-      <c r="H12" s="2">
         <v>15696</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>