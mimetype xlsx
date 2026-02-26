--- v1 (2025-11-25)
+++ v2 (2026-02-26)
@@ -15,74 +15,74 @@
   <Default Extension="webp" ContentType="image/webp"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 25.11.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 26.02.2026р.</t>
   </si>
   <si>
     <t>Prebena</t>
   </si>
   <si>
     <t>Кріпильні Інструменти</t>
   </si>
   <si>
     <t>Каркасний</t>
   </si>
   <si>
     <t>3GP-H40.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пневмопістолет скобозабивний каркасний Prebena 3GP-H40</t>
@@ -2108,238 +2108,50 @@
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">25 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розміри: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">600x340x570 мм</t>
-    </r>
-[...186 lines deleted...]
-      <t xml:space="preserve">750x400x700 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -2382,51 +2194,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/smytsukotsa-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3gp-l40-150x1502.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Prebena_4C-L50-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/brohm-vv-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12yts-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tftsivvas-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mshdtsuk-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7xr-rk90-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/004-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/003-150x15010.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/smytsukotsa-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3gp-l40-150x1502.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Prebena_4C-L50-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/brohm-vv-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12yts-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tftsivvas-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mshdtsuk-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7xr-rk90-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/004-150x1509.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2644,80 +2456,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2984,54 +2766,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H11" sqref="H11"/>
+      <selection activeCell="H10" sqref="H10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -3286,51 +3068,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">260x70x300 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>21042</v>
+        <v>21943</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -3547,51 +3329,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">260x70x300 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>15107</v>
+        <v>15754</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -3808,51 +3590,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">360х85х283 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>18884</v>
+        <v>19693</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -4069,51 +3851,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">220x155x49 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>6475</v>
+        <v>6752</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -4294,51 +4076,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">335x130x295 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>9058</v>
+        <v>9358</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -4501,51 +4283,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3,8 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>12310</v>
+        <v>12716</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -4762,51 +4544,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">302x132x285 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>23152</v>
+        <v>24143</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -5041,51 +4823,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">530x110x370 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>11527</v>
+        <v>12020</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C10" s="2"/>
       <c r="D10" s="2" t="s">
         <v>39</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5246,256 +5028,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розміри: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">600x340x570 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>11674</v>
-[...204 lines deleted...]
-        <v>15696</v>
+        <v>12174</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>