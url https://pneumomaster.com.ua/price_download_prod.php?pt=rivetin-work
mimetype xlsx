--- v0 (2025-11-04)
+++ v1 (2025-12-31)
@@ -15,74 +15,74 @@
   <Default Extension="webp" ContentType="image/webp"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 04.11.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 31.12.2025р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Пневматичні заклепочники</t>
   </si>
   <si>
     <t>Витяжний</t>
   </si>
   <si>
     <t>SA8806</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Заклепочник пневматичний витяжний Air Pro SA8806</t>
@@ -758,238 +758,50 @@
       <t xml:space="preserve">3.1 - 5.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">400 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>P840</t>
-[...186 lines deleted...]
-  <si>
     <t>P866</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Заклепочник пневматичний витяжний P866</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: витяжний пневматичний заклепувальний пістолет P866 для 4,8 / 6,4 мм алюмінієвих або сталевих заклепок, використовується на підприємствах, що працюють з металоконструкціями.</t>
     </r>
   </si>
   <si>
     <r>
@@ -2791,50 +2603,74 @@
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">210 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
+    <t>SA8875S</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневматичний розсвердлювач для зняття заклепок з упором-фіксатором Air Pro SA8875S</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: пневматичний розсвердлювач для зняття заклепок з упором-фіксатором з діаметром фрези 13 мм.</t>
+    </r>
+  </si>
+  <si>
     <t>Прес-заклепочник</t>
   </si>
   <si>
     <t>SA-SC3001B</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прес-заклепочник пневматичний Air Pro SA-SC3001B</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: промисловий прес-заклепочник SA-SC3001B для алюмінієвих заклепок діаметром 3,2 мм та сталевих заклепок діаметром 2,4 мм; відстань між зажимами у закритому стані становить 33,5 мм; максимальний хід затискачів становить 14,27 мм. </t>
     </r>
@@ -2940,444 +2776,50 @@
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2.1 - 3.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">260 мм</t>
-    </r>
-[...392 lines deleted...]
-      <t xml:space="preserve">284 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -3420,51 +2862,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/y-1-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ts-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa8820-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zaklepohcnik_seria_p-150x1504.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zaklepohcnik_seria_p_2-150x1505.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/t-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_air_pro_sa8813_01-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zaklepohcnik_a912_01-150x1508.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ia-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ia-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/s-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_pneumatic_rivet_gun_c-series_01-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ts-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-sc3001b_0114.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-sc3002a-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-sc3004b-150x15016.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/y-1-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ts-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa8820-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zaklepohcnik_seria_p_2-150x1504.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/t-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_air_pro_sa8813_01-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zaklepohcnik_a912_01-150x1507.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ia-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ia-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/s-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_pneumatic_rivet_gun_c-series_01-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ts-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/y-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-sc3001b_0114.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3845,110 +3287,50 @@
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...58 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -4202,54 +3584,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H17"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H17" sqref="H17"/>
+      <selection activeCell="H15" sqref="H15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -4486,51 +3868,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>5098</v>
+        <v>5130</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -4765,51 +4147,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>12116</v>
+        <v>12194</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -5008,176 +4390,176 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">400 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>0</v>
+        <v>39967</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2"/>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Заклепочник пневматичний витяжний P840</t>
+            <t xml:space="preserve">Заклепочник пневматичний витяжний P866</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: витяжний пневматичний заклепувальний пістолет P840 для 2,4 / 3,2 / 4,0 мм алюмінієвих або сталевих заклепок, використовується на підприємствах, що працюють з металоконструкціями.</t>
+            <t xml:space="preserve">Особливості: витяжний пневматичний заклепувальний пістолет P866 для 4,8 / 6,4 мм алюмінієвих або сталевих заклепок, використовується на підприємствах, що працюють з металоконструкціями.</t>
           </r>
         </is>
       </c>
       <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Діаметр заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,4 / 3,2 / 4,0 мм</t>
+            <t xml:space="preserve">4,8 / 6,4 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Диаметр вытяжной заклепки, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.4, 3.2, 4.0</t>
+            <t xml:space="preserve">4.8, 6.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">алюміній, сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Потужність: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4,6 кН</t>
+            <t xml:space="preserve">18,5 кН</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина витягу: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18 мм</t>
+            <t xml:space="preserve">26 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Рівень шуму: </t>
           </r>
@@ -5187,445 +4569,483 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">70 Дб</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,05 кг</t>
+            <t xml:space="preserve">2,0 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>9390</v>
+        <v>13883</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
-      <c r="A6" s="2"/>
+      <c r="A6" s="2" t="s">
+        <v>8</v>
+      </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Заклепочник пневматичний витяжний P866</t>
+            <t xml:space="preserve">Заклепочник пневматичний витяжний вакуумний Air Pro SA8802V</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: витяжний пневматичний заклепувальний пістолет P866 для 4,8 / 6,4 мм алюмінієвих або сталевих заклепок, використовується на підприємствах, що працюють з металоконструкціями.</t>
+            <t xml:space="preserve">Особливості: легкий та надійний промисловий заклепувальний пістолет з діапазоном діаметрів заклепок 2,4 - 4,8 мм, призначений для конвеєрного збору та використовується на підприємствах, що працюють з металоконструкціями.</t>
           </r>
         </is>
       </c>
       <c r="F6" s="2"/>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Діаметр заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4,8 / 6,4 мм</t>
+            <t xml:space="preserve">2,4 / 3,2 / 4,0 / 4,8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Диаметр вытяжной заклепки, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4.8, 6.4</t>
+            <t xml:space="preserve">2.4, 3.2, 4.0, 4.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">алюміній, сталь</t>
+            <t xml:space="preserve">алюміній</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Потужність: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18,5 кН</t>
+            <t xml:space="preserve">900 кг/фут</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність, кг/фут: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2,0 л/цикл</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина витягу: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26 мм</t>
+            <t xml:space="preserve">16 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Рівень шуму: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">70 Дб</t>
+            <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 кг</t>
+            <t xml:space="preserve">1,6 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>13794</v>
+        <v>20909</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Заклепочник пневматичний витяжний вакуумний Air Pro SA8802V</t>
+            <t xml:space="preserve">Заклепочник пневматичний витяжний для спецзаклепок Air Pro SA8813</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: легкий та надійний промисловий заклепувальний пістолет з діапазоном діаметрів заклепок 2,4 - 4,8 мм, призначений для конвеєрного збору та використовується на підприємствах, що працюють з металоконструкціями.</t>
+            <t xml:space="preserve">Особливості: промисловий заклепувальний пістолет для заклепок діаметром 4,8 та 6,4 мм, розрахований на роботу із сталевими заклепками та спецзаклепками: моноболти та Т-заклепки. </t>
           </r>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Діаметр заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,4 / 3,2 / 4,0 / 4,8 мм</t>
+            <t xml:space="preserve">4,8 / 6,4 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Диаметр вытяжной заклепки, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.4, 3.2, 4.0, 4.8</t>
+            <t xml:space="preserve">4.8, 6.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">алюміній</t>
+            <t xml:space="preserve">сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Потужність: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">900 кг/фут</t>
+            <t xml:space="preserve">1745 кг/фут</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Потужність, кг/фут: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 1000</t>
+            <t xml:space="preserve">1501 - 2000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 л/цикл</t>
+            <t xml:space="preserve">2,5 л/цикл</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина витягу: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16 мм</t>
+            <t xml:space="preserve">18 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
           </r>
@@ -5635,670 +5055,652 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,6 кг</t>
+            <t xml:space="preserve">1,8 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>20775</v>
+        <v>20242</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
-      <c r="A8" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A8" s="2"/>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Заклепочник пневматичний витяжний для спецзаклепок Air Pro SA8813</t>
+            <t xml:space="preserve">Заклепочник пневматичний для різьбових заклепок A912</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: промисловий заклепувальний пістолет для заклепок діаметром 4,8 та 6,4 мм, розрахований на роботу із сталевими заклепками та спецзаклепками: моноболти та Т-заклепки. </t>
+            <t xml:space="preserve">Особливості: різьбовій заклепувальний пістолет A912 для заклепок з діапазоном діаметрів 3 - 12 мм, використовується на підприємствах, що працюють з металоконструкціями. </t>
           </r>
         </is>
       </c>
       <c r="F8" s="2"/>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металообробка, Механозбірка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Заклепочні роботи</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Діаметр заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4,8 / 6,4 мм</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">4.8, 6.4</t>
+            <t xml:space="preserve">М3 / М4 / М5 / М6 / М8 / М10 / М12 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр різьбової заклепки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">M3, М10, М12, М4, М5, М6, М8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">сталь</t>
+            <t xml:space="preserve">алюміній, сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Потужність: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1745 кг/фут</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">1501 - 2000</t>
+            <t xml:space="preserve">19,1 кН</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2000 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,5 л/цикл</t>
+            <t xml:space="preserve">4,6 л/цикл</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина витягу: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18 мм</t>
+            <t xml:space="preserve">7 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,8 кг</t>
+            <t xml:space="preserve">2,2 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0 - 2.0</t>
+            <t xml:space="preserve">2.1 - 3.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>20112</v>
+        <v>26083</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
-      <c r="A9" s="2"/>
+      <c r="A9" s="2" t="s">
+        <v>8</v>
+      </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Заклепочник пневматичний для різьбових заклепок A912</t>
+            <t xml:space="preserve">Заклепочник пневматичний для різьбових заклепок Air Pro SA8906-М10</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: різьбовій заклепувальний пістолет A912 для заклепок з діапазоном діаметрів 3 - 12 мм, використовується на підприємствах, що працюють з металоконструкціями. </t>
+            <t xml:space="preserve">Особливості: різьбовий заклепувальний пістолет для заклепок діаметром M10 мм, конструкція 4Gear.</t>
           </r>
         </is>
       </c>
       <c r="F9" s="2"/>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Діаметр заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">М3 / М4 / М5 / М6 / М8 / М10 / М12 мм</t>
+            <t xml:space="preserve">М10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр різьбової заклепки, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">M3, М10, М12, М4, М5, М6, М8</t>
+            <t xml:space="preserve">М10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">алюміній, сталь</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">19,1 кН</t>
+            <t xml:space="preserve">нержавіюча сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2000 об/хв</t>
+            <t xml:space="preserve">100 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4,6 л/цикл</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">7 мм</t>
+            <t xml:space="preserve">57 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,2 кг</t>
+            <t xml:space="preserve">1,9 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.1 - 3.0</t>
+            <t xml:space="preserve">1.0 - 2.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">228 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>25916</v>
+        <v>17280</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Заклепочник пневматичний для різьбових заклепок Air Pro SA8906-М10</t>
+            <t xml:space="preserve">Заклепочник пневматичний для різьбових заклепок Air Pro SA8906-М12</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: різьбовий заклепувальний пістолет для заклепок діаметром M10 мм, конструкція 4Gear.</t>
+            <t xml:space="preserve">Особливості: різьбовий заклепувальний пістолет для заклепок діаметром M12 мм, конструкція 4Gear.</t>
           </r>
         </is>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Діаметр заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">М10 мм</t>
+            <t xml:space="preserve">М12 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр різьбової заклепки, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">М10</t>
+            <t xml:space="preserve">М12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">нержавіюча сталь</t>
+            <t xml:space="preserve">сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">100 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
@@ -6388,178 +5790,142 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">228 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>17169</v>
+        <v>17280</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>39</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Заклепочник пневматичний для різьбових заклепок Air Pro SA8906-М12</t>
+            <t xml:space="preserve">Заклепочник пневматичний для різьбових заклепок Air Pro SA8958</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: різьбовий заклепувальний пістолет для заклепок діаметром M12 мм, конструкція 4Gear.</t>
+            <t xml:space="preserve">Особливості: різьбовий заклепувальний пістолет для заклепок діаметром 10 та 12 мм.</t>
           </r>
         </is>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Діаметр заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">М12 мм</t>
+            <t xml:space="preserve">М10 / М12 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр різьбової заклепки, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">М12</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">сталь</t>
+            <t xml:space="preserve">М10, М12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">100 об/хв</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">57 л/хв</t>
+            <t xml:space="preserve">400 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
@@ -6569,524 +5935,542 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,9 кг</t>
+            <t xml:space="preserve">1,29 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...16 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>17169</v>
+        <v>12571</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
-      <c r="A12" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A12" s="2"/>
       <c r="B12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Заклепочник пневматичний для різьбових заклепок Air Pro SA8958</t>
+            <t xml:space="preserve">Пневматичний витяжний заклепочник під потайну заклепку C866</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: різьбовий заклепувальний пістолет для заклепок діаметром 10 та 12 мм.</t>
+            <t xml:space="preserve">Особливості: витяжний заклепувальний пістолет C866 призначений для роботи з потайними заклепками діаметром 4,8 / 6,4 мм, використовується на підприємствах, що працюють з металоконструкціями.</t>
           </r>
         </is>
       </c>
       <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Діаметр заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">М10 / М12 мм</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">400 об/хв</t>
+            <t xml:space="preserve">4,8 / 6,4 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Диаметр вытяжной заклепки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">4.8, 6.4</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал заклепки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">всі матеріали</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">18,68 кН</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Рівень шуму: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">75 Дб</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина витягу: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">17 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,3 бар</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">1/4"</t>
+            <t xml:space="preserve">6-7 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,29 кг</t>
+            <t xml:space="preserve">1,64 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
+          <r>
+            <t xml:space="preserve">Розміри: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">276x312x134 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
         </is>
       </c>
       <c r="H12" s="2">
-        <v>12491</v>
+        <v>12545</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="150">
-      <c r="A13" s="2"/>
+      <c r="A13" s="2" t="s">
+        <v>8</v>
+      </c>
       <c r="B13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневматичний витяжний заклепочник під потайну заклепку C866</t>
+            <t xml:space="preserve">Пневматичний розсвердлювач для зняття заклепок Air Pro SA8990</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: витяжний заклепувальний пістолет C866 призначений для роботи з потайними заклепками діаметром 4,8 / 6,4 мм, використовується на підприємствах, що працюють з металоконструкціями.</t>
+            <t xml:space="preserve">Особливості: пневматичний розсвердлювач для зняття заклепок з діаметром фрези 13 мм.</t>
           </r>
         </is>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Діаметр заклепки: </t>
-[...47 lines deleted...]
-            <t xml:space="preserve">всі матеріали</t>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металообробка, Механозбірка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Заклепочні роботи, Монтаж та демонтаж</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Потужність: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18,68 кН</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">17 мм</t>
+            <t xml:space="preserve">0,67 кВт</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">21 000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">124,5 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6-7 бар</t>
+            <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,64 кг</t>
+            <t xml:space="preserve">1,0 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Розміри: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">276x312x134 мм</t>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">210 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H13" s="2">
-        <v>12465</v>
+        <v>11881</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневматичний розсвердлювач для зняття заклепок Air Pro SA8990</t>
+            <t xml:space="preserve">Пневматичний розсвердлювач для зняття заклепок з упором-фіксатором Air Pro SA8875S</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: пневматичний розсвердлювач для зняття заклепок з діаметром фрези 13 мм.</t>
+            <t xml:space="preserve">Особливості: пневматичний розсвердлювач для зняття заклепок з упором-фіксатором з діаметром фрези 13 мм.</t>
           </r>
         </is>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Металообробка, Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -7214,65 +6598,65 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">210 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H14" s="2">
-        <v>11804</v>
+        <v>13559</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="150">
       <c r="A15" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D15" s="2" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Прес-заклепочник пневматичний Air Pro SA-SC3001B</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: промисловий прес-заклепочник SA-SC3001B для алюмінієвих заклепок діаметром 3,2 мм та сталевих заклепок діаметром 2,4 мм; відстань між зажимами у закритому стані становить 33,5 мм; максимальний хід затискачів становить 14,27 мм. </t>
           </r>
         </is>
       </c>
       <c r="F15" s="2"/>
@@ -7385,483 +6769,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">260 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H15" s="2">
-        <v>33446</v>
-[...431 lines deleted...]
-        <v>49361</v>
+        <v>33662</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>