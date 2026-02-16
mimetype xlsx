--- v1 (2025-12-31)
+++ v2 (2026-02-16)
@@ -1,88 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="webp" ContentType="image/webp"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 31.12.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 16.02.2026р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Пневматичні заклепочники</t>
   </si>
   <si>
     <t>Витяжний</t>
   </si>
   <si>
     <t>SA8806</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Заклепочник пневматичний витяжний Air Pro SA8806</t>
@@ -274,1619 +275,51 @@
       <t xml:space="preserve">1,8 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>SA8808</t>
-[...1118 lines deleted...]
-  <si>
     <t>Різьбовий</t>
-  </si>
-[...446 lines deleted...]
-    </r>
   </si>
   <si>
     <t>SA8906-M12</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Заклепочник пневматичний для різьбових заклепок Air Pro SA8906-М12</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: різьбовий заклепувальний пістолет для заклепок діаметром M12 мм, конструкція 4Gear.</t>
     </r>
   </si>
@@ -2051,196 +484,429 @@
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">228 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>SA8958</t>
+    <t>Прес-заклепочник</t>
   </si>
   <si>
-    <r>
-[...9 lines deleted...]
-      <t xml:space="preserve">Заклепочник пневматичний для різьбових заклепок Air Pro SA8958</t>
+    <t>SA-SC3001B</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Прес-заклепочник пневматичний Air Pro SA-SC3001B</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Особливості: різьбовий заклепувальний пістолет для заклепок діаметром 10 та 12 мм.</t>
+      <t xml:space="preserve">Особливості: промисловий прес-заклепочник SA-SC3001B для алюмінієвих заклепок діаметром 3,2 мм та сталевих заклепок діаметром 2,4 мм; відстань між зажимами у закритому стані становить 33,5 мм; максимальний хід затискачів становить 14,27 мм. </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Діаметр заклепки: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">М10 / М12 мм</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">М10, М12</t>
+      <t xml:space="preserve">3,2 (алюміній) / 2,4 (сталь) мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал заклепки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">алюміній, сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,1 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.1 - 3.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">260 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Размер алюминиевой заклепки, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3.2</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір сталевої заклепки, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.4</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>Розсвердлювачі (заклепок)</t>
+  </si>
+  <si>
+    <t>Для зняття заклепок</t>
+  </si>
+  <si>
+    <t>SA8990</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Пневматичний розсвердлювач для зняття заклепок Air Pro SA8990</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: пневматичний розсвердлювач для зняття заклепок з діаметром фрези 13 мм.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Металообробка, Механозбірка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Заклепочні роботи, Монтаж та демонтаж</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,67 кВт</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Швидкість обертання: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">400 об/хв</t>
+      <t xml:space="preserve">21 000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">124,5 л/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Робочий тиск: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">6,3 бар</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
-      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
-[...16 lines deleted...]
-    <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,29 кг</t>
+      <t xml:space="preserve">1,0 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1.0 - 2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">210 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>Під потайну заклепку, Витяжний</t>
   </si>
   <si>
     <t>C866</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пневматичний витяжний заклепочник під потайну заклепку C866</t>
     </r>
     <r>
@@ -2412,417 +1078,2254 @@
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Розміри: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">276x312x134 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>Для зняття заклепок</t>
+    <t>Підтримка</t>
   </si>
   <si>
-    <t>SA8990</t>
+    <t>SRV-10</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Пневматичний розсвердлювач для зняття заклепок Air Pro SA8990</t>
+      <t xml:space="preserve">Підтримка з віброзахистом для заклепочника Air Pro SRV-10</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Особливості: пневматичний розсвердлювач для зняття заклепок з діаметром фрези 13 мм.</t>
+      <t xml:space="preserve">Підтримка з віброзахистом для заклепочника Air Pro SRV-10.
+</t>
     </r>
   </si>
   <si>
     <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,1 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Диаметр головки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">48 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA8958</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Заклепочник пневматичний для різьбових заклепок Air Pro SA8958</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: різьбовий заклепувальний пістолет для заклепок діаметром 10 та 12 мм.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Діаметр заклепки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">М10 / М12 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр різьбової заклепки, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">М10, М12</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">400 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,29 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0 - 2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA8941</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Заклепочник пневматичний для різьбових заклепок Air Pro SA8941</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: різьбовий заклепувальний пістолет для заклепок діаметром M6 та M8 мм. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Діаметр заклепки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">М6 / М8 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр різьбової заклепки, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">М6, М8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">600 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">141 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">9,5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,19 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0 - 2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">200 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA8906-М10</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Заклепочник пневматичний для різьбових заклепок Air Pro SA8906-М10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: різьбовий заклепувальний пістолет для заклепок діаметром M10 мм, конструкція 4Gear.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Діаметр заклепки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">М10 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр різьбової заклепки, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">М10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал заклепки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">нержавіюча сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">100 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">57 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,9 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0 - 2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">228 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA8808</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Заклепочник пневматичний витяжний Air Pro SA8808</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: легкий та надійний промисловий заклепувальний пістолет для заклепок з діапазоном діаметрів 2,4 - 6,4 мм, використовується на підприємствах, що працюють з металоконструкціями, охоплює весь діапазон діаметрів заклепок.</t>
+    </r>
+  </si>
+  <si>
+    <r>
       <t xml:space="preserve">Сфера промисловості: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Металообробка, Механозбірка</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип задачі: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Заклепочні роботи, Монтаж та демонтаж</t>
+      <t xml:space="preserve">Заклепочні роботи</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр заклепки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,4 / 3,2 / 4,0 / 4,8 / 6,4 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Диаметр вытяжной заклепки, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.4, 3.2, 4.0, 4.8, 6.4</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал заклепки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">алюміній</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Потужність: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0,67 кВт</t>
+      <t xml:space="preserve">1603 кг/фут</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність, кг/фут: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1501 - 2000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 л/цикл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина витягу: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">14 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">8 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,8 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0 - 2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>A912</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Заклепочник пневматичний для різьбових заклепок A912</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: різьбовій заклепувальний пістолет A912 для заклепок з діапазоном діаметрів 3 - 12 мм, використовується на підприємствах, що працюють з металоконструкціями. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Сфера промисловості: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Металообробка, Механозбірка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип задачі: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Заклепочні роботи</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр заклепки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">М3 / М4 / М5 / М6 / М8 / М10 / М12 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Діаметр різьбової заклепки, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">M3, М10, М12, М4, М5, М6, М8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал заклепки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">алюміній, сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">19,1 кН</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Швидкість обертання: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21 000 об/хв</t>
+      <t xml:space="preserve">2000 об/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Витрата повітря: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">124,5 л/хв</t>
+      <t xml:space="preserve">4,6 л/цикл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина витягу: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">7 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Робочий тиск: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">6,3 бар</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,0 кг</t>
+      <t xml:space="preserve">2,2 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
+      <t xml:space="preserve">2.1 - 3.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA8813</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Заклепочник пневматичний витяжний для спецзаклепок Air Pro SA8813</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: промисловий заклепувальний пістолет для заклепок діаметром 4,8 та 6,4 мм, розрахований на роботу із сталевими заклепками та спецзаклепками: моноболти та Т-заклепки. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Діаметр заклепки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">4,8 / 6,4 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Диаметр вытяжной заклепки, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">4.8, 6.4</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал заклепки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1745 кг/фут</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність, кг/фут: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1501 - 2000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,5 л/цикл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина витягу: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">18 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">8 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,8 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
+  </si>
+  <si>
+    <t>SA8802V</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Заклепочник пневматичний витяжний вакуумний Air Pro SA8802V</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: легкий та надійний промисловий заклепувальний пістолет з діапазоном діаметрів заклепок 2,4 - 4,8 мм, призначений для конвеєрного збору та використовується на підприємствах, що працюють з металоконструкціями.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Діаметр заклепки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,4 / 3,2 / 4,0 / 4,8 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Диаметр вытяжной заклепки, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.4, 3.2, 4.0, 4.8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал заклепки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">алюміній</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">900 кг/фут</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність, кг/фут: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 л/цикл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина витягу: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">16 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">8 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,6 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0 - 2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>P866</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Заклепочник пневматичний витяжний P866</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: витяжний пневматичний заклепувальний пістолет P866 для 4,8 / 6,4 мм алюмінієвих або сталевих заклепок, використовується на підприємствах, що працюють з металоконструкціями.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Діаметр заклепки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">4,8 / 6,4 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Диаметр вытяжной заклепки, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">4.8, 6.4</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал заклепки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">алюміній, сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">18,5 кН</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина витягу: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">26 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Рівень шуму: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">70 Дб</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,0 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0 - 2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>P840</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Заклепочник пневматичний витяжний P840</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: витяжний пневматичний заклепувальний пістолет P840 для 2,4 / 3,2 / 4,0 мм алюмінієвих або сталевих заклепок, використовується на підприємствах, що працюють з металоконструкціями.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Діаметр заклепки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,4 / 3,2 / 4,0 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Диаметр вытяжной заклепки, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2.4, 3.2, 4.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал заклепки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">алюміній, сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">4,6 кН</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина витягу: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">18 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Рівень шуму: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">70 Дб</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,05 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0 - 2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA8820</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Заклепочник пневматичний витяжний Air Pro SA8820</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: потужний заклепувальний пістолет для заклепок з діапазоном діаметрів 3,2 - 6,3 мм.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Діаметр заклепки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3,2 / 4,0 / 4,8 / 6,3 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Диаметр вытяжной заклепки, мм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3.2, 4.0, 4.8, 6.3</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Матеріал заклепки: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">алюміній</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2500 кг/фут</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Потужність, кг/фут: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2001 і більше</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина витягу: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">23 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1/4"</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3,6 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3.1 - 5.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">210 мм</t>
-[...3 lines deleted...]
-    </r>
+      <t xml:space="preserve">400 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>Пневмоінструмент для зняття заклепок</t>
   </si>
   <si>
     <t>SA8875S</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Пневматичний розсвердлювач для зняття заклепок з упором-фіксатором Air Pro SA8875S</t>
+      <t xml:space="preserve">Розсвердлювач для зняття заклепок з упором-фіксатором пневматичний для авіабудування Air Pro SA8875S</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Особливості: пневматичний розсвердлювач для зняття заклепок з упором-фіксатором з діаметром фрези 13 мм.</t>
-[...154 lines deleted...]
-      <t xml:space="preserve">; </t>
+      <t xml:space="preserve">Особливості: пневматичний розсвердлювач для зняття заклепок з упором-фіксатором з діаметром фрези 13 мм для авіаційних робіт.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -2862,51 +3365,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/y-1-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ts-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa8820-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zaklepohcnik_seria_p_2-150x1504.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/t-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_air_pro_sa8813_01-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zaklepohcnik_a912_01-150x1507.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ia-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ia-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/s-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_pneumatic_rivet_gun_c-series_01-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ts-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/y-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-sc3001b_0114.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/y-1-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ia-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-sc3001b_013.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ts-150x1504.webp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_pneumatic_rivet_gun_c-series_01-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/srv-10-150x1506.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/s-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sa8941-150x1508.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ia-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ts-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zaklepohcnik_a912_01-150x15011.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_air_pro_sa8813_01-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/t-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zaklepohcnik_seria_p_2-150x15014.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zaklepohcnik_seria_p-150x15015.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa8820-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/y-150x15017.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3287,50 +3790,140 @@
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1666875" cy="1666875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -3584,54 +4177,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H15"/>
+  <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H15" sqref="H15"/>
+      <selection activeCell="H18" sqref="H18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -3868,475 +4461,349 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>5130</v>
+        <v>5266</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="D3" s="2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Заклепочник пневматичний витяжний Air Pro SA8808</t>
+            <t xml:space="preserve">Заклепочник пневматичний для різьбових заклепок Air Pro SA8906-М12</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: легкий та надійний промисловий заклепувальний пістолет для заклепок з діапазоном діаметрів 2,4 - 6,4 мм, використовується на підприємствах, що працюють з металоконструкціями, охоплює весь діапазон діаметрів заклепок.</t>
+            <t xml:space="preserve">Особливості: різьбовий заклепувальний пістолет для заклепок діаметром M12 мм, конструкція 4Gear.</t>
           </r>
         </is>
       </c>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Діаметр заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,4 / 3,2 / 4,0 / 4,8 / 6,4 мм</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">2.4, 3.2, 4.0, 4.8, 6.4</t>
+            <t xml:space="preserve">М12 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр різьбової заклепки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">М12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">алюміній</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">1501 - 2000</t>
+            <t xml:space="preserve">сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">100 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 л/цикл</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">14 мм</t>
+            <t xml:space="preserve">57 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">8 мм</t>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,8 кг</t>
+            <t xml:space="preserve">1,9 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">228 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>12194</v>
+        <v>18092</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Заклепочник пневматичний витяжний Air Pro SA8820</t>
+            <t xml:space="preserve">Прес-заклепочник пневматичний Air Pro SA-SC3001B</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: потужний заклепувальний пістолет для заклепок з діапазоном діаметрів 3,2 - 6,3 мм.</t>
+            <t xml:space="preserve">Особливості: промисловий прес-заклепочник SA-SC3001B для алюмінієвих заклепок діаметром 3,2 мм та сталевих заклепок діаметром 2,4 мм; відстань між зажимами у закритому стані становить 33,5 мм; максимальний хід затискачів становить 14,27 мм. </t>
           </r>
         </is>
       </c>
       <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Діаметр заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,2 / 4,0 / 4,8 / 6,3 мм</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">3.2, 4.0, 4.8, 6.3</t>
+            <t xml:space="preserve">3,2 (алюміній) / 2,4 (сталь) мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">алюміній</t>
-[...53 lines deleted...]
-            <t xml:space="preserve">23 мм</t>
+            <t xml:space="preserve">алюміній, сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
@@ -4346,1361 +4813,1130 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,6 кг</t>
+            <t xml:space="preserve">2,1 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.1 - 5.0</t>
+            <t xml:space="preserve">2.1 - 3.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">400 мм</t>
+            <t xml:space="preserve">260 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Размер алюминиевой заклепки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3.2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір сталевої заклепки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>39967</v>
+        <v>33662</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
-      <c r="A5" s="2"/>
+      <c r="A5" s="2" t="s">
+        <v>8</v>
+      </c>
       <c r="B5" s="2" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Заклепочник пневматичний витяжний P866</t>
+            <t xml:space="preserve">Пневматичний розсвердлювач для зняття заклепок Air Pro SA8990</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: витяжний пневматичний заклепувальний пістолет P866 для 4,8 / 6,4 мм алюмінієвих або сталевих заклепок, використовується на підприємствах, що працюють з металоконструкціями.</t>
+            <t xml:space="preserve">Особливості: пневматичний розсвердлювач для зняття заклепок з діаметром фрези 13 мм.</t>
           </r>
         </is>
       </c>
       <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Діаметр заклепки: </t>
-[...47 lines deleted...]
-            <t xml:space="preserve">алюміній, сталь</t>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металообробка, Механозбірка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Заклепочні роботи, Монтаж та демонтаж</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Потужність: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18,5 кН</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">26 мм</t>
+            <t xml:space="preserve">0,67 кВт</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">21 000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">124,5 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Рівень шуму: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,0 кг</t>
+            <t xml:space="preserve">1,0 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">210 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>13883</v>
+        <v>12194</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
-      <c r="A6" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A6" s="2"/>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Заклепочник пневматичний витяжний вакуумний Air Pro SA8802V</t>
+            <t xml:space="preserve">Пневматичний витяжний заклепочник під потайну заклепку C866</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: легкий та надійний промисловий заклепувальний пістолет з діапазоном діаметрів заклепок 2,4 - 4,8 мм, призначений для конвеєрного збору та використовується на підприємствах, що працюють з металоконструкціями.</t>
+            <t xml:space="preserve">Особливості: витяжний заклепувальний пістолет C866 призначений для роботи з потайними заклепками діаметром 4,8 / 6,4 мм, використовується на підприємствах, що працюють з металоконструкціями.</t>
           </r>
         </is>
       </c>
       <c r="F6" s="2"/>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Діаметр заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,4 / 3,2 / 4,0 / 4,8 мм</t>
+            <t xml:space="preserve">4,8 / 6,4 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Диаметр вытяжной заклепки, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.4, 3.2, 4.0, 4.8</t>
+            <t xml:space="preserve">4.8, 6.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">алюміній</t>
+            <t xml:space="preserve">всі матеріали</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Потужність: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">900 кг/фут</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">2,0 л/цикл</t>
+            <t xml:space="preserve">18,68 кН</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Рівень шуму: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">75 Дб</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина витягу: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16 мм</t>
+            <t xml:space="preserve">17 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,3 бар</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">8 мм</t>
+            <t xml:space="preserve">6-7 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,6 кг</t>
+            <t xml:space="preserve">1,64 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
+          <r>
+            <t xml:space="preserve">Розміри: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">276x312x134 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>20909</v>
+        <v>12876</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Заклепочник пневматичний витяжний для спецзаклепок Air Pro SA8813</t>
+            <t xml:space="preserve">Підтримка з віброзахистом для заклепочника Air Pro SRV-10</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: промисловий заклепувальний пістолет для заклепок діаметром 4,8 та 6,4 мм, розрахований на роботу із сталевими заклепками та спецзаклепками: моноболти та Т-заклепки. </t>
+            <t xml:space="preserve">Підтримка з віброзахистом для заклепочника Air Pro SRV-10.
+</t>
           </r>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Діаметр заклепки: </t>
-[...160 lines deleted...]
-          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,8 кг</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">1.0 - 2.0</t>
+            <t xml:space="preserve">1,1 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Диаметр головки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">48 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>20242</v>
+        <v>8757</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
-      <c r="A8" s="2"/>
+      <c r="A8" s="2" t="s">
+        <v>8</v>
+      </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Заклепочник пневматичний для різьбових заклепок A912</t>
+            <t xml:space="preserve">Заклепочник пневматичний для різьбових заклепок Air Pro SA8958</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: різьбовій заклепувальний пістолет A912 для заклепок з діапазоном діаметрів 3 - 12 мм, використовується на підприємствах, що працюють з металоконструкціями. </t>
+            <t xml:space="preserve">Особливості: різьбовий заклепувальний пістолет для заклепок діаметром 10 та 12 мм.</t>
           </r>
         </is>
       </c>
       <c r="F8" s="2"/>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...34 lines deleted...]
-          <r>
             <t xml:space="preserve">Діаметр заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">М3 / М4 / М5 / М6 / М8 / М10 / М12 мм</t>
+            <t xml:space="preserve">М10 / М12 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр різьбової заклепки, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">M3, М10, М12, М4, М5, М6, М8</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">19,1 кН</t>
+            <t xml:space="preserve">М10, М12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2000 об/хв</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">7 мм</t>
+            <t xml:space="preserve">400 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1/4"</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,2 кг</t>
+            <t xml:space="preserve">1,29 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.1 - 3.0</t>
+            <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>26083</v>
+        <v>12903</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Заклепочник пневматичний для різьбових заклепок Air Pro SA8906-М10</t>
+            <t xml:space="preserve">Заклепочник пневматичний для різьбових заклепок Air Pro SA8941</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: різьбовий заклепувальний пістолет для заклепок діаметром M10 мм, конструкція 4Gear.</t>
+            <t xml:space="preserve">Особливості: різьбовий заклепувальний пістолет для заклепок діаметром M6 та M8 мм. </t>
           </r>
         </is>
       </c>
       <c r="F9" s="2"/>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Діаметр заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">М10 мм</t>
+            <t xml:space="preserve">М6 / М8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр різьбової заклепки, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">М10</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">нержавіюча сталь</t>
+            <t xml:space="preserve">М6, М8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">100 об/хв</t>
+            <t xml:space="preserve">600 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">57 л/хв</t>
+            <t xml:space="preserve">141 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">9,5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,9 кг</t>
+            <t xml:space="preserve">1,19 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">228 мм</t>
+            <t xml:space="preserve">200 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>17280</v>
+        <v>21505</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Заклепочник пневматичний для різьбових заклепок Air Pro SA8906-М12</t>
+            <t xml:space="preserve">Заклепочник пневматичний для різьбових заклепок Air Pro SA8906-М10</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: різьбовий заклепувальний пістолет для заклепок діаметром M12 мм, конструкція 4Gear.</t>
+            <t xml:space="preserve">Особливості: різьбовий заклепувальний пістолет для заклепок діаметром M10 мм, конструкція 4Gear.</t>
           </r>
         </is>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Діаметр заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">М12 мм</t>
+            <t xml:space="preserve">М10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Діаметр різьбової заклепки, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">М12</t>
+            <t xml:space="preserve">М10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">сталь</t>
+            <t xml:space="preserve">нержавіюча сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">100 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
@@ -5790,1030 +6026,1935 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">228 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>17280</v>
+        <v>17736</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Заклепочник пневматичний для різьбових заклепок Air Pro SA8958</t>
+            <t xml:space="preserve">Заклепочник пневматичний витяжний Air Pro SA8808</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: різьбовий заклепувальний пістолет для заклепок діаметром 10 та 12 мм.</t>
+            <t xml:space="preserve">Особливості: легкий та надійний промисловий заклепувальний пістолет для заклепок з діапазоном діаметрів 2,4 - 6,4 мм, використовується на підприємствах, що працюють з металоконструкціями, охоплює весь діапазон діаметрів заклепок.</t>
           </r>
         </is>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металообробка, Механозбірка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Заклепочні роботи</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Діаметр заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">М10 / М12 мм</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">400 об/хв</t>
+            <t xml:space="preserve">2,4 / 3,2 / 4,0 / 4,8 / 6,4 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Диаметр вытяжной заклепки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.4, 3.2, 4.0, 4.8, 6.4</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал заклепки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">алюміній</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1603 кг/фут</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність, кг/фут: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1501 - 2000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2,0 л/цикл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина витягу: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">14 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
-[...11 lines deleted...]
-            <t xml:space="preserve">1/4"</t>
+            <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,29 кг</t>
+            <t xml:space="preserve">1,8 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>12571</v>
+        <v>12516</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2"/>
       <c r="B12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневматичний витяжний заклепочник під потайну заклепку C866</t>
+            <t xml:space="preserve">Заклепочник пневматичний для різьбових заклепок A912</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: витяжний заклепувальний пістолет C866 призначений для роботи з потайними заклепками діаметром 4,8 / 6,4 мм, використовується на підприємствах, що працюють з металоконструкціями.</t>
+            <t xml:space="preserve">Особливості: різьбовій заклепувальний пістолет A912 для заклепок з діапазоном діаметрів 3 - 12 мм, використовується на підприємствах, що працюють з металоконструкціями. </t>
           </r>
         </is>
       </c>
       <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металообробка, Механозбірка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Заклепочні роботи</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Діаметр заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4,8 / 6,4 мм</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">4.8, 6.4</t>
+            <t xml:space="preserve">М3 / М4 / М5 / М6 / М8 / М10 / М12 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Діаметр різьбової заклепки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">M3, М10, М12, М4, М5, М6, М8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">всі матеріали</t>
+            <t xml:space="preserve">алюміній, сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Потужність: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18,68 кН</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">75 Дб</t>
+            <t xml:space="preserve">19,1 кН</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">4,6 л/цикл</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина витягу: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17 мм</t>
+            <t xml:space="preserve">7 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6-7 бар</t>
+            <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,64 кг</t>
+            <t xml:space="preserve">2,2 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0 - 2.0</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">276x312x134 мм</t>
+            <t xml:space="preserve">2.1 - 3.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H12" s="2">
-        <v>12545</v>
+        <v>23900</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="150">
       <c r="A13" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневматичний розсвердлювач для зняття заклепок Air Pro SA8990</t>
+            <t xml:space="preserve">Заклепочник пневматичний витяжний для спецзаклепок Air Pro SA8813</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: пневматичний розсвердлювач для зняття заклепок з діаметром фрези 13 мм.</t>
+            <t xml:space="preserve">Особливості: промисловий заклепувальний пістолет для заклепок діаметром 4,8 та 6,4 мм, розрахований на роботу із сталевими заклепками та спецзаклепками: моноболти та Т-заклепки. </t>
           </r>
         </is>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...29 lines deleted...]
-            <t xml:space="preserve">Заклепочні роботи, Монтаж та демонтаж</t>
+            <t xml:space="preserve">Діаметр заклепки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">4,8 / 6,4 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Диаметр вытяжной заклепки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">4.8, 6.4</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал заклепки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Потужність: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,67 кВт</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">21 000 об/хв</t>
+            <t xml:space="preserve">1745 кг/фут</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність, кг/фут: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1501 - 2000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">124,5 л/хв</t>
+            <t xml:space="preserve">2,5 л/цикл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина витягу: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">18 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">8 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 кг</t>
+            <t xml:space="preserve">1,8 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...16 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H13" s="2">
-        <v>11881</v>
+        <v>20776</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пневматичний розсвердлювач для зняття заклепок з упором-фіксатором Air Pro SA8875S</t>
+            <t xml:space="preserve">Заклепочник пневматичний витяжний вакуумний Air Pro SA8802V</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: пневматичний розсвердлювач для зняття заклепок з упором-фіксатором з діаметром фрези 13 мм.</t>
+            <t xml:space="preserve">Особливості: легкий та надійний промисловий заклепувальний пістолет з діапазоном діаметрів заклепок 2,4 - 4,8 мм, призначений для конвеєрного збору та використовується на підприємствах, що працюють з металоконструкціями.</t>
           </r>
         </is>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Сфера промисловості: </t>
-[...29 lines deleted...]
-            <t xml:space="preserve">Заклепочні роботи, Монтаж та демонтаж</t>
+            <t xml:space="preserve">Діаметр заклепки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2,4 / 3,2 / 4,0 / 4,8 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Диаметр вытяжной заклепки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.4, 3.2, 4.0, 4.8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал заклепки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">алюміній</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Потужність: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,67 кВт</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">21 000 об/хв</t>
+            <t xml:space="preserve">900 кг/фут</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність, кг/фут: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1000</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">124,5 л/хв</t>
+            <t xml:space="preserve">2,0 л/цикл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина витягу: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">16 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">8 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,0 кг</t>
+            <t xml:space="preserve">1,6 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...16 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H14" s="2">
-        <v>13559</v>
+        <v>21460</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="150">
-      <c r="A15" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A15" s="2"/>
       <c r="B15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Прес-заклепочник пневматичний Air Pro SA-SC3001B</t>
+            <t xml:space="preserve">Заклепочник пневматичний витяжний P866</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: промисловий прес-заклепочник SA-SC3001B для алюмінієвих заклепок діаметром 3,2 мм та сталевих заклепок діаметром 2,4 мм; відстань між зажимами у закритому стані становить 33,5 мм; максимальний хід затискачів становить 14,27 мм. </t>
+            <t xml:space="preserve">Особливості: витяжний пневматичний заклепувальний пістолет P866 для 4,8 / 6,4 мм алюмінієвих або сталевих заклепок, використовується на підприємствах, що працюють з металоконструкціями.</t>
           </r>
         </is>
       </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Діаметр заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3,2 (алюміній) / 2,4 (сталь) мм</t>
+            <t xml:space="preserve">4,8 / 6,4 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Диаметр вытяжной заклепки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">4.8, 6.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Матеріал заклепки: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">алюміній, сталь</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">18,5 кН</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина витягу: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">26 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Рівень шуму: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">70 Дб</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2,0 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.0 - 2.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H15" s="2">
+        <v>14249</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" customHeight="1" ht="150">
+      <c r="A16" s="2"/>
+      <c r="B16" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="E16" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Заклепочник пневматичний витяжний P840</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Особливості: витяжний пневматичний заклепувальний пістолет P840 для 2,4 / 3,2 / 4,0 мм алюмінієвих або сталевих заклепок, використовується на підприємствах, що працюють з металоконструкціями.</t>
+          </r>
+        </is>
+      </c>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Діаметр заклепки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2,4 / 3,2 / 4,0 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Диаметр вытяжной заклепки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2.4, 3.2, 4.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал заклепки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">алюміній, сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">4,6 кН</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина витягу: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">18 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Рівень шуму: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">70 Дб</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,05 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.0 - 2.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H16" s="2">
+        <v>9700</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" customHeight="1" ht="150">
+      <c r="A17" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E17" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Заклепочник пневматичний витяжний Air Pro SA8820</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Особливості: потужний заклепувальний пістолет для заклепок з діапазоном діаметрів 3,2 - 6,3 мм.</t>
+          </r>
+        </is>
+      </c>
+      <c r="F17" s="2"/>
+      <c r="G17" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Діаметр заклепки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3,2 / 4,0 / 4,8 / 6,3 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Диаметр вытяжной заклепки, мм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3.2, 4.0, 4.8, 6.3</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Матеріал заклепки: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">алюміній</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2500 кг/фут</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність, кг/фут: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2001 і більше</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина витягу: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">23 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Приєднувальна різьба (повітря): </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1/4"</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,1 кг</t>
+            <t xml:space="preserve">3,6 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.1 - 3.0</t>
+            <t xml:space="preserve">3.1 - 5.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260 мм</t>
+            <t xml:space="preserve">400 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
-      <c r="H15" s="2">
-        <v>33662</v>
+      <c r="H17" s="2">
+        <v>39967</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" customHeight="1" ht="150">
+      <c r="A18" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="E18" s="2" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Розсвердлювач для зняття заклепок з упором-фіксатором пневматичний для авіабудування Air Pro SA8875S</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">Особливості: пневматичний розсвердлювач для зняття заклепок з упором-фіксатором з діаметром фрези 13 мм для авіаційних робіт.</t>
+          </r>
+        </is>
+      </c>
+      <c r="F18" s="2"/>
+      <c r="G18" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Сфера промисловості: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металообробка, Механозбірка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип задачі: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Заклепочні роботи, Монтаж та демонтаж</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Потужність: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,67 кВт</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Швидкість обертання: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">21 000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">124,5 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1,0 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1.0 - 2.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">210 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+        </is>
+      </c>
+      <c r="H18" s="2">
+        <v>13916</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>