--- v0 (2025-10-03)
+++ v1 (2026-01-08)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 03.10.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 08.01.2026р.</t>
   </si>
   <si>
     <t>Prebena</t>
   </si>
   <si>
     <t>Шуруповерти</t>
   </si>
   <si>
     <t>9A-MGS55************1</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Акумуляторний шуруповерт для саморізів Prebena 9A-MGS55</t>
     </r>
     <r>
       <t xml:space="preserve">