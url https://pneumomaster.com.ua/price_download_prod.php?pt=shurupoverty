--- v0 (2025-10-15)
+++ v1 (2026-03-08)
@@ -15,74 +15,74 @@
   <Default Extension="webp" ContentType="image/webp"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 15.10.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 08.03.2026р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Пневмодрилі</t>
   </si>
   <si>
     <t>Пістолетного типу</t>
   </si>
   <si>
     <t>SA-A48DPN</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Дриль-шуруповерт пневматичний пістолетного типу Air Pro SA-A48DPN</t>
@@ -274,71 +274,74 @@
       <t xml:space="preserve">1,05 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">до 1.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>SA-A58DPN</t>
+    <t>Прямий</t>
   </si>
   <si>
-    <r>
-[...9 lines deleted...]
-      <t xml:space="preserve">Дриль-шуруповерт пневматичний пістолетного типу Air Pro SA-A58DPN</t>
+    <t>SA-A58LDN</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Дриль-шуруповерт пневматичний прямий Air Pro SA-A58LDN</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Особливості: дриль-шуруповерт пістолетного типу, з швидкозажимним патроном 10 мм, може працювати як шуруповерт завдяки наявності муфти, потужний, ергономічний та тихий, зручний для роботи лівою і правою рукою, має точне регулювання крутного моменту, без вібрації.</t>
+      <t xml:space="preserve">Особливості: дриль-шуруповерт прямий, з швидкозажимний патроном 10 мм, може працювати як шуруповерт завдяки наявності муфти, потужний, ергономічний та тихий, зручний для конвейєрного збирання, без вібрації.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Сфера промисловості: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Механозбірка</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип задачі: </t>
     </r>
     <r>
@@ -419,156 +422,135 @@
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Крутний момент: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13 Нм</t>
+      <t xml:space="preserve">0,9-9,0 Нм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Крутний момент, Нм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10 - 20</t>
+      <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Реверс: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Є</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">6,3 бар</t>
+      <t xml:space="preserve">Немає</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,05 кг</t>
+      <t xml:space="preserve">1,0 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
     <t>VGL</t>
   </si>
   <si>
     <t>Пневмошуруповерти</t>
   </si>
   <si>
-    <t>Прямий</t>
-[...1 lines deleted...]
-  <si>
     <t>SA-A611PB</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Шуруповерт пневматичний прямий VGL SA-A611PB Push-to-Start</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: шуруповерт прямий, з шестигранним патроном, має точне регулювання крутного моменту, система Push-to-Старт, для конвеєрного збираня.</t>
     </r>
   </si>
   <si>
     <r>
@@ -1414,722 +1396,50 @@
       <t xml:space="preserve">1,23 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>SA-A58LBN</t>
-[...670 lines deleted...]
-  <si>
     <t>SA6206</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу VGL SA6206</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: шуруповерт пістолетного типу, з шестигранним патроном, силіконова накладка на ручці, потужний, для великих кріплень.</t>
     </r>
   </si>
   <si>
     <r>
@@ -2552,51 +1862,1967 @@
       <t xml:space="preserve">1,2 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
+    <t>SA6219</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA6219</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості:  шуруповерт пістолетного типу SA6219 з шестигранним патроном для кріплення головок 1/4″, оснащений подвійним молотковим механізмом.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">8500 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип патрона: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шестигранник</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">M9-M10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Крутний момент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">270 Нм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Крутний момент, Нм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">більше 20</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Реверс: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Є</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1,3 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0 - 2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">160 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA62101</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA62101</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: шуруповерт пістолетного типу, з шестигранним патроном, пластиковий корпус, сучасний ергономічний дизайн, потужний, для великих кріплень.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">800 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип патрона: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шестигранник</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA62100</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA62100</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: шуруповерт пістолетного типу, з шестигранним патроном, корпус з ударотривкого пластику, сучасний ергономічний дизайн, верхній перемикач реверсу, потужний, для великих кріплень.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2100 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип патрона: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шестигранник</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA2013</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA2013</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: шуруповерт пістолетного типу SA2013 має патрон для кріплення головок 1/4" та верхній перемикач реверсу.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">142 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">15 000 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип патрона: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Під ключ</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Крутний момент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">81,6 Нм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Крутний момент, Нм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">більше 20</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Реверс: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Є</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,2 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,9 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">180 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA-A58BPN</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA-A58BPN</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: шуруповерт пістолетного типу, з шестигранним патроном, має інноваційний потужний 7-лопастевий пневмодвигун, корпус з ударотривкого пластику, точний та тихий в роботі, зручний для роботи лівою і правою рукою, без вібрації.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">550 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">750 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип патрона: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шестигранник</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3-7 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Крутний момент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1-9 Нм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Крутний момент, Нм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">менше 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Реверс: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Є</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,0 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Корпус: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Композитний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,87 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1.0 - 2.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA-A58BPD</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA-A58BPD</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: шуруповерт пістолетного типу, з шестигранним патроном, має інноваційний потужний 7-лопастевий пневмодвигун, корпус з ударотривкого пластику, точний та тихий в роботі, зручий для роботи лівою і правою рукою, без вібрації.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">550 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">750 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип патрона: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шестигранник</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">7 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Крутний момент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">13 Нм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Крутний момент, Нм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">10 - 20</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Реверс: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Є</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,0 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Корпус: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Композитний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,73 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">159 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA-A48BPN</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA-A48BPN</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: шуруповерт пістолетного типу, з шестигранним патроном, має інноваційний потужний 7-лопастевий пневмодвигун, корпус з ударотривкого пластику, точний та тихий в роботі, зручний для роботи лівою і правою рукою, без вібрації.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">550 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1700 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип патрона: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шестигранник</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">3-6 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Крутний момент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1-6 Нм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Крутний момент, Нм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">менше 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Реверс: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Є</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,0 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Корпус: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Композитний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,87 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">165 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA-A45BPN</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA-A45BPN</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: шуруповерт пістолетного типу з шестигранним патроном, має інноваційний потужний 7-лопастевий пневмодвигун, корпус з ударотривкого пластику, точний та тихий в роботі, зручний для роботи лівою і правою рукою, без вібрації.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">280 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">750 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип патрона: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шестигранник</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,5-6 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Крутний момент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,5-6,0 Нм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Крутний момент, Нм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">менше 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Реверс: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Є</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,0 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Корпус: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Композитний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,6 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
+    <t>SA-A39BPN</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA-A39BPN</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: шуруповерт пістолетного типу з шестигранним патроном, має інноваційний потужний 7-лопастевий пневмодвигун, корпус з ударотривкого пластику, точний та тихий в роботі, зручний для роботи лівою і правою рукою, без вібрації.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">280 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1600 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип патрона: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шестигранник</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Розмір кріплення: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2,5-5 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Крутний момент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,5-4,0 Нм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Крутний момент, Нм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">менше 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Реверс: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Є</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,0 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,6 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">140 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+  </si>
+  <si>
     <t>Кутовий</t>
+  </si>
+  <si>
+    <t>SA3031</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шуруповерт пневматичний кутовий Air Pro SA3031</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">Особливості: універсальний кутовий міні шуруповерт, з шестигранним патроном, підходить для робіт на СТО, патрон має форму квадрата, для кріплення голівок 3/8".</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">120 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Швидкість обертання: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">260 об/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Тип патрона: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Шестигранник</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Крутний момент: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">27 Нм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Крутний момент, Нм: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">більше 20</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Реверс: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Є</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Робочий тиск: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">6,3 бар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">0,4 кг</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Вага, кг: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">до 1.0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
+      <t xml:space="preserve">Довжина: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">120 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
   </si>
   <si>
     <t>SA3120</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Шуруповерт-гайковерт пневматичний кутовий Air Pro SA3120</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">Особливості: надпотужний кутовий шуруповерт-гайковерт SA3120, має патрон для кріплення голівок 1/2", а також сумісний з патроном 3/8".</t>
     </r>
   </si>
@@ -2743,2148 +3969,232 @@
       <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Довжина: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">260 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
   <si>
-    <t>SA6219</t>
+    <t>SA-R39BPN*******</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA6219</t>
+      <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу VGL SA-R39BPN</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
-      <t xml:space="preserve">Особливості:  шуруповерт пістолетного типу SA6219 з шестигранним патроном для кріплення головок 1/4″, оснащений подвійним молотковим механізмом.</t>
+      <t xml:space="preserve">Особливості: шуруповерт пістолетного типу малогабаритний, безшумний, легкий та зручний, комплектується швидкозажимним патроном, знайшов широке застосування, як в металопластиковому виробництві, так і в столярному.</t>
     </r>
   </si>
   <si>
     <r>
+      <t xml:space="preserve">Витрата повітря: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">230 л/хв</t>
+    </r>
+    <r>
+      <t xml:space="preserve">; </t>
+    </r>
+    <r>
       <t xml:space="preserve">Швидкість обертання: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8500 об/хв</t>
+      <t xml:space="preserve">1600 об/хв</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Тип патрона: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Шестигранник</t>
-[...17 lines deleted...]
-      <t xml:space="preserve">M9-M10</t>
+      <t xml:space="preserve">Швидкозатискний</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Крутний момент: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">270 Нм</t>
+      <t xml:space="preserve">4 Нм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Крутний момент, Нм: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">більше 20</t>
+      <t xml:space="preserve">менше 10</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Реверс: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Є</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
-      <t xml:space="preserve">Вага: </t>
-[...328 lines deleted...]
-    <r>
       <t xml:space="preserve">Робочий тиск: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6,2 бар</t>
+      <t xml:space="preserve">6,0 бар</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10 мм</t>
-[...223 lines deleted...]
-      <t xml:space="preserve">6,0 бар</t>
+      <t xml:space="preserve">6,5 мм</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Корпус: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Композитний</t>
-    </r>
-[...1360 lines deleted...]
-      <t xml:space="preserve">Немає</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1,0 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
@@ -5083,274 +4393,50 @@
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">0,9 кг</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
     <r>
       <t xml:space="preserve">Вага, кг: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">до 1.0</t>
-    </r>
-[...222 lines deleted...]
-      <t xml:space="preserve">1.0 - 2.0</t>
     </r>
     <r>
       <t xml:space="preserve">; </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -5393,51 +4479,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58dpn-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58dpn-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa_a611pb-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_kunshan_gyq-30pb_04-150x1504.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6421-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6323g_01-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6213-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58lbn-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a48lbn_01-150x1509.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a45lbn-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6206-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6203_0112.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa3120_0113.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6219-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa62101-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa62100_01-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa2013_01-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58bpn-150x15018.webp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58bpd-150x15019.webp"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a48bpn_01-150x15020.webp"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a45bpn-150x15021.webp"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3-150x15022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa3031-150x15023.webp"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58ldn-150x15024.webp"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-r39-bpn-150x15025.webp"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-r39-bpn-150x15026.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58dpn-150x1501.webp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58ldn-150x1502.webp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa_a611pb-150x1503.webp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_kunshan_gyq-30pb_04-150x1504.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6421-150x1505.webp"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6323g_01-150x1506.webp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6213-150x1507.webp"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6206-150x1508.webp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6203_019.webp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa6219-150x15010.webp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa62101-150x15011.webp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa62100_01-150x15012.webp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa2013_01-150x15013.webp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58bpn-150x15014.webp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a58bpd-150x15015.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a48bpn_01-150x15016.webp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-a45bpn-150x15017.webp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3-150x15018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa3031-150x15019.webp"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa3120_0120.webp"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-r39-bpn-150x15021.webp"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pneumomaster_airpro_sa-r39-bpn-150x15022.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -6058,170 +5144,50 @@
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1666875" cy="1666875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...118 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -6475,54 +5441,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H27"/>
+  <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H27" sqref="H27"/>
+      <selection activeCell="H23" sqref="H23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" customWidth="true" style="0"/>
     <col min="7" max="7" width="27" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -6759,86 +5725,86 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>11090</v>
+        <v>11526</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="D3" s="2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Дриль-шуруповерт пневматичний пістолетного типу Air Pro SA-A58DPN</t>
+            <t xml:space="preserve">Дриль-шуруповерт пневматичний прямий Air Pro SA-A58LDN</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: дриль-шуруповерт пістолетного типу, з швидкозажимним патроном 10 мм, може працювати як шуруповерт завдяки наявності муфти, потужний, ергономічний та тихий, зручний для роботи лівою і правою рукою, має точне регулювання крутного моменту, без вібрації.</t>
+            <t xml:space="preserve">Особливості: дриль-шуруповерт прямий, з швидкозажимний патроном 10 мм, може працювати як шуруповерт завдяки наявності муфти, потужний, ергономічний та тихий, зручний для конвейєрного збирання, без вібрації.</t>
           </r>
         </is>
       </c>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Сфера промисловості: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Механозбірка</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
@@ -6922,160 +5888,142 @@
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13 Нм</t>
+            <t xml:space="preserve">0,9-9,0 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 - 20</t>
+            <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Є</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">6,3 бар</t>
+            <t xml:space="preserve">Немає</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,05 кг</t>
+            <t xml:space="preserve">1,0 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>12170</v>
+        <v>10902</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шуруповерт пневматичний прямий VGL SA-A611PB Push-to-Start</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: шуруповерт прямий, з шестигранним патроном, має точне регулювання крутного моменту, система Push-to-Старт, для конвеєрного збираня.</t>
           </r>
@@ -7209,62 +6157,62 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>22535</v>
+        <v>23419</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шуруповерт пневматичний прямий Pneumomaster GYQ-30PB</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: пневмошуруповерт GYQ-30PB використовується в автоматизованих виробничих лініях для високоточного загвинчування в електроніці, приладобудуванні, складанні побутової техніки та інших галузях, де потрібен контрольований крутний момент.</t>
           </r>
@@ -7398,62 +6346,62 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">180 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>9157</v>
+        <v>9516</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шуруповерт пневматичний прямий Air Pro SA6421</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: шуруповерт прямий, з шестигранним патроном, зручний ергономічний корпус.</t>
           </r>
@@ -7515,62 +6463,62 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">більше 20</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>4453</v>
+        <v>4628</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шуруповерт пневматичний прямий Air Pro SA6323Q</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: прямий пневмошуруповерт SA6323Q з шестигранним патроном 1/4", має компактний та зручний корпус.</t>
           </r>
@@ -7758,62 +6706,62 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">185 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>3762</v>
+        <v>3910</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шуруповерт пневматичний прямий Air Pro SA6213</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">Особливості: шуруповерт прямий, з шестигранним патроном, має зовнішнє регулювання моменту затягування, підсадка під стандартну біту, для конвеєрного збирання.</t>
           </r>
@@ -8001,2248 +6949,2320 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>7200</v>
+        <v>7482</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шуруповерт пневматичний прямий Air Pro SA-A58LBN</t>
+            <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу VGL SA6206</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: шуруповерт прямий, з шестигранним патроном, точне регулювання крутного моменту, без вібрації, малошумний.</t>
+            <t xml:space="preserve">Особливості: шуруповерт пістолетного типу, з шестигранним патроном, силіконова накладка на ручці, потужний, для великих кріплень.</t>
           </r>
         </is>
       </c>
       <c r="F9" s="2"/>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">550 л/хв</t>
+            <t xml:space="preserve">142 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">750 об/хв</t>
+            <t xml:space="preserve">800 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шестигранник</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3-7 мм</t>
+            <t xml:space="preserve">5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9 Нм</t>
+            <t xml:space="preserve">5-16 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Реверс: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Є</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,0 бар</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">77 Дб</t>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металевий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,84 кг</t>
+            <t xml:space="preserve">1,2 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 1.0</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">195 мм</t>
+            <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>10731</v>
+        <v>7455</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>39</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шуруповерт пневматичний прямий Air Pro SA-A48LBN</t>
+            <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу VGL SA6203</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: шуруповерт прямий, з шестигранним патроном, точне регулювання крутного моменту, без вібрації, малошумний.</t>
+            <t xml:space="preserve">Особливості: шуруповерт пістолетного типу, з шестигранним патроном, силіконова накладка на ручці, потужний, для великих кріплень.</t>
           </r>
         </is>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">550 л/хв</t>
+            <t xml:space="preserve">280 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1700 об/хв</t>
+            <t xml:space="preserve">800 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шестигранник</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3-6 мм</t>
+            <t xml:space="preserve">6 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,6-6,0 Нм</t>
+            <t xml:space="preserve">6 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Реверс: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Є</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8 мм</t>
+            <t xml:space="preserve">10 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Металевий</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,84 кг</t>
+            <t xml:space="preserve">1,2 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 1.0</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">195 мм</t>
+            <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>10194</v>
+        <v>5238</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>42</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шуруповерт пневматичний прямий Air Pro SA-A45LBN</t>
+            <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA6219</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: шуруповерт прямий, з шестигранним патроном, точне регулювання крутного моменту, без вібрації, малошумний.</t>
+            <t xml:space="preserve">Особливості:  шуруповерт пістолетного типу SA6219 з шестигранним патроном для кріплення головок 1/4″, оснащений подвійним молотковим механізмом.</t>
           </r>
         </is>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Витрата повітря: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">750 об/хв</t>
+            <t xml:space="preserve">8500 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шестигранник</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2,5-6 мм</t>
+            <t xml:space="preserve">M9-M10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,5-6,0 Нм</t>
+            <t xml:space="preserve">270 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">менше 10</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">72 Дб</t>
+            <t xml:space="preserve">більше 20</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Реверс: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,6 кг</t>
+            <t xml:space="preserve">1,3 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 1.0</t>
+            <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">140 мм</t>
+            <t xml:space="preserve">160 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>10071</v>
+        <v>7341</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>45</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу VGL SA6206</t>
+            <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA62101</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: шуруповерт пістолетного типу, з шестигранним патроном, силіконова накладка на ручці, потужний, для великих кріплень.</t>
+            <t xml:space="preserve">Особливості: шуруповерт пістолетного типу, з шестигранним патроном, пластиковий корпус, сучасний ергономічний дизайн, потужний, для великих кріплень.</t>
           </r>
         </is>
       </c>
       <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Витрата повітря: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">800 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шестигранник</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...142 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H12" s="2">
-        <v>7173</v>
+        <v>4684</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="150">
       <c r="A13" s="2" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>48</v>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу VGL SA6203</t>
+            <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA62100</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: шуруповерт пістолетного типу, з шестигранним патроном, силіконова накладка на ручці, потужний, для великих кріплень.</t>
+            <t xml:space="preserve">Особливості: шуруповерт пістолетного типу, з шестигранним патроном, корпус з ударотривкого пластику, сучасний ергономічний дизайн, верхній перемикач реверсу, потужний, для великих кріплень.</t>
           </r>
         </is>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Витрата повітря: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">800 об/хв</t>
+            <t xml:space="preserve">2100 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шестигранник</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...160 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H13" s="2">
-        <v>5040</v>
+        <v>4015</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C14" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" s="2" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шуруповерт-гайковерт пневматичний кутовий Air Pro SA3120</t>
+            <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA2013</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: надпотужний кутовий шуруповерт-гайковерт SA3120, має патрон для кріплення голівок 1/2", а також сумісний з патроном 3/8".</t>
+            <t xml:space="preserve">Особливості: шуруповерт пістолетного типу SA2013 має патрон для кріплення головок 1/4" та верхній перемикач реверсу.</t>
           </r>
         </is>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">113 л/хв</t>
+            <t xml:space="preserve">142 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">160 об/хв</t>
+            <t xml:space="preserve">15 000 об/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Тип патрона: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Під ключ</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Розмір кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">108 Нм</t>
+            <t xml:space="preserve">81,6 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">більше 20</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Реверс: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Є</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,3 бар</t>
+            <t xml:space="preserve">6,2 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13 мм</t>
+            <t xml:space="preserve">10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,2 кг</t>
+            <t xml:space="preserve">0,9 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0 - 2.0</t>
+            <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260 мм</t>
+            <t xml:space="preserve">180 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H14" s="2">
-        <v>3985</v>
+        <v>6759</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="150">
       <c r="A15" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA6219</t>
+            <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA-A58BPN</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості:  шуруповерт пістолетного типу SA6219 з шестигранним патроном для кріплення головок 1/4″, оснащений подвійним молотковим механізмом.</t>
+            <t xml:space="preserve">Особливості: шуруповерт пістолетного типу, з шестигранним патроном, має інноваційний потужний 7-лопастевий пневмодвигун, корпус з ударотривкого пластику, точний та тихий в роботі, зручний для роботи лівою і правою рукою, без вібрації.</t>
           </r>
         </is>
       </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">550 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8500 об/хв</t>
+            <t xml:space="preserve">750 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шестигранник</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">M9-M10</t>
+            <t xml:space="preserve">3-7 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">270 Нм</t>
+            <t xml:space="preserve">1-9 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">більше 20</t>
+            <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,0 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Композитний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,3 кг</t>
+            <t xml:space="preserve">0,87 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...16 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H15" s="2">
-        <v>7064</v>
+        <v>12710</v>
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="150">
       <c r="A16" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA62101</t>
+            <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA-A58BPD</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: шуруповерт пістолетного типу, з шестигранним патроном, пластиковий корпус, сучасний ергономічний дизайн, потужний, для великих кріплень.</t>
+            <t xml:space="preserve">Особливості: шуруповерт пістолетного типу, з шестигранним патроном, має інноваційний потужний 7-лопастевий пневмодвигун, корпус з ударотривкого пластику, точний та тихий в роботі, зручий для роботи лівою і правою рукою, без вібрації.</t>
           </r>
         </is>
       </c>
       <c r="F16" s="2"/>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">550 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">800 об/хв</t>
+            <t xml:space="preserve">750 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шестигранник</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
+          <r>
+            <t xml:space="preserve">Розмір кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">7 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Крутний момент: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">13 Нм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Крутний момент, Нм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10 - 20</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Реверс: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Є</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,0 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Композитний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,73 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">159 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
         </is>
       </c>
       <c r="H16" s="2">
-        <v>4507</v>
+        <v>11152</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="150">
       <c r="A17" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA62100</t>
+            <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA-A48BPN</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: шуруповерт пістолетного типу, з шестигранним патроном, корпус з ударотривкого пластику, сучасний ергономічний дизайн, верхній перемикач реверсу, потужний, для великих кріплень.</t>
+            <t xml:space="preserve">Особливості: шуруповерт пістолетного типу, з шестигранним патроном, має інноваційний потужний 7-лопастевий пневмодвигун, корпус з ударотривкого пластику, точний та тихий в роботі, зручний для роботи лівою і правою рукою, без вібрації.</t>
           </r>
         </is>
       </c>
       <c r="F17" s="2"/>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">Витрата повітря: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">550 л/хв</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2100 об/хв</t>
+            <t xml:space="preserve">1700 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шестигранник</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
+          <r>
+            <t xml:space="preserve">Розмір кріплення: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">3-6 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Крутний момент: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1-6 Нм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Крутний момент, Нм: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">менше 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Реверс: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Є</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Робочий тиск: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,0 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Композитний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">0,87 кг</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Вага, кг: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">165 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
         </is>
       </c>
       <c r="H17" s="2">
-        <v>3863</v>
+        <v>11152</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="150">
       <c r="A18" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA2013</t>
+            <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA-A45BPN</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: шуруповерт пістолетного типу SA2013 має патрон для кріплення головок 1/4" та верхній перемикач реверсу.</t>
+            <t xml:space="preserve">Особливості: шуруповерт пістолетного типу з шестигранним патроном, має інноваційний потужний 7-лопастевий пневмодвигун, корпус з ударотривкого пластику, точний та тихий в роботі, зручний для роботи лівою і правою рукою, без вібрації.</t>
           </r>
         </is>
       </c>
       <c r="F18" s="2"/>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">142 л/хв</t>
+            <t xml:space="preserve">280 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15 000 об/хв</t>
+            <t xml:space="preserve">750 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Під ключ</t>
+            <t xml:space="preserve">Шестигранник</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6 мм</t>
+            <t xml:space="preserve">2,5-6 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">81,6 Нм</t>
+            <t xml:space="preserve">0,5-6,0 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">більше 20</t>
+            <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,2 бар</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">10 мм</t>
+            <t xml:space="preserve">6,0 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Композитний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,9 кг</t>
+            <t xml:space="preserve">0,6 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...16 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H18" s="2">
-        <v>6504</v>
+        <v>10466</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="150">
       <c r="A19" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA-A58BPN</t>
+            <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA-A39BPN</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: шуруповерт пістолетного типу, з шестигранним патроном, має інноваційний потужний 7-лопастевий пневмодвигун, корпус з ударотривкого пластику, точний та тихий в роботі, зручний для роботи лівою і правою рукою, без вібрації.</t>
+            <t xml:space="preserve">Особливості: шуруповерт пістолетного типу з шестигранним патроном, має інноваційний потужний 7-лопастевий пневмодвигун, корпус з ударотривкого пластику, точний та тихий в роботі, зручний для роботи лівою і правою рукою, без вібрації.</t>
           </r>
         </is>
       </c>
       <c r="F19" s="2"/>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">550 л/хв</t>
+            <t xml:space="preserve">280 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">750 об/хв</t>
+            <t xml:space="preserve">1600 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шестигранник</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір кріплення: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3-7 мм</t>
+            <t xml:space="preserve">2,5-5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1-9 Нм</t>
+            <t xml:space="preserve">0,5-4,0 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
@@ -10258,756 +9278,646 @@
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Корпус: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,87 кг</t>
+            <t xml:space="preserve">0,6 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.0 - 2.0</t>
+            <t xml:space="preserve">до 1.0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Довжина: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">140 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H19" s="2">
-        <v>12230</v>
+        <v>11770</v>
       </c>
     </row>
     <row r="20" spans="1:8" customHeight="1" ht="150">
       <c r="A20" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>10</v>
+        <v>69</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>70</v>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA-A58BPD</t>
+            <t xml:space="preserve">Шуруповерт пневматичний кутовий Air Pro SA3031</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: шуруповерт пістолетного типу, з шестигранним патроном, має інноваційний потужний 7-лопастевий пневмодвигун, корпус з ударотривкого пластику, точний та тихий в роботі, зручий для роботи лівою і правою рукою, без вібрації.</t>
+            <t xml:space="preserve">Особливості: універсальний кутовий міні шуруповерт, з шестигранним патроном, підходить для робіт на СТО, патрон має форму квадрата, для кріплення голівок 3/8".</t>
           </r>
         </is>
       </c>
       <c r="F20" s="2"/>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">550 л/хв</t>
+            <t xml:space="preserve">120 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">750 об/хв</t>
+            <t xml:space="preserve">260 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Шестигранник</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
-            <t xml:space="preserve">Розмір кріплення: </t>
-[...16 lines deleted...]
-          <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13 Нм</t>
+            <t xml:space="preserve">27 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10 - 20</t>
+            <t xml:space="preserve">більше 20</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,0 бар</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Композитний</t>
+            <t xml:space="preserve">6,3 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,73 кг</t>
+            <t xml:space="preserve">0,4 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">159 мм</t>
+            <t xml:space="preserve">120 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H20" s="2">
-        <v>10731</v>
+        <v>5209</v>
       </c>
     </row>
     <row r="21" spans="1:8" customHeight="1" ht="150">
       <c r="A21" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>10</v>
+        <v>69</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>73</v>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA-A48BPN</t>
+            <t xml:space="preserve">Шуруповерт-гайковерт пневматичний кутовий Air Pro SA3120</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: шуруповерт пістолетного типу, з шестигранним патроном, має інноваційний потужний 7-лопастевий пневмодвигун, корпус з ударотривкого пластику, точний та тихий в роботі, зручний для роботи лівою і правою рукою, без вібрації.</t>
+            <t xml:space="preserve">Особливості: надпотужний кутовий шуруповерт-гайковерт SA3120, має патрон для кріплення голівок 1/2", а також сумісний з патроном 3/8".</t>
           </r>
         </is>
       </c>
       <c r="F21" s="2"/>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">550 л/хв</t>
+            <t xml:space="preserve">113 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1700 об/хв</t>
-[...35 lines deleted...]
-            <t xml:space="preserve">3-6 мм</t>
+            <t xml:space="preserve">160 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1-6 Нм</t>
+            <t xml:space="preserve">108 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">менше 10</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Є</t>
+            <t xml:space="preserve">більше 20</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6,0 бар</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">Композитний</t>
+            <t xml:space="preserve">6,3 бар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
+            <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">13 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,87 кг</t>
+            <t xml:space="preserve">1,2 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 1.0</t>
+            <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Довжина: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">165 мм</t>
+            <t xml:space="preserve">260 мм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H21" s="2">
-        <v>10731</v>
+        <v>4141</v>
       </c>
     </row>
     <row r="22" spans="1:8" customHeight="1" ht="150">
       <c r="A22" s="2" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="C22" s="2"/>
       <c r="D22" s="2" t="s">
         <v>76</v>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA-A45BPN</t>
+            <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу VGL SA-R39BPN</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: шуруповерт пістолетного типу з шестигранним патроном, має інноваційний потужний 7-лопастевий пневмодвигун, корпус з ударотривкого пластику, точний та тихий в роботі, зручний для роботи лівою і правою рукою, без вібрації.</t>
+            <t xml:space="preserve">Особливості: шуруповерт пістолетного типу малогабаритний, безшумний, легкий та зручний, комплектується швидкозажимним патроном, знайшов широке застосування, як в металопластиковому виробництві, так і в столярному.</t>
           </r>
         </is>
       </c>
       <c r="F22" s="2"/>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">280 л/хв</t>
+            <t xml:space="preserve">230 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">750 об/хв</t>
+            <t xml:space="preserve">1600 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шестигранник</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">2,5-6 мм</t>
+            <t xml:space="preserve">Швидкозатискний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,5-6,0 Нм</t>
+            <t xml:space="preserve">4 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
@@ -11023,234 +9933,232 @@
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Рекомендований внутрішній діаметр шланга: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6,5 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Корпус: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Композитний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,6 кг</t>
+            <t xml:space="preserve">1,0 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">до 1.0</t>
+            <t xml:space="preserve">1.0 - 2.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H22" s="2">
-        <v>10071</v>
+        <v>9170</v>
       </c>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="150">
       <c r="A23" s="2" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="C23" s="2"/>
       <c r="D23" s="2" t="s">
         <v>79</v>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу Air Pro SA-A39BPN</t>
+            <t xml:space="preserve">Шуруповерт пневматичний пістолетного типу VGL SA-R45BPN</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
-            <t xml:space="preserve">Особливості: шуруповерт пістолетного типу з шестигранним патроном, має інноваційний потужний 7-лопастевий пневмодвигун, корпус з ударотривкого пластику, точний та тихий в роботі, зручний для роботи лівою і правою рукою, без вібрації.</t>
+            <t xml:space="preserve">Особливості: шуруповерт пістолетного типу малогабаритний, безшумний, легкий та зручний, комплектується швидкозажимним патроном, знайшов широке застосування, як в металопластиковому виробництві, так і в столярному.</t>
           </r>
         </is>
       </c>
       <c r="F23" s="2"/>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Витрата повітря: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">280 л/хв</t>
+            <t xml:space="preserve">240 л/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Швидкість обертання: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1600 об/хв</t>
+            <t xml:space="preserve">750 об/хв</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Тип патрона: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Шестигранник</t>
-[...17 lines deleted...]
-            <t xml:space="preserve">2,5-5 мм</t>
+            <t xml:space="preserve">Швидкозатискний</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,5-4,0 Нм</t>
+            <t xml:space="preserve">6 Нм</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Крутний момент, Нм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">менше 10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Реверс: </t>
           </r>
@@ -11266,1039 +10174,107 @@
             </rPr>
             <t xml:space="preserve">Є</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Робочий тиск: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6,0 бар</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
+            <t xml:space="preserve">Корпус: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Композитний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">; </t>
+          </r>
+          <r>
             <t xml:space="preserve">Вага: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0,6 кг</t>
+            <t xml:space="preserve">0,9 кг</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Вага, кг: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">до 1.0</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
-          <r>
-[...16 lines deleted...]
-          </r>
         </is>
       </c>
       <c r="H23" s="2">
-        <v>11326</v>
-[...931 lines deleted...]
-        <v>8824</v>
+        <v>9912</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>