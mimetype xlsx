--- v1 (2026-03-08)
+++ v2 (2026-03-10)
@@ -38,51 +38,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 08.03.2026р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 10.03.2026р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Пневмодрилі</t>
   </si>
   <si>
     <t>Пістолетного типу</t>
   </si>
   <si>
     <t>SA-A48DPN</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Дриль-шуруповерт пневматичний пістолетного типу Air Pro SA-A48DPN</t>