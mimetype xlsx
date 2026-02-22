--- v0 (2025-10-03)
+++ v1 (2026-02-22)
@@ -38,51 +38,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>БРЕНД</t>
   </si>
   <si>
     <t>Категорія</t>
   </si>
   <si>
     <t>Тип інструменту</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва та опис</t>
   </si>
   <si>
     <t>Зображення</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
-    <t xml:space="preserve"> РРЦ, грн з ПДВ на 03.10.2025р.</t>
+    <t xml:space="preserve"> РРЦ, грн з ПДВ на 22.02.2026р.</t>
   </si>
   <si>
     <t>AirPro</t>
   </si>
   <si>
     <t>Швидкознімачі + штуцери (мама/папа)</t>
   </si>
   <si>
     <t>OC40F</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Швидкознімач 1/2&amp;#8243;w пневматичний Air Pro OC40F</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -4108,51 +4108,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H2" s="2">
-        <v>193</v>
+        <v>199</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="150">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2"/>
       <c r="D3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4224,51 +4224,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H3" s="2">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2"/>
       <c r="D4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4321,51 +4321,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H4" s="2">
-        <v>298</v>
+        <v>308</v>
       </c>
     </row>
     <row r="5" spans="1:8" customHeight="1" ht="150">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4437,51 +4437,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H5" s="2">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="6" spans="1:8" customHeight="1" ht="150">
       <c r="A6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4552,51 +4552,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H6" s="2">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="7" spans="1:8" customHeight="1" ht="150">
       <c r="A7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4667,51 +4667,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H7" s="2">
-        <v>227</v>
+        <v>234</v>
       </c>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="150">
       <c r="A8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2"/>
       <c r="D8" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4782,51 +4782,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H8" s="2">
-        <v>227</v>
+        <v>234</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="150">
       <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="2"/>
       <c r="D9" s="2" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -4898,51 +4898,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H9" s="2">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="150">
       <c r="A10" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="2"/>
       <c r="D10" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5014,51 +5014,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H10" s="2">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="150">
       <c r="A11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5129,51 +5129,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H11" s="2">
-        <v>129</v>
+        <v>133</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="150">
       <c r="A12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="2"/>
       <c r="D12" s="2" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5226,51 +5226,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H12" s="2">
-        <v>301</v>
+        <v>310</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="150">
       <c r="A13" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="2"/>
       <c r="D13" s="2" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5323,51 +5323,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H13" s="2">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="150">
       <c r="A14" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="2"/>
       <c r="D14" s="2" t="s">
         <v>45</v>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5420,51 +5420,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10х6.5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H14" s="2">
-        <v>90</v>
+        <v>93</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="150">
       <c r="A15" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="2"/>
       <c r="D15" s="2" t="s">
         <v>48</v>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5536,51 +5536,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H15" s="2">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="150">
       <c r="A16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="2"/>
       <c r="D16" s="2" t="s">
         <v>51</v>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5651,51 +5651,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H16" s="2">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="150">
       <c r="A17" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="2"/>
       <c r="D17" s="2" t="s">
         <v>54</v>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5766,51 +5766,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H17" s="2">
-        <v>129</v>
+        <v>133</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="150">
       <c r="A18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="2"/>
       <c r="D18" s="2" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5881,51 +5881,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H18" s="2">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="150">
       <c r="A19" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="2"/>
       <c r="D19" s="2" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -5996,51 +5996,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H19" s="2">
-        <v>129</v>
+        <v>133</v>
       </c>
     </row>
     <row r="20" spans="1:8" customHeight="1" ht="150">
       <c r="A20" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="2"/>
       <c r="D20" s="2" t="s">
         <v>60</v>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6094,51 +6094,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H20" s="2">
-        <v>203</v>
+        <v>210</v>
       </c>
     </row>
     <row r="21" spans="1:8" customHeight="1" ht="150">
       <c r="A21" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="2"/>
       <c r="D21" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6192,51 +6192,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H21" s="2">
-        <v>199</v>
+        <v>205</v>
       </c>
     </row>
     <row r="22" spans="1:8" customHeight="1" ht="150">
       <c r="A22" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="2"/>
       <c r="D22" s="2" t="s">
         <v>64</v>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6308,51 +6308,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H22" s="2">
-        <v>218</v>
+        <v>225</v>
       </c>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="150">
       <c r="A23" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="2"/>
       <c r="D23" s="2" t="s">
         <v>67</v>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6406,51 +6406,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H23" s="2">
-        <v>248</v>
+        <v>256</v>
       </c>
     </row>
     <row r="24" spans="1:8" customHeight="1" ht="150">
       <c r="A24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="2"/>
       <c r="D24" s="2" t="s">
         <v>70</v>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6521,51 +6521,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H24" s="2">
-        <v>380</v>
+        <v>392</v>
       </c>
     </row>
     <row r="25" spans="1:8" customHeight="1" ht="150">
       <c r="A25" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C25" s="2"/>
       <c r="D25" s="2" t="s">
         <v>72</v>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6636,51 +6636,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.2</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H25" s="2">
-        <v>298</v>
+        <v>308</v>
       </c>
     </row>
     <row r="26" spans="1:8" customHeight="1" ht="150">
       <c r="A26" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C26" s="2"/>
       <c r="D26" s="2" t="s">
         <v>74</v>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6752,51 +6752,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H26" s="2">
-        <v>218</v>
+        <v>225</v>
       </c>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="150">
       <c r="A27" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C27" s="2"/>
       <c r="D27" s="2" t="s">
         <v>77</v>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6868,51 +6868,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H27" s="2">
-        <v>152</v>
+        <v>157</v>
       </c>
     </row>
     <row r="28" spans="1:8" customHeight="1" ht="150">
       <c r="A28" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="2"/>
       <c r="D28" s="2" t="s">
         <v>80</v>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -6984,51 +6984,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H28" s="2">
-        <v>123</v>
+        <v>127</v>
       </c>
     </row>
     <row r="29" spans="1:8" customHeight="1" ht="150">
       <c r="A29" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="2"/>
       <c r="D29" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -7099,51 +7099,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H29" s="2">
-        <v>263</v>
+        <v>272</v>
       </c>
     </row>
     <row r="30" spans="1:8" customHeight="1" ht="150">
       <c r="A30" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C30" s="2"/>
       <c r="D30" s="2" t="s">
         <v>84</v>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -7214,51 +7214,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1.4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H30" s="2">
-        <v>263</v>
+        <v>272</v>
       </c>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="150">
       <c r="A31" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C31" s="2"/>
       <c r="D31" s="2" t="s">
         <v>86</v>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -7312,51 +7312,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H31" s="2">
-        <v>255</v>
+        <v>263</v>
       </c>
     </row>
     <row r="32" spans="1:8" customHeight="1" ht="150">
       <c r="A32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C32" s="2"/>
       <c r="D32" s="2" t="s">
         <v>89</v>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -7409,51 +7409,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H32" s="2">
-        <v>202</v>
+        <v>209</v>
       </c>
     </row>
     <row r="33" spans="1:8" customHeight="1" ht="150">
       <c r="A33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C33" s="2"/>
       <c r="D33" s="2" t="s">
         <v>92</v>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -7506,51 +7506,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H33" s="2">
-        <v>237</v>
+        <v>244</v>
       </c>
     </row>
     <row r="34" spans="1:8" customHeight="1" ht="150">
       <c r="A34" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C34" s="2"/>
       <c r="D34" s="2" t="s">
         <v>94</v>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -7603,51 +7603,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">13</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H34" s="2">
-        <v>298</v>
+        <v>308</v>
       </c>
     </row>
     <row r="35" spans="1:8" customHeight="1" ht="150">
       <c r="A35" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="2"/>
       <c r="D35" s="2" t="s">
         <v>97</v>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -7719,51 +7719,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H35" s="2">
-        <v>201</v>
+        <v>208</v>
       </c>
     </row>
     <row r="36" spans="1:8" customHeight="1" ht="150">
       <c r="A36" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="2"/>
       <c r="D36" s="2" t="s">
         <v>100</v>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -7834,51 +7834,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H36" s="2">
-        <v>201</v>
+        <v>208</v>
       </c>
     </row>
     <row r="37" spans="1:8" customHeight="1" ht="150">
       <c r="A37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C37" s="2"/>
       <c r="D37" s="2" t="s">
         <v>103</v>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -7949,51 +7949,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H37" s="2">
-        <v>212</v>
+        <v>219</v>
       </c>
     </row>
     <row r="38" spans="1:8" customHeight="1" ht="150">
       <c r="A38" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C38" s="2"/>
       <c r="D38" s="2" t="s">
         <v>105</v>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -8064,51 +8064,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H38" s="2">
-        <v>291</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:8" customHeight="1" ht="150">
       <c r="A39" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C39" s="2"/>
       <c r="D39" s="2" t="s">
         <v>107</v>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -8179,51 +8179,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Різьба, дюйми: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3.8</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H39" s="2">
-        <v>291</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:8" customHeight="1" ht="150">
       <c r="A40" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C40" s="2"/>
       <c r="D40" s="2" t="s">
         <v>109</v>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
@@ -8276,51 +8276,51 @@
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
           <r>
             <t xml:space="preserve">Розмір, мм: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8х5</t>
           </r>
           <r>
             <t xml:space="preserve">; </t>
           </r>
         </is>
       </c>
       <c r="H40" s="2">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>